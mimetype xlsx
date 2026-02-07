--- v4 (2025-12-28)
+++ v5 (2026-02-07)
@@ -16,114 +16,120 @@
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R142d7535e7b64422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c21b3f0396ab42eea4135bd5671b4afb.psmdcp" Id="R2687a7fb989d48df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f4e154eb9d4e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cdc5d5caef964515af707ae9cbc927f2.psmdcp" Id="R68300233d23a47b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="GBP Class C_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="GBP Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="SGD Class A_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class A_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class E_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="SGD Class R_Historical" sheetId="8" r:id="rId8"/>
     <x:sheet name="USD Class R_Historical" sheetId="9" r:id="rId9"/>
     <x:sheet name="SGD Class Z_Historical" sheetId="10" r:id="rId10"/>
     <x:sheet name="GBP Class C_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="SGD Class A_Month-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class A_Month-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class E_Month-End" sheetId="16" r:id="rId16"/>
     <x:sheet name="SGD Class R_Month-End" sheetId="17" r:id="rId17"/>
     <x:sheet name="USD Class R_Month-End" sheetId="18" r:id="rId18"/>
     <x:sheet name="SGD Class Z_Month-End" sheetId="19" r:id="rId19"/>
     <x:sheet name="GBP Class C_Quarter-End" sheetId="20" r:id="rId20"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="21" r:id="rId21"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="22" r:id="rId22"/>
     <x:sheet name="SGD Class A_Quarter-End" sheetId="23" r:id="rId23"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="24" r:id="rId24"/>
     <x:sheet name="USD Class E_Quarter-End" sheetId="25" r:id="rId25"/>
     <x:sheet name="SGD Class R_Quarter-End" sheetId="26" r:id="rId26"/>
     <x:sheet name="USD Class R_Quarter-End" sheetId="27" r:id="rId27"/>
     <x:sheet name="SGD Class Z_Quarter-End" sheetId="28" r:id="rId28"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="220">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="223">
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | GBP Class C</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (GBP,%)</x:t>
+    <x:t>As of 01/31/2026 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/27/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
@@ -248,51 +254,54 @@
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
@@ -305,96 +314,96 @@
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee. Formerly Climate</x:t>
   </x:si>
   <x:si>
     <x:t>Change Investment Fund.</x:t>
   </x:si>
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (EUR,%)</x:t>
+    <x:t>As of 01/31/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/16/2018</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
@@ -515,255 +524,255 @@
   <x:si>
     <x:t>Q1-2019</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2018</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2018</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2018</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2018</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/14/2018</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | SGD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (SGD,%)</x:t>
+    <x:t>As of 01/31/2026 (SGD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/19/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/17/2018</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | USD Class E</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/09/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | SGD Class R</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/21/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | USD Class R</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | SGD Class Z</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/21/2021</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI (in USD)</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder. The</x:t>
   </x:si>
   <x:si>
     <x:t>GMO share class represented utilizes NAV based hedging. Therefore, the index return is shown in USD for comparison purposes.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (GBP,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in GBP as of 11/30/2025</x:t>
+    <x:t>Month-End as of 01/31/2026 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund C GBP</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2021</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 11/30/2025</x:t>
+    <x:t>Month-End as of 01/31/2026 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund Class A EUR</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2018</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund Class A GBP</x:t>
   </x:si>
   <x:si>
     <x:t>03/14/2018</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (SGD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in SGD as of 11/30/2025</x:t>
+    <x:t>Month-End as of 01/31/2026 (SGD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in SGD as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund Class A SGD</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in SGD as of 11/30/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in SGD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund Class A USD</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2018</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund Class E USD</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund R SGD</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund R USD</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund Z SGD</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 09/30/2025 (GBP,%)</x:t>
-[...32 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (SGD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in SGD as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in SGD as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -1104,18000 +1113,18513 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D104"/>
+  <x:dimension ref="A1:D108"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.93</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.36</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>9.93</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>4.76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>9.36</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>9.43</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.35</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-3.97</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.74</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.67</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>4.74</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-9.38</x:v>
+        <x:v>-3.97</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-9.32</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-6.74</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-6.67</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-8.23</x:v>
+        <x:v>-9.38</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>-9.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-8.23</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-4.99</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>-4.99</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-10.31</x:v>
+        <x:v>-1.45</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-10.31</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>-10.24</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-11.87</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-11.8</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>9.67</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>9.74</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>4.99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>-11.87</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-11.8</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-14.16</x:v>
+        <x:v>9.67</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-14.08</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-10.9</x:v>
+        <x:v>-14.16</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-10.83</x:v>
+        <x:v>-14.08</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>-10.9</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>-10.83</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.67</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-4.67</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-8.67</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-8.6</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.74</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>8.81</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-8.67</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-8.6</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-9.75</x:v>
+        <x:v>8.74</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-9.68</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>-9.75</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>15.07</x:v>
+        <x:v>-9.68</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-12.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-12.23</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>15.07</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>6.77</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-9.25</x:v>
+        <x:v>-12.3</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-9.18</x:v>
+        <x:v>-12.23</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-3.52</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-9.25</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>-9.18</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.59</x:v>
+        <x:v>-3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-6.96</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-6.88</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-4</x:v>
+        <x:v>4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-4.27</x:v>
+        <x:v>-6.96</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>-6.88</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>9.77</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>-3.72</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>1.59</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-4.27</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>4.48</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>4.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>-1.03</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>-0.95</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>-0.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
         <x:v>-2.55</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="n">
+      <x:c r="C64" s="4" t="n">
         <x:v>-2.54</x:v>
       </x:c>
-      <x:c r="D62" s="4" t="n">
+      <x:c r="D64" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A66" s="2" t="s"/>
+      <x:c r="B66" s="3" t="s"/>
+      <x:c r="C66" s="3" t="s"/>
+      <x:c r="D66" s="3" t="s"/>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>8.43</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-13.15</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-12.96</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-15.14</x:v>
+        <x:v>26.37</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-14.95</x:v>
+        <x:v>26.61</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>9.55</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-9.05</x:v>
+        <x:v>-13.15</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-8.86</x:v>
+        <x:v>-12.96</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>-15.14</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>-14.95</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>9.13</x:v>
+        <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-11.93</x:v>
+        <x:v>-9.05</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-11.73</x:v>
+        <x:v>-8.86</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>9.13</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>6.31</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>-11.93</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-11.73</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>9.41</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-15.06</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-14.88</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>4.39</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>9.41</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-15.06</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-14.88</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-2.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>1.09</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>1.31</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
-      <x:c r="A85" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D85" s="3" t="s"/>
+      <x:c r="A85" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>0.12</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>1.37</x:v>
+      </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>29.98</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>30.97</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>14.44</x:v>
-[...13 lines deleted...]
-        <x:v>19.59</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A88" s="2" t="s"/>
+      <x:c r="B88" s="3" t="s"/>
+      <x:c r="C88" s="3" t="s"/>
+      <x:c r="D88" s="3" t="s"/>
     </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="2" t="n">
-        <x:v>2022</x:v>
+      <x:c r="A89" s="2" t="s">
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-8.08</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B90" s="4" t="n">
+        <x:v>28.93</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="n">
+        <x:v>13.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B91" s="4" t="n">
+        <x:v>-24.04</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
+        <x:v>-23.39</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>19.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B92" s="4" t="n">
+        <x:v>-11.91</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="n">
+        <x:v>-11.16</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="n">
+        <x:v>15.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:4">
+      <x:c r="A93" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B93" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="n">
+        <x:v>1.25</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="n">
+        <x:v>-8.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:4">
+      <x:c r="A94" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B90" s="4" t="n">
+      <x:c r="B94" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
-      <x:c r="C90" s="4" t="n">
+      <x:c r="C94" s="4" t="n">
         <x:v>2.29</x:v>
       </x:c>
-      <x:c r="D90" s="4" t="n">
+      <x:c r="D94" s="4" t="n">
         <x:v>11.02</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:4">
+      <x:c r="A97" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:4">
-      <x:c r="A97" s="2" t="s">
+    <x:row r="98" spans="1:4">
+      <x:c r="A98" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:4">
-      <x:c r="A98" s="2" t="s">
+    <x:row r="99" spans="1:4">
+      <x:c r="A99" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:4">
+      <x:c r="A101" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:4">
-      <x:c r="A101" s="1" t="s">
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="2" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:4">
+      <x:c r="A105" s="1" t="s">
         <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:4">
+      <x:c r="A106" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:4">
+      <x:c r="A107" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:4">
+      <x:c r="A108" s="1" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.530625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.22</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>29.98</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>19.28</x:v>
+        <x:v>35.68</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-7.39</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.44</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.39</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>14.49</x:v>
+        <x:v>14.82</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>10.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>15.54</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>25.32</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-21.88</x:v>
+        <x:v>-20.43</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-13.48</x:v>
+        <x:v>-11.64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>30.97</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>20.28</x:v>
+        <x:v>36.8</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.44</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.39</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>14.49</x:v>
+        <x:v>14.82</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>10.63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>16.53</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.89</x:v>
+        <x:v>26.45</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-21.09</x:v>
+        <x:v>-19.63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-12.66</x:v>
+        <x:v>-10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.440625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>22.67</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>12.98</x:v>
+        <x:v>31.04</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-7.86</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>6.52</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.58</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>15.49</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>14.64</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>24.54</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-21.86</x:v>
+        <x:v>-20.55</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-10.58</x:v>
+        <x:v>-11.33</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>-4.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>8.91</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>23.61</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>13.93</x:v>
+        <x:v>32.13</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-7.08</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>7.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.58</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>15.49</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>15.58</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>25.63</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-21.08</x:v>
+        <x:v>-19.74</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>-9.71</x:v>
+        <x:v>-10.47</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-5.11</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.500625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.22</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>29.95</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>19.25</x:v>
+        <x:v>35.74</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-7.39</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.44</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.39</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>14.49</x:v>
+        <x:v>14.82</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>12.14</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>11.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>15.51</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.86</x:v>
+        <x:v>25.38</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-21.88</x:v>
+        <x:v>-20.43</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-10.48</x:v>
+        <x:v>-11.32</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>30.94</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>20.25</x:v>
+        <x:v>36.86</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-6.61</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>7.12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.44</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.39</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>14.49</x:v>
+        <x:v>14.82</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>12.14</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>11.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.86</x:v>
+        <x:v>26.51</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-21.1</x:v>
+        <x:v>-19.63</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>-9.62</x:v>
+        <x:v>-10.46</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.520625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>30.37</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>20.04</x:v>
+        <x:v>40.11</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-4.01</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.95</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.11</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>18.24</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>15.42</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-22.25</x:v>
+        <x:v>-18.52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>31.36</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>21.05</x:v>
+        <x:v>41.27</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.95</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.11</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>18.24</x:v>
+        <x:v>17.84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>16.41</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.85</x:v>
+        <x:v>27.16</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-21.44</x:v>
+        <x:v>-17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.48</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>37.44</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>24.08</x:v>
+        <x:v>49.74</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>7.42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>18.21</x:v>
+        <x:v>21.87</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>18.63</x:v>
+        <x:v>19.05</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>11.97</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.51</x:v>
+        <x:v>11.83</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>16.37</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>27.86</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-23.08</x:v>
+        <x:v>-21.32</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-10.46</x:v>
+        <x:v>-11.33</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>-4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>38.48</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>25.12</x:v>
+        <x:v>50.97</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-3.64</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>8.34</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>18.21</x:v>
+        <x:v>21.87</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>18.63</x:v>
+        <x:v>19.05</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>11.97</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.51</x:v>
+        <x:v>11.83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>6.89</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>6.89</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.41</x:v>
+        <x:v>6.89</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>29.09</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-22.27</x:v>
+        <x:v>-20.49</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>-9.6</x:v>
+        <x:v>-10.48</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-4.52</x:v>
+        <x:v>-3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.300625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>37.38</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>23.96</x:v>
+        <x:v>49.64</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>18.21</x:v>
+        <x:v>21.87</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>16.31</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>27.77</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-22.72</x:v>
+        <x:v>-19.15</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.66</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>38.5</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>25.08</x:v>
+        <x:v>50.97</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>18.21</x:v>
+        <x:v>21.87</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.29</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.43</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>29.1</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-21.83</x:v>
+        <x:v>-18.24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>29.49</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>19.11</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>39.07</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-4.64</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.95</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.2</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>14.11</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>17.67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>18.67</x:v>
+        <x:v>18.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>14.54</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>4.91</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>24.96</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>-21.83</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-23.31</x:v>
+        <x:v>-20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>31.42</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>21.08</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>41.34</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.95</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.2</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>14.11</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="n">
+        <x:v>17.67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>18.67</x:v>
+        <x:v>18.29</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>16.48</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.88</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>27.22</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>-20.23</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-21.72</x:v>
+        <x:v>-18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.660625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>36.35</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>23.01</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>48.46</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>-2.91</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>18.21</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>21.87</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>19.05</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>15.28</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>4.8</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>26.58</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>-21.96</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-23.46</x:v>
+        <x:v>-20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.58</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>38.31</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>24.96</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>50.78</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>18.21</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>21.87</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="n">
+        <x:v>19.05</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>17.24</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.76</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>28.9</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>-20.39</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-21.89</x:v>
+        <x:v>-18.75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.450625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>35</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>21.81</x:v>
+        <x:v>46.7</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-5.72</x:v>
+        <x:v>-3.72</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>18.21</x:v>
+        <x:v>21.87</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>18.63</x:v>
+        <x:v>19.05</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.07</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.83</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>13.93</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>24.83</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-24.36</x:v>
+        <x:v>-22.77</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-14.28</x:v>
+        <x:v>-12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>35.12</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>21.92</x:v>
+        <x:v>46.84</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-5.64</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>18.21</x:v>
+        <x:v>21.87</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>18.63</x:v>
+        <x:v>19.05</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.07</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>14.05</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>24.96</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-24.27</x:v>
+        <x:v>-22.68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-14.19</x:v>
+        <x:v>-12.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.530625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>26.37</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>28.93</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>28.93</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-6.98</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>16.84</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>15.67</x:v>
+        <x:v>16.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>16.82</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.82</x:v>
+        <x:v>15.02</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-15.86</x:v>
+        <x:v>15.02</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-22.65</x:v>
+        <x:v>-21.05</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-14.98</x:v>
+        <x:v>-13.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>26.61</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>19.74</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-6.19</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>16.84</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>15.67</x:v>
+        <x:v>16.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>17.06</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>9.56</x:v>
+        <x:v>16.09</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-15</x:v>
+        <x:v>16.09</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-21.86</x:v>
+        <x:v>-20.24</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-14.17</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D157"/>
+  <x:dimension ref="A1:D161"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.43</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.38</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-8.15</x:v>
+        <x:v>8.23</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-8.07</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-7.52</x:v>
+        <x:v>5.89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-8.05</x:v>
+        <x:v>-5.38</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-7.98</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>-8.15</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-8.07</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>-8.05</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.83</x:v>
+        <x:v>-7.98</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>2.95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-6.32</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-7.83</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>6.63</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>-6.32</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-9.83</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-9.76</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-4.23</x:v>
+        <x:v>-9.83</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>-9.76</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-4.23</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-10.49</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-10.42</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>-10.49</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>-10.42</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-14.55</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-14.48</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-5.75</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-5.68</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-10.79</x:v>
+        <x:v>-14.55</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-10.72</x:v>
+        <x:v>-14.48</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>-5.75</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>-5.68</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>-10.79</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>-10.72</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.05</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>11.39</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>-4.05</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-10.94</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-10.87</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>11.39</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-10.94</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>-10.87</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-10.99</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>4.86</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>17.94</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>18.02</x:v>
+        <x:v>-10.99</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-13.2</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-13.13</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>17.94</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>18.02</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-8.91</x:v>
+        <x:v>-13.2</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-8.84</x:v>
+        <x:v>-13.13</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>-6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-8.91</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>-8.84</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>3.13</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>11.81</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>14.78</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>14.85</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>14.78</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>14.85</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>10.42</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>10.42</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>13.32</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>13.39</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>10.91</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-22.24</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-22.16</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-13.41</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>13.32</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-4.84</x:v>
+        <x:v>13.39</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-7.26</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-22.24</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>-22.16</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-13.41</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>-4.9</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>-4.84</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-7.26</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-3.92</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-3.85</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>6.19</x:v>
+        <x:v>-3.92</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>-3.85</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>6.19</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>6.26</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>9.61</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-7.45</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-7.93</x:v>
+        <x:v>3.46</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>9.68</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>-7.45</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>-7.93</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-3.79</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-4.15</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-4.15</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="C99" s="4" t="n">
+        <x:v>2.94</x:v>
+      </x:c>
+      <x:c r="D99" s="4" t="n">
+        <x:v>3.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:4">
+      <x:c r="A100" s="2" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="B100" s="4" t="n">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="C100" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="D100" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:4">
+      <x:c r="A101" s="2" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="B101" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
-      <x:c r="C99" s="4" t="n">
+      <x:c r="C101" s="4" t="n">
         <x:v>-2.06</x:v>
       </x:c>
-      <x:c r="D99" s="4" t="n">
+      <x:c r="D101" s="4" t="n">
         <x:v>-3.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="103" spans="1:4">
-      <x:c r="A103" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A103" s="2" t="s"/>
+      <x:c r="B103" s="3" t="s"/>
+      <x:c r="C103" s="3" t="s"/>
+      <x:c r="D103" s="3" t="s"/>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>-14.17</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>-13.98</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>3.34</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-14.65</x:v>
+        <x:v>24.21</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-14.46</x:v>
+        <x:v>24.44</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>-8.19</x:v>
+        <x:v>-14.17</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>-13.98</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>-4.15</x:v>
+        <x:v>-14.65</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-14.46</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>-12.66</x:v>
+        <x:v>-8.19</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>-12.46</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-4.15</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>-12.66</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>-16.9</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>-16.71</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-16.9</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-16.71</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>-10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>13.52</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>13.75</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>8.86</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>28.25</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>28.5</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>12.84</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>13.07</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>6.43</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>23.15</x:v>
+        <x:v>13.52</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>23.4</x:v>
+        <x:v>13.75</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>16.47</x:v>
+        <x:v>8.86</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>-26.82</x:v>
+        <x:v>28.25</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>-26.64</x:v>
+        <x:v>28.5</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>-19.56</x:v>
+        <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>10.33</x:v>
+        <x:v>12.84</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>10.56</x:v>
+        <x:v>13.07</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>23.15</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>23.4</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>16.47</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>-26.82</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-26.64</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>-19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>11.06</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>11.29</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>-10.23</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>11.06</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-10.23</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>-3.29</x:v>
+        <x:v>-11.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:4">
+      <x:c r="A134" s="2" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B134" s="4" t="n">
+        <x:v>-0.15</x:v>
+      </x:c>
+      <x:c r="C134" s="4" t="n">
+        <x:v>0.08</x:v>
+      </x:c>
+      <x:c r="D134" s="4" t="n">
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
-      <x:c r="A135" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D135" s="3" t="s"/>
+      <x:c r="A135" s="2" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="B135" s="4" t="n">
+        <x:v>1.99</x:v>
+      </x:c>
+      <x:c r="C135" s="4" t="n">
+        <x:v>2.21</x:v>
+      </x:c>
+      <x:c r="D135" s="4" t="n">
+        <x:v>5.98</x:v>
+      </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>22.67</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>23.61</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>8.03</x:v>
-[...13 lines deleted...]
-        <x:v>25.33</x:v>
+        <x:v>-3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
-      <x:c r="A138" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A138" s="2" t="s"/>
+      <x:c r="B138" s="3" t="s"/>
+      <x:c r="C138" s="3" t="s"/>
+      <x:c r="D138" s="3" t="s"/>
     </x:row>
     <x:row r="139" spans="1:4">
-      <x:c r="A139" s="2" t="n">
-        <x:v>2022</x:v>
+      <x:c r="A139" s="2" t="s">
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
-        <x:v>-4.64</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4">
       <x:c r="A140" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
-        <x:v>20.2</x:v>
+        <x:v>22.35</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>21.22</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>27.54</x:v>
+        <x:v>7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:4">
       <x:c r="A141" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B141" s="4" t="n">
-        <x:v>30.42</x:v>
+        <x:v>-20.5</x:v>
       </x:c>
       <x:c r="C141" s="4" t="n">
-        <x:v>31.54</x:v>
+        <x:v>-19.82</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>6.65</x:v>
+        <x:v>25.33</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:4">
       <x:c r="A142" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B142" s="4" t="n">
-        <x:v>28.94</x:v>
+        <x:v>-9.94</x:v>
       </x:c>
       <x:c r="C142" s="4" t="n">
-        <x:v>30.04</x:v>
+        <x:v>-9.18</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>28.93</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:4">
       <x:c r="A143" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B143" s="4" t="n">
+        <x:v>-4.64</x:v>
+      </x:c>
+      <x:c r="C143" s="4" t="n">
+        <x:v>-3.82</x:v>
+      </x:c>
+      <x:c r="D143" s="4" t="n">
+        <x:v>-13.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:4">
+      <x:c r="A144" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B144" s="4" t="n">
+        <x:v>20.2</x:v>
+      </x:c>
+      <x:c r="C144" s="4" t="n">
+        <x:v>21.22</x:v>
+      </x:c>
+      <x:c r="D144" s="4" t="n">
+        <x:v>27.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:4">
+      <x:c r="A145" s="2" t="n">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="B145" s="4" t="n">
+        <x:v>30.42</x:v>
+      </x:c>
+      <x:c r="C145" s="4" t="n">
+        <x:v>31.54</x:v>
+      </x:c>
+      <x:c r="D145" s="4" t="n">
+        <x:v>6.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:4">
+      <x:c r="A146" s="2" t="n">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="B146" s="4" t="n">
+        <x:v>28.94</x:v>
+      </x:c>
+      <x:c r="C146" s="4" t="n">
+        <x:v>30.04</x:v>
+      </x:c>
+      <x:c r="D146" s="4" t="n">
+        <x:v>28.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:4">
+      <x:c r="A147" s="2" t="n">
         <x:v>2018</x:v>
       </x:c>
-      <x:c r="B143" s="4" t="n">
+      <x:c r="B147" s="4" t="n">
         <x:v>-10.5</x:v>
       </x:c>
-      <x:c r="C143" s="4" t="n">
+      <x:c r="C147" s="4" t="n">
         <x:v>-9.85</x:v>
       </x:c>
-      <x:c r="D143" s="4" t="n">
+      <x:c r="D147" s="4" t="n">
         <x:v>-4.69</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:4">
+      <x:c r="A150" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row r="150" spans="1:4">
-      <x:c r="A150" s="2" t="s">
+    <x:row r="151" spans="1:4">
+      <x:c r="A151" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
-    <x:row r="151" spans="1:4">
-      <x:c r="A151" s="2" t="s">
+    <x:row r="152" spans="1:4">
+      <x:c r="A152" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:4">
+      <x:c r="A154" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
-    <x:row r="154" spans="1:4">
-      <x:c r="A154" s="1" t="s">
+    <x:row r="155" spans="1:4">
+      <x:c r="A155" s="2" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:4">
+      <x:c r="A158" s="1" t="s">
         <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:4">
+      <x:c r="A159" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:4">
+      <x:c r="A160" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:4">
+      <x:c r="A161" s="1" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.440625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>24.21</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.79</x:v>
+        <x:v>22.35</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-3.73</x:v>
+        <x:v>22.35</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-6.8</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>5.44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>15.88</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>11.39</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>16.69</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.42</x:v>
+        <x:v>14.48</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-15.12</x:v>
+        <x:v>14.48</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-22.68</x:v>
+        <x:v>-21.18</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-10.01</x:v>
+        <x:v>-12.03</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-6.82</x:v>
+        <x:v>-5.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>24.44</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>-3.51</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>6.34</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>15.88</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>11.39</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>16.93</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>15.51</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-14.3</x:v>
+        <x:v>15.51</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-21.89</x:v>
+        <x:v>-20.37</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-9.13</x:v>
+        <x:v>-11.18</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-5.92</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.500625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>26.32</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>18.99</x:v>
+        <x:v>28.91</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>28.91</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-6.97</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>5.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>16.84</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>15.67</x:v>
+        <x:v>16.24</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>12.63</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>11.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>16.77</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-15.88</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-22.64</x:v>
+        <x:v>-21.05</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-9.97</x:v>
+        <x:v>-11.96</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-6.88</x:v>
+        <x:v>-6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>26.56</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>19.73</x:v>
+        <x:v>29.99</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>29.99</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-6.19</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>6.12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>16.84</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>15.67</x:v>
+        <x:v>16.24</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>12.63</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.16</x:v>
+        <x:v>11.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>17.01</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>16.08</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-15.03</x:v>
+        <x:v>16.08</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-21.85</x:v>
+        <x:v>-20.24</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-9.09</x:v>
+        <x:v>-11.11</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-5.98</x:v>
+        <x:v>-5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.520625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>25.56</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>20.75</x:v>
+        <x:v>30.66</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>30.66</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-7.33</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.94</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>15.32</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.93</x:v>
+        <x:v>15.32</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>18.31</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>16.63</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.83</x:v>
+        <x:v>15.33</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-15.97</x:v>
+        <x:v>15.33</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-25.64</x:v>
+        <x:v>-21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>31.74</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>31.74</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>8.94</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>15.32</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.93</x:v>
+        <x:v>15.32</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>18.31</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>16.86</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>9.58</x:v>
+        <x:v>16.42</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-15.11</x:v>
+        <x:v>16.42</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-24.86</x:v>
+        <x:v>-20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>23.79</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>27.88</x:v>
+        <x:v>38.83</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>38.83</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>6.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>23.12</x:v>
+        <x:v>20.65</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>13.55</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>16.17</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>16.49</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-15.71</x:v>
+        <x:v>16.49</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-24.13</x:v>
+        <x:v>-21.95</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>-11.89</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-6.29</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>24.02</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>28.67</x:v>
+        <x:v>39.98</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>39.98</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>7.07</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>23.12</x:v>
+        <x:v>20.65</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>13.55</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>10.23</x:v>
+        <x:v>17.64</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-14.85</x:v>
+        <x:v>17.64</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-23.3</x:v>
+        <x:v>-21.11</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-9.14</x:v>
+        <x:v>-11.04</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-5.39</x:v>
+        <x:v>-4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.300625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>23.73</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>27.8</x:v>
+        <x:v>38.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>38.77</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-5.49</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9.36</x:v>
+        <x:v>16.43</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-15.82</x:v>
+        <x:v>16.43</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-26.22</x:v>
+        <x:v>-22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>23.98</x:v>
+        <x:v>8.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>28.65</x:v>
+        <x:v>40.01</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>40.01</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-4.64</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>20.73</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>16.36</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>10.21</x:v>
+        <x:v>17.67</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-14.89</x:v>
+        <x:v>17.67</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-25.37</x:v>
+        <x:v>-21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>25.25</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>20.03</x:v>
+        <x:v>29.64</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.07</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>29.64</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="n">
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-7.47</x:v>
+        <x:v>-4.48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.94</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>15.32</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.93</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>15.32</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
+        <x:v>18.97</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>18.75</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>16.32</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>14.31</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-16.86</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>14.31</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
+        <x:v>-22.38</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-26.22</x:v>
+        <x:v>-22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>25.73</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>31.76</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.76</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>31.76</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="n">
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>8.94</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>11.93</x:v>
+        <x:v>15.32</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.93</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>15.32</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="n">
+        <x:v>18.97</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>18.75</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>16.79</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>16.43</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-15.16</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>16.43</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="n">
+        <x:v>-20.77</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-24.68</x:v>
+        <x:v>-21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.660625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>23.56</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>27.08</x:v>
+        <x:v>37.62</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.71</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>37.62</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="n">
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-5.71</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.27</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>22.34</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
+        <x:v>20.65</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>15.94</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.64</x:v>
+        <x:v>15.28</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-16.56</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>15.28</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
+        <x:v>-22.55</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-26.46</x:v>
+        <x:v>-22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>24.03</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>28.57</x:v>
+        <x:v>39.79</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.34</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>39.79</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="n">
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-4.17</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.27</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>22.34</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="n">
+        <x:v>20.65</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>16.41</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>17.45</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-14.93</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>17.45</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="n">
+        <x:v>-20.96</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-24.93</x:v>
+        <x:v>-21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.450625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>23.03</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>26.11</x:v>
+        <x:v>36.05</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>36.05</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-2.26</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>23.12</x:v>
+        <x:v>20.65</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>15.41</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.67</x:v>
+        <x:v>13.72</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-17.46</x:v>
+        <x:v>13.72</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-25.38</x:v>
+        <x:v>-23.35</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-15.89</x:v>
+        <x:v>-14.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>23.04</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>26.2</x:v>
+        <x:v>36.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>36.18</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-2.18</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>-3.87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>23.12</x:v>
+        <x:v>20.65</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>15.42</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7.76</x:v>
+        <x:v>13.85</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-17.37</x:v>
+        <x:v>13.85</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-25.3</x:v>
+        <x:v>-23.26</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-15.81</x:v>
+        <x:v>-13.99</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D157"/>
+  <x:dimension ref="A1:D161"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>4.76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>11.23</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.29</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>9.38</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.38</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-3.87</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.79</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.72</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>4.74</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-9.32</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-9.26</x:v>
+        <x:v>-3.87</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-6.79</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>-6.72</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-8.23</x:v>
+        <x:v>-9.32</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>-9.26</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-5.08</x:v>
+        <x:v>-8.23</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-5.08</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-10.23</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>-10.23</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-11.85</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-11.78</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>9.75</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>4.99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>-11.85</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>-11.78</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-14.16</x:v>
+        <x:v>9.68</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-14.09</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-4.58</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-10.88</x:v>
+        <x:v>-14.16</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-10.81</x:v>
+        <x:v>-14.09</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-4.58</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-10.88</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>-10.81</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.31</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.67</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.08</x:v>
+        <x:v>-2.31</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>-4.67</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>-4.08</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-8.66</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-8.59</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-8.66</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>-8.59</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-9.76</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-9.69</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>15.01</x:v>
+        <x:v>-9.76</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>15.09</x:v>
+        <x:v>-9.69</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-12.3</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-12.23</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>15.01</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>6.78</x:v>
+        <x:v>15.09</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>6.77</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-9.24</x:v>
+        <x:v>-12.3</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>-12.23</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-3.52</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-9.24</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.59</x:v>
+        <x:v>-3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-6.96</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-6.89</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-4</x:v>
+        <x:v>4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-3.81</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>-6.96</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-6.89</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>9.77</x:v>
+        <x:v>-3.81</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>1.59</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>4.01</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>9.92</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>14.23</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>14.23</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>8.79</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>9.42</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>9.42</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>9.42</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>11.06</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>8.83</x:v>
+        <x:v>3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-19.76</x:v>
+        <x:v>9.42</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-19.69</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-10.89</x:v>
+        <x:v>6.46</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-2.47</x:v>
+        <x:v>11.06</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-5.13</x:v>
+        <x:v>8.83</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>-19.76</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-19.69</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-10.89</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>6.78</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>6.85</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>-5.13</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-2.82</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>6.85</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-2.16</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>2.48</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-4.62</x:v>
+        <x:v>-2.82</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>7.56</x:v>
+        <x:v>-4.62</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-3.47</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>4.25</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>7.56</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-3.47</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-6.32</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-6.88</x:v>
+        <x:v>1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-4.34</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>-6.32</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>-6.88</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-4.34</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-3.67</x:v>
+        <x:v>-1.65</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
+        <x:v>3.14</x:v>
+      </x:c>
+      <x:c r="C99" s="4" t="n">
+        <x:v>3.21</x:v>
+      </x:c>
+      <x:c r="D99" s="4" t="n">
+        <x:v>3.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:4">
+      <x:c r="A100" s="2" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="B100" s="4" t="n">
+        <x:v>3.56</x:v>
+      </x:c>
+      <x:c r="C100" s="4" t="n">
+        <x:v>3.63</x:v>
+      </x:c>
+      <x:c r="D100" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:4">
+      <x:c r="A101" s="2" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="B101" s="4" t="n">
         <x:v>-3.1</x:v>
       </x:c>
-      <x:c r="C99" s="4" t="n">
+      <x:c r="C101" s="4" t="n">
         <x:v>-3.06</x:v>
       </x:c>
-      <x:c r="D99" s="4" t="n">
+      <x:c r="D101" s="4" t="n">
         <x:v>-3.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="103" spans="1:4">
-      <x:c r="A103" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A103" s="2" t="s"/>
+      <x:c r="B103" s="3" t="s"/>
+      <x:c r="C103" s="3" t="s"/>
+      <x:c r="D103" s="3" t="s"/>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>8.49</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>8.71</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>-13.18</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>-12.98</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-15.15</x:v>
+        <x:v>26.32</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-14.96</x:v>
+        <x:v>26.56</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>9.55</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>-9.01</x:v>
+        <x:v>-13.18</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>-8.82</x:v>
+        <x:v>-12.98</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>-15.15</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-14.96</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>9.13</x:v>
+        <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>-11.9</x:v>
+        <x:v>-9.01</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>-11.71</x:v>
+        <x:v>-8.82</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>9.13</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>6.31</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-11.9</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-11.71</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>9.15</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>9.39</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>-15.06</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>-14.87</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>4.39</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>-15.06</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-14.87</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>26.09</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>26.34</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>8.46</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>13.06</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>7.26</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>25.75</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>26.01</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>19.64</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>-23.25</x:v>
+        <x:v>26.09</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>-23.07</x:v>
+        <x:v>26.34</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>-15.99</x:v>
+        <x:v>8.46</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>13.06</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>25.75</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>6.73</x:v>
+        <x:v>-23.25</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>6.95</x:v>
+        <x:v>-23.07</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>-15.99</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>-9.38</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>-10.67</x:v>
+        <x:v>3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-9.38</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>-10.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:4">
+      <x:c r="A134" s="2" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B134" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="C134" s="4" t="n">
+        <x:v>0.74</x:v>
+      </x:c>
+      <x:c r="D134" s="4" t="n">
+        <x:v>5.57</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
-      <x:c r="A135" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D135" s="3" t="s"/>
+      <x:c r="A135" s="2" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="B135" s="4" t="n">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="C135" s="4" t="n">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="D135" s="4" t="n">
+        <x:v>6.9</x:v>
+      </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>29.95</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>30.94</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>14.44</x:v>
-[...13 lines deleted...]
-        <x:v>19.59</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
-      <x:c r="A138" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A138" s="2" t="s"/>
+      <x:c r="B138" s="3" t="s"/>
+      <x:c r="C138" s="3" t="s"/>
+      <x:c r="D138" s="3" t="s"/>
     </x:row>
     <x:row r="139" spans="1:4">
-      <x:c r="A139" s="2" t="n">
-        <x:v>2022</x:v>
+      <x:c r="A139" s="2" t="s">
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>-8.08</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4">
       <x:c r="A140" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
-        <x:v>13.18</x:v>
+        <x:v>28.91</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>14.14</x:v>
+        <x:v>29.99</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>19.63</x:v>
+        <x:v>13.91</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:4">
       <x:c r="A141" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B141" s="4" t="n">
-        <x:v>37.58</x:v>
+        <x:v>-24.04</x:v>
       </x:c>
       <x:c r="C141" s="4" t="n">
-        <x:v>38.75</x:v>
+        <x:v>-23.39</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>12.67</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:4">
       <x:c r="A142" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B142" s="4" t="n">
-        <x:v>21.48</x:v>
+        <x:v>-11.92</x:v>
       </x:c>
       <x:c r="C142" s="4" t="n">
-        <x:v>22.52</x:v>
+        <x:v>-11.17</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>21.71</x:v>
+        <x:v>15.31</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:4">
       <x:c r="A143" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B143" s="4" t="n">
+        <x:v>0.38</x:v>
+      </x:c>
+      <x:c r="C143" s="4" t="n">
+        <x:v>1.24</x:v>
+      </x:c>
+      <x:c r="D143" s="4" t="n">
+        <x:v>-8.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:4">
+      <x:c r="A144" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B144" s="4" t="n">
+        <x:v>13.18</x:v>
+      </x:c>
+      <x:c r="C144" s="4" t="n">
+        <x:v>14.14</x:v>
+      </x:c>
+      <x:c r="D144" s="4" t="n">
+        <x:v>19.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:4">
+      <x:c r="A145" s="2" t="n">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="B145" s="4" t="n">
+        <x:v>37.58</x:v>
+      </x:c>
+      <x:c r="C145" s="4" t="n">
+        <x:v>38.75</x:v>
+      </x:c>
+      <x:c r="D145" s="4" t="n">
+        <x:v>12.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:4">
+      <x:c r="A146" s="2" t="n">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="B146" s="4" t="n">
+        <x:v>21.48</x:v>
+      </x:c>
+      <x:c r="C146" s="4" t="n">
+        <x:v>22.52</x:v>
+      </x:c>
+      <x:c r="D146" s="4" t="n">
+        <x:v>21.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:4">
+      <x:c r="A147" s="2" t="n">
         <x:v>2018</x:v>
       </x:c>
-      <x:c r="B143" s="4" t="n">
+      <x:c r="B147" s="4" t="n">
         <x:v>-9.2</x:v>
       </x:c>
-      <x:c r="C143" s="4" t="n">
+      <x:c r="C147" s="4" t="n">
         <x:v>-8.54</x:v>
       </x:c>
-      <x:c r="D143" s="4" t="n">
+      <x:c r="D147" s="4" t="n">
         <x:v>-2.9</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:4">
+      <x:c r="A150" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row r="150" spans="1:4">
-      <x:c r="A150" s="2" t="s">
+    <x:row r="151" spans="1:4">
+      <x:c r="A151" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
-    <x:row r="151" spans="1:4">
-      <x:c r="A151" s="2" t="s">
+    <x:row r="152" spans="1:4">
+      <x:c r="A152" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:4">
+      <x:c r="A154" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
-    <x:row r="154" spans="1:4">
-      <x:c r="A154" s="1" t="s">
+    <x:row r="155" spans="1:4">
+      <x:c r="A155" s="2" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:4">
+      <x:c r="A158" s="1" t="s">
         <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:4">
+      <x:c r="A159" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:4">
+      <x:c r="A160" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:4">
+      <x:c r="A161" s="1" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D69"/>
+  <x:dimension ref="A1:D73"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.26</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.34</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>8.26</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>9.25</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>1.34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-3.62</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.84</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>4.44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-8.57</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-8.5</x:v>
+        <x:v>-3.62</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-4.84</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-7.92</x:v>
+        <x:v>-8.57</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.85</x:v>
+        <x:v>-8.5</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-5.92</x:v>
+        <x:v>-7.92</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-7.85</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>5.13</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>-5.92</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-10.69</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-10.62</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>-10.69</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>-10.62</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.86</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-4.18</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-10.94</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-10.87</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>3.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>9.21</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>9.28</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>-10.94</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>-10.87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-14.35</x:v>
+        <x:v>9.21</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-14.28</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-7.06</x:v>
+        <x:v>6.91</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-6.99</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-10.62</x:v>
+        <x:v>-14.35</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-10.55</x:v>
+        <x:v>-14.28</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-7.06</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>-6.99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.78</x:v>
+        <x:v>-10.62</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6.85</x:v>
+        <x:v>-10.55</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>3.03</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>6.78</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>6.85</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>5.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
         <x:v>-1.95</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="n">
+      <x:c r="C39" s="4" t="n">
         <x:v>-1.92</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="n">
+      <x:c r="D39" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A41" s="2" t="s"/>
+      <x:c r="B41" s="3" t="s"/>
+      <x:c r="C41" s="3" t="s"/>
+      <x:c r="D41" s="3" t="s"/>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>9.33</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-11.86</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-11.66</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-15.57</x:v>
+        <x:v>25.56</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-15.38</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>8.94</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>9.11</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>9.33</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>5.68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-8.5</x:v>
+        <x:v>-11.86</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-8.31</x:v>
+        <x:v>-11.66</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>-15.57</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-3.93</x:v>
+        <x:v>-15.38</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>10.64</x:v>
+        <x:v>5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-14.47</x:v>
+        <x:v>-8.5</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-14.28</x:v>
+        <x:v>-8.31</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>-3.93</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>10.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>0.21</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D52" s="3" t="s"/>
+      <x:c r="A52" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>-14.47</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>-14.28</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>-2.58</x:v>
+      </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>30.37</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>31.36</x:v>
+        <x:v>4.79</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>14.95</x:v>
-[...3 lines deleted...]
-      <x:c r="A54" s="2" t="n">
+        <x:v>4.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>8.63</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>8.71</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>30.66</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>31.74</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>15.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B54" s="4" t="n">
+      <x:c r="B58" s="4" t="n">
         <x:v>-22.78</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-22.12</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>21.51</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="n">
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B59" s="4" t="n">
         <x:v>-10.45</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>-9.99</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>9.49</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="s">
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:4">
-      <x:c r="A63" s="2" t="s">
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:4">
-      <x:c r="A66" s="1" t="s">
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="2" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="1" t="s">
         <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="1" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D150"/>
+  <x:dimension ref="A1:D154"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.34</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11.84</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.91</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.01</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>11.84</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>11.91</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.78</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-8.03</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-7.97</x:v>
+        <x:v>-0.78</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-9.72</x:v>
+        <x:v>-8.03</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-9.65</x:v>
+        <x:v>-7.97</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-3.88</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.81</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-8.48</x:v>
+        <x:v>-9.72</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-8.41</x:v>
+        <x:v>-9.65</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-3.88</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-3.81</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-8.48</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>-8.41</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-11.01</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-10.95</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-5.3</x:v>
+        <x:v>-11.01</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-5.23</x:v>
+        <x:v>-10.95</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-5.23</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-12.37</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-12.3</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>9.41</x:v>
+        <x:v>-12.37</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>9.48</x:v>
+        <x:v>-12.3</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-14.5</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-14.43</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-8.09</x:v>
+        <x:v>9.41</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-8.02</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-12.05</x:v>
+        <x:v>-14.5</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-11.98</x:v>
+        <x:v>-14.43</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>-8.09</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>-8.02</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>-12.05</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>-11.98</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-3.3</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>-3.3</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.87</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>13.09</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>13.16</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>13.09</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>12.86</x:v>
+        <x:v>13.16</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-13.26</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-13.19</x:v>
+        <x:v>12.86</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-9.57</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>6.49</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>15.03</x:v>
+        <x:v>-13.26</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>-13.19</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>-9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-15.26</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-15.19</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.95</x:v>
+        <x:v>15.03</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>6.98</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-13.11</x:v>
+        <x:v>-15.26</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-13.04</x:v>
+        <x:v>-15.19</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-13.11</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>-13.04</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-7.55</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-4.91</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-6.98</x:v>
+        <x:v>-7.55</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-6.91</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>-2.09</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>11.57</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-6.98</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>-6.91</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>0.51</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>12.76</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>12.83</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>17.67</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>12.76</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>12.83</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>17.67</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>12.33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>11.59</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>11.66</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>6.41</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>6.48</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>5.29</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>12.58</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>10.71</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-22.27</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-22.19</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>12.58</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-5.3</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-8.08</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-2.16</x:v>
+        <x:v>-22.27</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>-22.19</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-8.08</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-2.09</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>4.45</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-4.47</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>2.74</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>8.04</x:v>
+        <x:v>-4.55</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>-4.47</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-6.42</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-6.35</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>8.04</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-2.16</x:v>
+        <x:v>-6.42</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>-6.35</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>9.48</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-6.29</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>9.55</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-6.22</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>-6.29</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-7.49</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
+        <x:v>-6.22</x:v>
+      </x:c>
+      <x:c r="C94" s="4" t="n">
+        <x:v>-6.15</x:v>
+      </x:c>
+      <x:c r="D94" s="4" t="n">
+        <x:v>-7.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:4">
+      <x:c r="A95" s="2" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B95" s="4" t="n">
+        <x:v>-0.69</x:v>
+      </x:c>
+      <x:c r="C95" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="n">
+        <x:v>0.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:4">
+      <x:c r="A96" s="2" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B96" s="4" t="n">
         <x:v>1.95</x:v>
       </x:c>
-      <x:c r="C94" s="4" t="n">
+      <x:c r="C96" s="4" t="n">
         <x:v>1.98</x:v>
       </x:c>
-      <x:c r="D94" s="4" t="n">
+      <x:c r="D96" s="4" t="n">
         <x:v>1.97</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A98" s="2" t="s"/>
+      <x:c r="B98" s="3" t="s"/>
+      <x:c r="C98" s="3" t="s"/>
+      <x:c r="D98" s="3" t="s"/>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>15.31</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>15.55</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>-10.41</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>-10.21</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-20.58</x:v>
+        <x:v>23.79</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-20.4</x:v>
+        <x:v>24.02</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>10.04</x:v>
+        <x:v>15.31</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>10.25</x:v>
+        <x:v>15.55</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>-8.89</x:v>
+        <x:v>-10.41</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>-10.21</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-20.58</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>-20.4</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>10.04</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>10.25</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-15.39</x:v>
+        <x:v>-8.89</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-15.2</x:v>
+        <x:v>-8.7</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>5.97</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-15.39</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>9.71</x:v>
+        <x:v>-15.2</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>-6.82</x:v>
+        <x:v>6.18</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>-21.26</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>-21.08</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>-15.66</x:v>
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>9.76</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>-6.82</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-21.26</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-21.08</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>-15.66</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>8.95</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>6.68</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>33.65</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>33.92</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>14.68</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>17.76</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>8.13</x:v>
+        <x:v>7.39</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>25.4</x:v>
+        <x:v>8.95</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>25.65</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>19.22</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>-28.04</x:v>
+        <x:v>33.65</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>-27.86</x:v>
+        <x:v>33.92</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>-21.37</x:v>
+        <x:v>14.68</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>13.53</x:v>
+        <x:v>17.76</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>13.77</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>8.95</x:v>
+        <x:v>8.13</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>25.4</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>-1.51</x:v>
+        <x:v>25.65</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>19.22</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>-28.04</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>-27.86</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>-21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>8.92</x:v>
+        <x:v>13.77</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>12.18</x:v>
+        <x:v>8.95</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>-11.41</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>-11.2</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>-12.75</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>3.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:4">
+      <x:c r="A127" s="2" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="B127" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="C127" s="4" t="n">
+        <x:v>8.92</x:v>
+      </x:c>
+      <x:c r="D127" s="4" t="n">
+        <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
-      <x:c r="A128" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D128" s="3" t="s"/>
+      <x:c r="A128" s="2" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="B128" s="4" t="n">
+        <x:v>-11.41</x:v>
+      </x:c>
+      <x:c r="C128" s="4" t="n">
+        <x:v>-11.2</x:v>
+      </x:c>
+      <x:c r="D128" s="4" t="n">
+        <x:v>-12.75</x:v>
+      </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>37.44</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>38.48</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>21.07</x:v>
-[...13 lines deleted...]
-        <x:v>17.49</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
-      <x:c r="A131" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A131" s="2" t="s"/>
+      <x:c r="B131" s="3" t="s"/>
+      <x:c r="C131" s="3" t="s"/>
+      <x:c r="D131" s="3" t="s"/>
     </x:row>
     <x:row r="132" spans="1:4">
-      <x:c r="A132" s="2" t="n">
-        <x:v>2022</x:v>
+      <x:c r="A132" s="2" t="s">
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>-10.32</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>-9.55</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>-18.36</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>38.83</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>12.95</x:v>
+        <x:v>39.98</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>18.54</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>42.03</x:v>
+        <x:v>-25.4</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>43.24</x:v>
+        <x:v>-24.76</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>16.25</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>26.25</x:v>
+        <x:v>-7.15</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>27.33</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B136" s="4" t="n">
+        <x:v>-10.32</x:v>
+      </x:c>
+      <x:c r="C136" s="4" t="n">
+        <x:v>-9.55</x:v>
+      </x:c>
+      <x:c r="D136" s="4" t="n">
+        <x:v>-18.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:4">
+      <x:c r="A137" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B137" s="4" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C137" s="4" t="n">
+        <x:v>12.95</x:v>
+      </x:c>
+      <x:c r="D137" s="4" t="n">
+        <x:v>18.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:4">
+      <x:c r="A138" s="2" t="n">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="B138" s="4" t="n">
+        <x:v>42.03</x:v>
+      </x:c>
+      <x:c r="C138" s="4" t="n">
+        <x:v>43.24</x:v>
+      </x:c>
+      <x:c r="D138" s="4" t="n">
+        <x:v>16.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:4">
+      <x:c r="A139" s="2" t="n">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="B139" s="4" t="n">
+        <x:v>26.25</x:v>
+      </x:c>
+      <x:c r="C139" s="4" t="n">
+        <x:v>27.33</x:v>
+      </x:c>
+      <x:c r="D139" s="4" t="n">
+        <x:v>26.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:4">
+      <x:c r="A140" s="2" t="n">
         <x:v>2018</x:v>
       </x:c>
-      <x:c r="B136" s="4" t="n">
+      <x:c r="B140" s="4" t="n">
         <x:v>-10.3</x:v>
       </x:c>
-      <x:c r="C136" s="4" t="n">
+      <x:c r="C140" s="4" t="n">
         <x:v>-9.99</x:v>
       </x:c>
-      <x:c r="D136" s="4" t="n">
+      <x:c r="D140" s="4" t="n">
         <x:v>-10.65</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:4">
       <x:c r="A142" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:4">
+      <x:c r="A143" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row r="143" spans="1:4">
-      <x:c r="A143" s="2" t="s">
+    <x:row r="144" spans="1:4">
+      <x:c r="A144" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
-    <x:row r="144" spans="1:4">
-      <x:c r="A144" s="2" t="s">
+    <x:row r="145" spans="1:4">
+      <x:c r="A145" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:4">
+      <x:c r="A147" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
-    <x:row r="147" spans="1:4">
-      <x:c r="A147" s="1" t="s">
+    <x:row r="148" spans="1:4">
+      <x:c r="A148" s="2" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:4">
+      <x:c r="A151" s="1" t="s">
         <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:4">
+      <x:c r="A152" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:4">
+      <x:c r="A153" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:4">
+      <x:c r="A154" s="1" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D69"/>
+  <x:dimension ref="A1:D73"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.33</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11.85</x:v>
+        <x:v>7.33</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.92</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.01</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.08</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.13</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.65</x:v>
+        <x:v>7.08</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-8.05</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-7.98</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>-8.05</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-9.69</x:v>
+        <x:v>-7.98</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-3.87</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-8.48</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>-9.69</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-3.87</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>-8.48</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-8.4</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-11.03</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-5.24</x:v>
+        <x:v>-11.03</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-5.24</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-12.38</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-12.3</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>10.76</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>-12.38</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-12.3</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-14.5</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-14.43</x:v>
+        <x:v>10.76</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-8.09</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-8.02</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-12.04</x:v>
+        <x:v>-14.5</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-11.97</x:v>
+        <x:v>-14.43</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>-8.09</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>-8.02</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.78</x:v>
+        <x:v>-12.04</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6.85</x:v>
+        <x:v>-11.97</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>4.75</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>3.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>6.78</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>6.85</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>5.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
         <x:v>-1.95</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="n">
+      <x:c r="C39" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="n">
+      <x:c r="D39" s="4" t="n">
         <x:v>-0.55</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A41" s="2" t="s"/>
+      <x:c r="B41" s="3" t="s"/>
+      <x:c r="C41" s="3" t="s"/>
+      <x:c r="D41" s="3" t="s"/>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>15.27</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>15.52</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-10.39</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-10.17</x:v>
+        <x:v>8.83</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-20.62</x:v>
+        <x:v>23.73</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-20.42</x:v>
+        <x:v>23.98</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>10.03</x:v>
+        <x:v>15.27</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>10.27</x:v>
+        <x:v>15.52</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-8.91</x:v>
+        <x:v>-10.39</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>-10.17</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-6.32</x:v>
+        <x:v>-20.62</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-6.11</x:v>
+        <x:v>-20.42</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-15.38</x:v>
+        <x:v>-8.91</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-15.18</x:v>
+        <x:v>-8.7</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>-6.32</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>4.83</x:v>
+        <x:v>-6.11</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>8.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>3.73</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D52" s="3" t="s"/>
+      <x:c r="A52" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>-15.38</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>-15.18</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>-3.4</x:v>
+      </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>37.38</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>38.5</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>21.07</x:v>
-[...3 lines deleted...]
-      <x:c r="A54" s="2" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>9.8</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>9.88</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>2.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>38.77</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>40.01</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>22.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B54" s="4" t="n">
+      <x:c r="B58" s="4" t="n">
         <x:v>-25.46</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-24.78</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>17.49</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="n">
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B55" s="4" t="n">
+      <x:c r="B59" s="4" t="n">
         <x:v>-8.3</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>-7.77</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>12.86</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="s">
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:4">
-      <x:c r="A63" s="2" t="s">
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:4">
-      <x:c r="A66" s="1" t="s">
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="2" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="1" t="s">
         <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="1" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D77"/>
+  <x:dimension ref="A1:D81"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.19</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.33</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>10.46</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>8.33</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>1.34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>4.44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-8.61</x:v>
+        <x:v>-3.72</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-8.48</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-8.01</x:v>
+        <x:v>-8.61</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.87</x:v>
+        <x:v>-8.48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-6.02</x:v>
+        <x:v>-8.01</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-5.88</x:v>
+        <x:v>-7.87</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>5.13</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>-6.02</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>-5.88</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-10.72</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-10.58</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>-10.72</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>-10.58</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>6.91</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-11</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-10.86</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>3.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>9.14</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>9.28</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>-11</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>-10.86</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-14.38</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-14.25</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-7.08</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>6.91</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-10.67</x:v>
+        <x:v>-14.38</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-10.53</x:v>
+        <x:v>-14.25</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>-7.08</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>-10.67</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>-10.53</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.16</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>11.13</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>1.81</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>-2.28</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-2.16</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>-0.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>11.13</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>11.26</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>5.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C44" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D44" s="4" t="n">
         <x:v>-1.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A46" s="2" t="s"/>
+      <x:c r="B46" s="3" t="s"/>
+      <x:c r="C46" s="3" t="s"/>
+      <x:c r="D46" s="3" t="s"/>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>8.88</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>9.32</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-11.99</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-11.61</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-15.8</x:v>
+        <x:v>25.25</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-15.42</x:v>
+        <x:v>25.73</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>8.94</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>8.88</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>9.32</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>5.68</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>-11.99</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-8.31</x:v>
+        <x:v>-11.61</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-15.8</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-3.93</x:v>
+        <x:v>-15.42</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>10.64</x:v>
+        <x:v>5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-14.61</x:v>
+        <x:v>-8.7</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-14.24</x:v>
+        <x:v>-8.31</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-3.93</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>8.08</x:v>
+        <x:v>10.64</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-14.61</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>-14.24</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>-2.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>1.58</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>1.98</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>8.08</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D59" s="3" t="s"/>
+      <x:c r="A59" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>5.38</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>6.37</x:v>
+      </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>29.49</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>31.42</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>14.95</x:v>
-[...3 lines deleted...]
-      <x:c r="A61" s="2" t="n">
+        <x:v>-1.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="s"/>
+      <x:c r="B62" s="3" t="s"/>
+      <x:c r="C62" s="3" t="s"/>
+      <x:c r="D62" s="3" t="s"/>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>8.56</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>29.64</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>31.76</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>15.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B61" s="4" t="n">
+      <x:c r="B65" s="4" t="n">
         <x:v>-23.48</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="n">
+      <x:c r="C65" s="4" t="n">
         <x:v>-22.16</x:v>
       </x:c>
-      <x:c r="D61" s="4" t="n">
+      <x:c r="D65" s="4" t="n">
         <x:v>21.51</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="n">
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B62" s="4" t="n">
+      <x:c r="B66" s="4" t="n">
         <x:v>-9.16</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="n">
+      <x:c r="C66" s="4" t="n">
         <x:v>-7.67</x:v>
       </x:c>
-      <x:c r="D62" s="4" t="n">
+      <x:c r="D66" s="4" t="n">
         <x:v>20.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:4">
-      <x:c r="A63" s="2" t="n">
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B63" s="4" t="n">
+      <x:c r="B67" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="C63" s="4" t="n">
+      <x:c r="C67" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="D63" s="4" t="n">
+      <x:c r="D67" s="4" t="n">
         <x:v>-1.42</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:4">
-      <x:c r="A70" s="2" t="s">
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:4">
-      <x:c r="A71" s="2" t="s">
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:4">
-      <x:c r="A74" s="1" t="s">
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="2" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="1" t="s">
         <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:4">
+      <x:c r="A79" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:4">
+      <x:c r="A80" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:4">
+      <x:c r="A81" s="1" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D77"/>
+  <x:dimension ref="A1:D81"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11.77</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.04</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.09</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.22</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>8.45</x:v>
+        <x:v>6.91</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.58</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.4</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>8.58</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-8.09</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-7.97</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-4.4</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-9.78</x:v>
+        <x:v>-8.09</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-9.65</x:v>
+        <x:v>-7.97</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-8.54</x:v>
+        <x:v>-9.78</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>-9.65</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-8.54</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-8.4</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-10.93</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>8.01</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-5.33</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-10.93</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-5.33</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-12.45</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-12.32</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>10.79</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>-12.45</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-12.32</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-14.53</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-14.4</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-8.15</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-8.01</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-12.1</x:v>
+        <x:v>-14.53</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-11.96</x:v>
+        <x:v>-14.4</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>-8.15</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>-8.01</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>-12.1</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>-11.96</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>13.19</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>13.32</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>-4.81</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-4.68</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>-2.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>13.19</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>13.32</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>7.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
         <x:v>-2.55</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C44" s="4" t="n">
         <x:v>-2.51</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D44" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A46" s="2" t="s"/>
+      <x:c r="B46" s="3" t="s"/>
+      <x:c r="C46" s="3" t="s"/>
+      <x:c r="D46" s="3" t="s"/>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>15.06</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-10.62</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-10.25</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-20.75</x:v>
+        <x:v>23.56</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-20.4</x:v>
+        <x:v>24.03</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>9.83</x:v>
+        <x:v>15.06</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>10.26</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-9.06</x:v>
+        <x:v>-10.62</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-8.68</x:v>
+        <x:v>-10.25</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-6.53</x:v>
+        <x:v>-20.75</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>-20.4</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>10.26</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-15.6</x:v>
+        <x:v>-9.06</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-15.23</x:v>
+        <x:v>-8.68</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-6.53</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-15.6</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>-15.23</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-3.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>0.39</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>0.79</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>6.18</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D59" s="3" t="s"/>
+      <x:c r="A59" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>6.26</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>7.31</x:v>
+      </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>36.35</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>38.31</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>21.07</x:v>
-[...3 lines deleted...]
-      <x:c r="A61" s="2" t="n">
+        <x:v>-0.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="s"/>
+      <x:c r="B62" s="3" t="s"/>
+      <x:c r="C62" s="3" t="s"/>
+      <x:c r="D62" s="3" t="s"/>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>9.73</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>9.86</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>2.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>37.62</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>39.79</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>22.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B61" s="4" t="n">
+      <x:c r="B65" s="4" t="n">
         <x:v>-26.01</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="n">
+      <x:c r="C65" s="4" t="n">
         <x:v>-24.78</x:v>
       </x:c>
-      <x:c r="D61" s="4" t="n">
+      <x:c r="D65" s="4" t="n">
         <x:v>17.49</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="n">
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B62" s="4" t="n">
+      <x:c r="B66" s="4" t="n">
         <x:v>-7.29</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="n">
+      <x:c r="C66" s="4" t="n">
         <x:v>-5.78</x:v>
       </x:c>
-      <x:c r="D62" s="4" t="n">
+      <x:c r="D66" s="4" t="n">
         <x:v>22.2</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:4">
-      <x:c r="A63" s="2" t="n">
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B63" s="4" t="n">
+      <x:c r="B67" s="4" t="n">
         <x:v>-2.55</x:v>
       </x:c>
-      <x:c r="C63" s="4" t="n">
+      <x:c r="C67" s="4" t="n">
         <x:v>-2.51</x:v>
       </x:c>
-      <x:c r="D63" s="4" t="n">
+      <x:c r="D67" s="4" t="n">
         <x:v>-0.73</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:4">
-      <x:c r="A70" s="2" t="s">
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:4">
-      <x:c r="A71" s="2" t="s">
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:4">
-      <x:c r="A74" s="1" t="s">
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="2" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="1" t="s">
         <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:4">
+      <x:c r="A79" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:4">
+      <x:c r="A80" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:4">
+      <x:c r="A81" s="1" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D98"/>
+  <x:dimension ref="A1:D102"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11.75</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.09</x:v>
+        <x:v>11.75</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>11.76</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>8.42</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.43</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-3.99</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.98</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-8.64</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-8.63</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-3.99</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-3.98</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-8.64</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>-8.63</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-11.1</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-11.09</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>7.94</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-5.35</x:v>
+        <x:v>-11.1</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-5.34</x:v>
+        <x:v>-11.09</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>7.94</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-5.35</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-5.34</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-12.49</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-12.49</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>10.59</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>-12.49</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>-12.49</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-14.55</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-14.54</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-8.12</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-12.18</x:v>
+        <x:v>-14.55</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-12.18</x:v>
+        <x:v>-14.54</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-8.12</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>-12.18</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>-12.18</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-3.42</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.68</x:v>
+        <x:v>-3.42</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.99</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>13.08</x:v>
+        <x:v>-1.68</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>13.09</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-8.33</x:v>
+        <x:v>-4.99</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-8.32</x:v>
+        <x:v>-4.98</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>12.66</x:v>
+        <x:v>13.08</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>12.67</x:v>
+        <x:v>13.09</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>5.86</x:v>
+        <x:v>-8.33</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>-8.32</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-13.37</x:v>
+        <x:v>12.66</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-13.37</x:v>
+        <x:v>12.67</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-9.57</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>6.49</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>15.01</x:v>
+        <x:v>-13.37</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>15.02</x:v>
+        <x:v>-13.37</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>-9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-15.3</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-15.29</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>15.01</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>15.02</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>6.98</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-13.17</x:v>
+        <x:v>-15.3</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-13.16</x:v>
+        <x:v>-15.29</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>-13.17</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>-13.16</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-7.44</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-7.44</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-4.91</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-6.96</x:v>
+        <x:v>-7.44</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>-7.44</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>11.61</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
+        <x:v>-6.96</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>-6.95</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>-2.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>11.6</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>11.61</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>-1.24</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="3" t="s"/>
+      <x:c r="C61" s="3" t="s"/>
+      <x:c r="D61" s="3" t="s"/>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>14.75</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>14.78</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-10.67</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-10.64</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-20.86</x:v>
+        <x:v>23.03</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-20.84</x:v>
+        <x:v>23.04</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>9.61</x:v>
+        <x:v>14.75</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>9.62</x:v>
+        <x:v>14.78</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>-10.67</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>-10.64</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-20.86</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-6.58</x:v>
+        <x:v>-20.84</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>9.62</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-15.64</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-15.62</x:v>
+        <x:v>-9.15</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>-6.58</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>9.34</x:v>
+        <x:v>-15.64</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>9.36</x:v>
+        <x:v>-15.62</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-6.82</x:v>
+        <x:v>6.18</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-21.35</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-21.33</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-15.66</x:v>
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>9.34</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>9.36</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>9.76</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>-6.82</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-21.35</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-21.33</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>-15.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
+        <x:v>4.11</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
+        <x:v>4.14</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="n">
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
-      <x:c r="A79" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D79" s="3" t="s"/>
+      <x:c r="A79" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B79" s="4" t="n">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="n">
+        <x:v>1.72</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="n">
+        <x:v>6.68</x:v>
+      </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>35</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>35.12</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>21.07</x:v>
-[...13 lines deleted...]
-        <x:v>17.49</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
-      <x:c r="A82" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A82" s="2" t="s"/>
+      <x:c r="B82" s="3" t="s"/>
+      <x:c r="C82" s="3" t="s"/>
+      <x:c r="D82" s="3" t="s"/>
     </x:row>
     <x:row r="83" spans="1:4">
-      <x:c r="A83" s="2" t="n">
-        <x:v>2022</x:v>
+      <x:c r="A83" s="2" t="s">
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-10.53</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-10.44</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-18.36</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>36.05</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>36.18</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>22.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
+        <x:v>-26.41</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>-26.35</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>17.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
+        <x:v>-7.99</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
+        <x:v>-7.91</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="n">
+        <x:v>22.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B87" s="4" t="n">
+        <x:v>-10.53</x:v>
+      </x:c>
+      <x:c r="C87" s="4" t="n">
+        <x:v>-10.44</x:v>
+      </x:c>
+      <x:c r="D87" s="4" t="n">
+        <x:v>-18.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:4">
+      <x:c r="A88" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B84" s="4" t="n">
+      <x:c r="B88" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
-      <x:c r="C84" s="4" t="n">
+      <x:c r="C88" s="4" t="n">
         <x:v>2.13</x:v>
       </x:c>
-      <x:c r="D84" s="4" t="n">
+      <x:c r="D88" s="4" t="n">
         <x:v>5.35</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:4">
-      <x:c r="A91" s="2" t="s">
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="93" spans="1:4">
-      <x:c r="A93" s="2" t="s">
-        <x:v>165</x:v>
+      <x:c r="A93" s="1" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:4">
+      <x:c r="A95" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="96" spans="1:4">
-      <x:c r="A96" s="1" t="s">
-        <x:v>92</x:v>
+      <x:c r="A96" s="2" t="s">
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:4">
+      <x:c r="A99" s="1" t="s">
         <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:4">
+      <x:c r="A100" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:4">
+      <x:c r="A101" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="1" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>27</vt:i4>
       </vt:variant>
       <vt:variant>