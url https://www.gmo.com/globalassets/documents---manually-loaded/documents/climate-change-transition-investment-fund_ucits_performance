--- v5 (2026-02-07)
+++ v6 (2026-02-27)
@@ -16,51 +16,51 @@
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f4e154eb9d4e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cdc5d5caef964515af707ae9cbc927f2.psmdcp" Id="R68300233d23a47b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R324be617dfd9475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef4153dd4a184ca78c405bd2819a9477.psmdcp" Id="Rf1bb754b52c3414c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="GBP Class C_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="GBP Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="SGD Class A_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class A_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class E_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="SGD Class R_Historical" sheetId="8" r:id="rId8"/>
     <x:sheet name="USD Class R_Historical" sheetId="9" r:id="rId9"/>
     <x:sheet name="SGD Class Z_Historical" sheetId="10" r:id="rId10"/>
     <x:sheet name="GBP Class C_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="SGD Class A_Month-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class A_Month-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class E_Month-End" sheetId="16" r:id="rId16"/>
     <x:sheet name="SGD Class R_Month-End" sheetId="17" r:id="rId17"/>