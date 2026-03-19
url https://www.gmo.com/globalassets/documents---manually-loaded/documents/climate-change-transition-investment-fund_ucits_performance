--- v6 (2026-02-27)
+++ v7 (2026-03-19)
@@ -16,114 +16,117 @@
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R324be617dfd9475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef4153dd4a184ca78c405bd2819a9477.psmdcp" Id="Rf1bb754b52c3414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d6e5e2317348a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2739857dbfb0491a83f0672265fd3b79.psmdcp" Id="R1363599f767a4ebc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="GBP Class C_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="GBP Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="SGD Class A_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class A_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class E_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="SGD Class R_Historical" sheetId="8" r:id="rId8"/>
     <x:sheet name="USD Class R_Historical" sheetId="9" r:id="rId9"/>
     <x:sheet name="SGD Class Z_Historical" sheetId="10" r:id="rId10"/>
     <x:sheet name="GBP Class C_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="SGD Class A_Month-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="USD Class A_Month-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class E_Month-End" sheetId="16" r:id="rId16"/>
     <x:sheet name="SGD Class R_Month-End" sheetId="17" r:id="rId17"/>
     <x:sheet name="USD Class R_Month-End" sheetId="18" r:id="rId18"/>
     <x:sheet name="SGD Class Z_Month-End" sheetId="19" r:id="rId19"/>
     <x:sheet name="GBP Class C_Quarter-End" sheetId="20" r:id="rId20"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="21" r:id="rId21"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="22" r:id="rId22"/>
     <x:sheet name="SGD Class A_Quarter-End" sheetId="23" r:id="rId23"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="24" r:id="rId24"/>
     <x:sheet name="USD Class E_Quarter-End" sheetId="25" r:id="rId25"/>
     <x:sheet name="SGD Class R_Quarter-End" sheetId="26" r:id="rId26"/>
     <x:sheet name="USD Class R_Quarter-End" sheetId="27" r:id="rId27"/>
     <x:sheet name="SGD Class Z_Quarter-End" sheetId="28" r:id="rId28"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="223">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="224">
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | GBP Class C</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (GBP,%)</x:t>
+    <x:t>As of 02/28/2026 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/27/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -359,51 +362,51 @@
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (EUR,%)</x:t>
+    <x:t>As of 02/28/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/16/2018</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2021</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
@@ -524,198 +527,198 @@
   <x:si>
     <x:t>Q1-2019</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2018</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2018</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2018</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2018</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/14/2018</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | SGD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (SGD,%)</x:t>
+    <x:t>As of 02/28/2026 (SGD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/19/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/17/2018</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | USD Class E</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/09/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | SGD Class R</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/21/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | USD Class R</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Transition Investment Fund | SGD Class Z</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/21/2021</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI (in USD)</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder. The</x:t>
   </x:si>
   <x:si>
     <x:t>GMO share class represented utilizes NAV based hedging. Therefore, the index return is shown in USD for comparison purposes.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (GBP,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in GBP as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund C GBP</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2021</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund Class A EUR</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2018</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund Class A GBP</x:t>
   </x:si>
   <x:si>
     <x:t>03/14/2018</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (SGD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in SGD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (SGD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in SGD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund Class A SGD</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in SGD as of 01/31/2026</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in SGD as of 02/28/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund Class A USD</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2018</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund Class E USD</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund R SGD</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund R USD</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Transition Investment Fund Z SGD</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (GBP,%)</x:t>
   </x:si>
@@ -1113,18513 +1116,18630 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D108"/>
+  <x:dimension ref="A1:D109"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>8.22</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.93</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>9.93</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>4.76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.36</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.43</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>9.36</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>9.43</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>7.35</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.97</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>4.74</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.74</x:v>
+        <x:v>-3.97</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.67</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-9.38</x:v>
+        <x:v>-6.74</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-9.32</x:v>
+        <x:v>-6.67</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-9.38</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-9.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-8.23</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>-8.23</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-4.99</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-4.99</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>-1.45</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-10.31</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>-10.31</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>-10.24</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-11.87</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-11.8</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>4.99</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>9.67</x:v>
+        <x:v>-11.87</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>9.74</x:v>
+        <x:v>-11.8</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>9.67</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-14.16</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-14.08</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>-14.16</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>-14.08</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-10.9</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-10.83</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>-10.9</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>-10.83</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.67</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>-4.67</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-8.67</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-8.6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>8.74</x:v>
+        <x:v>-8.67</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>8.81</x:v>
+        <x:v>-8.6</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>8.74</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-9.75</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-9.68</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>-9.75</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>-9.68</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>15.07</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-12.3</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-12.23</x:v>
+        <x:v>15.07</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>6.77</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>-12.3</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>6.79</x:v>
+        <x:v>-12.23</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-9.25</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-9.18</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-3.52</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>-9.25</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>-9.18</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>-3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.59</x:v>
+        <x:v>4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-6.96</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-6.88</x:v>
+        <x:v>6.69</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-4</x:v>
+        <x:v>-2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-6.96</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>-6.88</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-4</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-4.27</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>-3.72</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>1.59</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>9.77</x:v>
+        <x:v>-4.27</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
+        <x:v>-1.03</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>-0.95</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>-0.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="2" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B65" s="4" t="n">
         <x:v>-2.55</x:v>
       </x:c>
-      <x:c r="C64" s="4" t="n">
+      <x:c r="C65" s="4" t="n">
         <x:v>-2.54</x:v>
       </x:c>
-      <x:c r="D64" s="4" t="n">
+      <x:c r="D65" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="67" spans="1:4">
-      <x:c r="A67" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A67" s="2" t="s"/>
+      <x:c r="B67" s="3" t="s"/>
+      <x:c r="C67" s="3" t="s"/>
+      <x:c r="D67" s="3" t="s"/>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>8.34</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>13.58</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>26.37</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>26.61</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>8.43</x:v>
+        <x:v>26.37</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>26.61</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>9.55</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-13.15</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-12.96</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-15.14</x:v>
+        <x:v>-13.15</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-14.95</x:v>
+        <x:v>-12.96</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>-15.14</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>-14.95</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-9.05</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-8.86</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>-9.05</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>-8.86</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>9.13</x:v>
+        <x:v>2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>9.13</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-11.93</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-11.73</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>6.31</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>-11.93</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-11.73</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>4.39</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>9.41</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-15.06</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-14.88</x:v>
+        <x:v>9.41</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>-15.06</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>-14.88</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
+        <x:v>0.12</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="n">
+        <x:v>1.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B87" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C86" s="4" t="n">
+      <x:c r="C87" s="4" t="n">
         <x:v>0.85</x:v>
       </x:c>
-      <x:c r="D86" s="4" t="n">
+      <x:c r="D87" s="4" t="n">
         <x:v>3.12</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A89" s="2" t="s"/>
+      <x:c r="B89" s="3" t="s"/>
+      <x:c r="C89" s="3" t="s"/>
+      <x:c r="D89" s="3" t="s"/>
     </x:row>
     <x:row r="90" spans="1:4">
-      <x:c r="A90" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A90" s="2" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>28.93</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>30</x:v>
+        <x:v>13.58</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>13.91</x:v>
+        <x:v>4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-24.04</x:v>
+        <x:v>28.93</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-23.39</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>19.59</x:v>
+        <x:v>13.91</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-11.91</x:v>
+        <x:v>-24.04</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-11.16</x:v>
+        <x:v>-23.39</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>15.31</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-11.91</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>-11.16</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-8.08</x:v>
+        <x:v>15.31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B94" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="C94" s="4" t="n">
+        <x:v>1.25</x:v>
+      </x:c>
+      <x:c r="D94" s="4" t="n">
+        <x:v>-8.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:4">
+      <x:c r="A95" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B94" s="4" t="n">
+      <x:c r="B95" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
-      <x:c r="C94" s="4" t="n">
+      <x:c r="C95" s="4" t="n">
         <x:v>2.29</x:v>
       </x:c>
-      <x:c r="D94" s="4" t="n">
+      <x:c r="D95" s="4" t="n">
         <x:v>11.02</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
-      <x:c r="A101" s="2" t="s">
+      <x:c r="A101" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="1" t="s">
+      <x:c r="A104" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
-      <x:c r="A107" s="2" t="s">
+      <x:c r="A107" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
-      <x:c r="A108" s="1" t="s">
+      <x:c r="A108" s="2" t="s">
         <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:4">
+      <x:c r="A109" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.530625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>35.68</x:v>
+        <x:v>57.05</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>-3.28</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>10.35</x:v>
+        <x:v>16.31</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>16.58</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.63</x:v>
+        <x:v>11.21</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.22</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.22</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.22</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>25.32</x:v>
+        <x:v>40.74</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-20.43</x:v>
+        <x:v>-19.86</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-11.64</x:v>
+        <x:v>-11.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.22</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.22</x:v>
+        <x:v>13.58</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.22</x:v>
+        <x:v>13.58</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>36.8</x:v>
+        <x:v>58.34</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>10.35</x:v>
+        <x:v>16.31</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>16.58</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.63</x:v>
+        <x:v>11.21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>26.45</x:v>
+        <x:v>42.03</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-19.63</x:v>
+        <x:v>-19.04</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-10.8</x:v>
+        <x:v>-10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.440625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.84</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.84</x:v>
+        <x:v>12.81</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.84</x:v>
+        <x:v>12.81</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>31.04</x:v>
+        <x:v>47.7</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>6.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>12.42</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.66</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>24.54</x:v>
+        <x:v>38.31</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-20.55</x:v>
+        <x:v>-19.67</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-11.33</x:v>
+        <x:v>-11.44</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>12.95</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>12.95</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>32.13</x:v>
+        <x:v>48.92</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>7.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>12.42</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>9.22</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>9.22</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>25.63</x:v>
+        <x:v>39.53</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-19.74</x:v>
+        <x:v>-18.85</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>-10.47</x:v>
+        <x:v>-10.58</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.500625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>35.74</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>-3.28</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>6.21</x:v>
+        <x:v>6.79</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>10.35</x:v>
+        <x:v>16.31</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>16.58</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>11.96</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>11.61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>25.38</x:v>
+        <x:v>40.69</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-20.43</x:v>
+        <x:v>-19.86</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-11.32</x:v>
+        <x:v>-11.45</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>36.86</x:v>
+        <x:v>58.29</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>10.35</x:v>
+        <x:v>16.31</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>16.58</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>11.96</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>11.61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>9.26</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>9.26</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>26.51</x:v>
+        <x:v>41.98</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-19.63</x:v>
+        <x:v>-19.04</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>-10.46</x:v>
+        <x:v>-10.59</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.520625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>40.11</x:v>
+        <x:v>57.46</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.11</x:v>
+        <x:v>16.46</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>9.05</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>9.05</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-18.52</x:v>
+        <x:v>-17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.71</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.71</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.71</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>41.27</x:v>
+        <x:v>58.74</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>1.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.11</x:v>
+        <x:v>16.46</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>17.84</x:v>
+        <x:v>17.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>27.16</x:v>
+        <x:v>42.28</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-17.69</x:v>
+        <x:v>-16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.78</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.78</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.78</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>49.74</x:v>
+        <x:v>68.26</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>7.42</x:v>
+        <x:v>7.81</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>24.19</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.72</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>11.72</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.83</x:v>
+        <x:v>11.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.82</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.82</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.82</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>27.86</x:v>
+        <x:v>44.07</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-21.32</x:v>
+        <x:v>-20.26</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-11.33</x:v>
+        <x:v>-11.24</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-4.4</x:v>
+        <x:v>-4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>50.97</x:v>
+        <x:v>69.63</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.34</x:v>
+        <x:v>8.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>24.19</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.72</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>11.72</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.83</x:v>
+        <x:v>11.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>6.89</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.89</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.89</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>29.09</x:v>
+        <x:v>45.44</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-20.49</x:v>
+        <x:v>-19.41</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>-10.48</x:v>
+        <x:v>-10.38</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-3.49</x:v>
+        <x:v>-3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.300625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>49.64</x:v>
+        <x:v>68.13</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>24.19</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.84</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.84</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.84</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>27.77</x:v>
+        <x:v>43.94</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-19.15</x:v>
+        <x:v>-17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>9.88</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.88</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.88</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>50.97</x:v>
+        <x:v>69.6</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>24.19</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>29.1</x:v>
+        <x:v>45.42</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-18.24</x:v>
+        <x:v>-17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>39.07</x:v>
+        <x:v>56.28</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.11</x:v>
+        <x:v>16.46</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>17.67</x:v>
+        <x:v>18.24</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>18.29</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.95</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.95</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.95</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>24.96</x:v>
+        <x:v>39.82</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-21.83</x:v>
+        <x:v>-20.8</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-20.09</x:v>
+        <x:v>-19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>41.34</x:v>
+        <x:v>58.8</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.11</x:v>
+        <x:v>16.46</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>17.67</x:v>
+        <x:v>18.24</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>18.29</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>27.22</x:v>
+        <x:v>42.34</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-20.23</x:v>
+        <x:v>-19.18</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-18.46</x:v>
+        <x:v>-17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.660625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="B9" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>13.32</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>13.32</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>48.46</x:v>
+        <x:v>66.8</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-2.91</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>24.19</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.72</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.76</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.76</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.76</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>26.58</x:v>
+        <x:v>42.61</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-21.96</x:v>
+        <x:v>-20.96</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-20.38</x:v>
+        <x:v>-19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B17" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="B17" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>50.78</x:v>
+        <x:v>69.38</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>24.19</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.72</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>28.9</x:v>
+        <x:v>45.2</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-20.39</x:v>
+        <x:v>-19.35</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-18.75</x:v>
+        <x:v>-17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.450625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>13.01</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>13.01</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>46.7</x:v>
+        <x:v>64.68</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>24.19</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.72</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>10.78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>24.83</x:v>
+        <x:v>40.49</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-22.77</x:v>
+        <x:v>-21.77</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-12.5</x:v>
+        <x:v>-11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>13.03</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>13.03</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>46.84</x:v>
+        <x:v>64.83</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>24.19</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.72</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>10.78</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>8.74</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>8.74</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>24.96</x:v>
+        <x:v>40.64</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-22.68</x:v>
+        <x:v>-21.68</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-12.41</x:v>
+        <x:v>-11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.530625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>28.93</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>28.93</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-4.8</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>16.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>4.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>15.02</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>15.02</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-21.05</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-13.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.57</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-4</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>16.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>5.18</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>16.09</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>16.09</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-20.24</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-12.46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D161"/>
+  <x:dimension ref="A1:D162"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.84</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>8.91</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.05</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>10.43</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-5.38</x:v>
+        <x:v>8.23</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-5.31</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>5.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-8.15</x:v>
+        <x:v>-5.38</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-8.07</x:v>
+        <x:v>-5.31</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-7.52</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-8.05</x:v>
+        <x:v>-8.15</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.98</x:v>
+        <x:v>-8.07</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>-8.05</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-7.98</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-7.83</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>2.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-7.83</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-6.32</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>6.63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>-6.32</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-9.83</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-9.76</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>-9.83</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>-9.76</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-4.23</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>-4.23</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-10.49</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-10.42</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>-10.49</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>-10.42</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-14.55</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-14.48</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-5.75</x:v>
+        <x:v>-14.55</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-5.68</x:v>
+        <x:v>-14.48</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-10.79</x:v>
+        <x:v>-5.75</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-10.72</x:v>
+        <x:v>-5.68</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>-10.79</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>-10.72</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.05</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-4.05</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>11.39</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-10.94</x:v>
+        <x:v>11.39</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-10.87</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>-10.94</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>-10.87</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-10.99</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>4.86</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-10.99</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>17.94</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>18.02</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-13.2</x:v>
+        <x:v>17.94</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-13.13</x:v>
+        <x:v>18.02</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>-13.2</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>-13.13</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>-6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-8.91</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-8.84</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>-8.91</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>-8.84</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>3.13</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-5.09</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>11.81</x:v>
+        <x:v>-5.09</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>2.97</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>6.03</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>10.17</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>14.78</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>14.85</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>14.78</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>14.85</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>10.42</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>10.42</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>13.32</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>13.39</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>10.91</x:v>
+        <x:v>2.75</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-22.24</x:v>
+        <x:v>13.32</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-22.16</x:v>
+        <x:v>13.39</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-13.41</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>-22.24</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-4.84</x:v>
+        <x:v>-22.16</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-7.26</x:v>
+        <x:v>-13.41</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-4.9</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>-4.84</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-7.26</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-3.92</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-3.85</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>-3.92</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-3.85</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>6.19</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>6.19</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>6.26</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>9.61</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>3.46</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-7.45</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-7.37</x:v>
+        <x:v>9.68</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-7.93</x:v>
+        <x:v>7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>-7.45</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-7.37</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-7.93</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-3.79</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-4.15</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-4.15</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="C101" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="D101" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="2" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B102" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
-      <x:c r="C101" s="4" t="n">
+      <x:c r="C102" s="4" t="n">
         <x:v>-2.06</x:v>
       </x:c>
-      <x:c r="D101" s="4" t="n">
+      <x:c r="D102" s="4" t="n">
         <x:v>-3.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="103" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A104" s="2" t="s"/>
+      <x:c r="B104" s="3" t="s"/>
+      <x:c r="C104" s="3" t="s"/>
+      <x:c r="D104" s="3" t="s"/>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>12.81</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>12.95</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>24.21</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>24.44</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.34</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>24.21</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>24.44</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>-14.17</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>-13.98</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>-14.65</x:v>
+        <x:v>-14.17</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>-14.46</x:v>
+        <x:v>-13.98</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>-14.65</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>-14.46</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>-8.19</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>-4.15</x:v>
+        <x:v>-8.19</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>-4.15</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>-12.66</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>-12.46</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-12.66</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>-16.9</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>-16.71</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>-16.9</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>-16.71</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>13.52</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>13.75</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>8.86</x:v>
+        <x:v>6.43</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>28.25</x:v>
+        <x:v>13.52</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>28.5</x:v>
+        <x:v>13.75</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>9.91</x:v>
+        <x:v>8.86</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>12.84</x:v>
+        <x:v>28.25</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>13.07</x:v>
+        <x:v>28.5</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>9.91</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>23.15</x:v>
+        <x:v>12.84</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>23.4</x:v>
+        <x:v>13.07</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>16.47</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>-26.82</x:v>
+        <x:v>23.15</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>-26.64</x:v>
+        <x:v>23.4</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>-19.56</x:v>
+        <x:v>16.47</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>10.33</x:v>
+        <x:v>-26.82</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>10.56</x:v>
+        <x:v>-26.64</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>-19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>11.06</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>11.29</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>-10.23</x:v>
+        <x:v>11.06</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>-11.35</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>-10.23</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>-11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
+        <x:v>1.99</x:v>
+      </x:c>
+      <x:c r="C136" s="4" t="n">
+        <x:v>2.21</x:v>
+      </x:c>
+      <x:c r="D136" s="4" t="n">
+        <x:v>5.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:4">
+      <x:c r="A137" s="2" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B137" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
-      <x:c r="C136" s="4" t="n">
+      <x:c r="C137" s="4" t="n">
         <x:v>-2.06</x:v>
       </x:c>
-      <x:c r="D136" s="4" t="n">
+      <x:c r="D137" s="4" t="n">
         <x:v>-3.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="138" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="139" spans="1:4">
-      <x:c r="A139" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A139" s="2" t="s"/>
+      <x:c r="B139" s="3" t="s"/>
+      <x:c r="C139" s="3" t="s"/>
+      <x:c r="D139" s="3" t="s"/>
     </x:row>
     <x:row r="140" spans="1:4">
-      <x:c r="A140" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A140" s="2" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
-        <x:v>22.35</x:v>
+        <x:v>12.81</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>23.37</x:v>
+        <x:v>12.95</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:4">
       <x:c r="A141" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B141" s="4" t="n">
-        <x:v>-20.5</x:v>
+        <x:v>22.35</x:v>
       </x:c>
       <x:c r="C141" s="4" t="n">
-        <x:v>-19.82</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>25.33</x:v>
+        <x:v>7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:4">
       <x:c r="A142" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B142" s="4" t="n">
-        <x:v>-9.94</x:v>
+        <x:v>-20.5</x:v>
       </x:c>
       <x:c r="C142" s="4" t="n">
-        <x:v>-9.18</x:v>
+        <x:v>-19.82</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>25.33</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:4">
       <x:c r="A143" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B143" s="4" t="n">
-        <x:v>-4.64</x:v>
+        <x:v>-9.94</x:v>
       </x:c>
       <x:c r="C143" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-9.18</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>18.06</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:4">
       <x:c r="A144" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B144" s="4" t="n">
-        <x:v>20.2</x:v>
+        <x:v>-4.64</x:v>
       </x:c>
       <x:c r="C144" s="4" t="n">
-        <x:v>21.22</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>27.54</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>30.42</x:v>
+        <x:v>20.2</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>31.54</x:v>
+        <x:v>21.22</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>6.65</x:v>
+        <x:v>27.54</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>28.94</x:v>
+        <x:v>30.42</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>30.04</x:v>
+        <x:v>31.54</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>28.93</x:v>
+        <x:v>6.65</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="2" t="n">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="B147" s="4" t="n">
+        <x:v>28.94</x:v>
+      </x:c>
+      <x:c r="C147" s="4" t="n">
+        <x:v>30.04</x:v>
+      </x:c>
+      <x:c r="D147" s="4" t="n">
+        <x:v>28.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:4">
+      <x:c r="A148" s="2" t="n">
         <x:v>2018</x:v>
       </x:c>
-      <x:c r="B147" s="4" t="n">
+      <x:c r="B148" s="4" t="n">
         <x:v>-10.5</x:v>
       </x:c>
-      <x:c r="C147" s="4" t="n">
+      <x:c r="C148" s="4" t="n">
         <x:v>-9.85</x:v>
       </x:c>
-      <x:c r="D147" s="4" t="n">
+      <x:c r="D148" s="4" t="n">
         <x:v>-4.69</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
-      <x:c r="A154" s="2" t="s">
+      <x:c r="A154" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
-      <x:c r="A157" s="1" t="s">
+      <x:c r="A157" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
-      <x:c r="A160" s="2" t="s">
+      <x:c r="A160" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
-      <x:c r="A161" s="1" t="s">
+      <x:c r="A161" s="2" t="s">
         <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:4">
+      <x:c r="A162" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.440625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.47</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>22.35</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>22.35</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-4.32</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>5.44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>16.86</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>12.11</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.39</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>5.13</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.48</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>14.48</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-21.18</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>-12.03</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-5.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>23.37</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>23.37</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-3.51</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>0.93</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>6.34</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>16.86</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>12.11</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.39</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>5.36</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>15.51</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>15.51</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-20.37</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>-11.18</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.500625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>28.91</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>28.91</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-4.81</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>-0.41</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>5.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>16.24</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>11.55</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>4.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-21.05</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>-11.96</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.57</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>29.99</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>29.99</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-4</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>0.44</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>6.12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>16.24</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>11.55</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>5.18</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>16.08</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>16.08</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-20.24</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>-11.11</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-5.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.520625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>30.66</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>30.66</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.04</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>15.32</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>15.32</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>5.17</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>15.33</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>15.33</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-21.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>31.74</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>31.74</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.04</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>15.32</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>15.32</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>5.39</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>16.42</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>16.42</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.56</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>38.83</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>38.83</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>-0.69</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>6.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>20.65</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>11.19</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>5.27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>16.49</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>16.49</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-21.95</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>-11.89</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-5.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>39.98</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>39.98</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-0.46</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>7.07</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>20.65</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>11.19</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>5.49</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.64</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.64</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-21.11</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>-11.04</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="50.300625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>38.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>38.77</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-1.98</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>5.29</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>16.43</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>16.43</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-22.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>40.01</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>40.01</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>5.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.67</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.67</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>29.64</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>29.64</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-3.41</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-4.48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.04</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>15.32</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>15.32</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>18.97</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>4.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>14.31</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>14.31</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-22.38</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.44</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>31.76</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>31.76</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-2.88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.04</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>15.32</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>15.32</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>18.97</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>5.41</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>16.43</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>16.43</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-20.77</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.660625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>37.62</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>37.62</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-2.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>20.65</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>5.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>15.28</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>15.28</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-22.55</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-22.87</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B17" s="2" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.72</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>39.79</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>39.79</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-0.31</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>20.65</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>5.43</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>17.45</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>17.45</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-20.96</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.450625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>7.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>36.05</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>36.05</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>20.65</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>4.59</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>13.72</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>13.72</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-23.35</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-14.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.91</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>36.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>36.18</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-2.61</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-3.87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>20.65</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>4.62</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>13.85</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>13.85</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-23.26</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-13.99</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D161"/>
+  <x:dimension ref="A1:D162"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>9.87</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>4.76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.38</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>11.23</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>11.29</x:v>
+        <x:v>9.38</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>7.38</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.87</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>4.74</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.79</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.72</x:v>
+        <x:v>-3.87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-9.32</x:v>
+        <x:v>-6.79</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-9.26</x:v>
+        <x:v>-6.72</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-9.32</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>-9.26</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-8.23</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-8.23</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-5.08</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-5.01</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>-5.08</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-5.01</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-10.23</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>-10.23</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-11.85</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-11.78</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>4.99</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>9.68</x:v>
+        <x:v>-11.85</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>9.75</x:v>
+        <x:v>-11.78</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>9.68</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-14.16</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-14.09</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-4.58</x:v>
+        <x:v>-14.16</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-4.51</x:v>
+        <x:v>-14.09</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-10.88</x:v>
+        <x:v>-4.58</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-10.81</x:v>
+        <x:v>-4.51</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-10.88</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-10.81</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.31</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.67</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>-2.31</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>-4.67</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.08</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>-4.08</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>10.93</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-8.66</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-8.59</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>-8.66</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>-8.59</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-9.76</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-9.69</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>-9.76</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>-9.69</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>15.01</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>15.09</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-12.3</x:v>
+        <x:v>15.01</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-12.23</x:v>
+        <x:v>15.09</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>6.77</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>-12.3</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>6.78</x:v>
+        <x:v>-12.23</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-9.24</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-3.52</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-9.24</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>-3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.59</x:v>
+        <x:v>4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-6.96</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-6.89</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-4</x:v>
+        <x:v>-2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-3.81</x:v>
+        <x:v>-6.96</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>-6.89</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-4</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>-3.81</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>1.59</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>9.77</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>9.84</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>4.01</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>9.92</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>14.23</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>14.23</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>8.79</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>9.42</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>9.42</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>9.42</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>9.42</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>11.06</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>8.83</x:v>
+        <x:v>6.46</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-19.76</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-19.69</x:v>
+        <x:v>11.06</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-10.89</x:v>
+        <x:v>8.83</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-19.76</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-2.47</x:v>
+        <x:v>-19.69</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-5.13</x:v>
+        <x:v>-10.89</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>-2.47</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-5.13</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>6.78</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>6.85</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>6.85</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-2.82</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-2.16</x:v>
+        <x:v>2.48</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-2.82</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-4.62</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-4.62</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>7.56</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>4.25</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-3.47</x:v>
+        <x:v>7.56</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>5.52</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>-3.47</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-6.39</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-6.32</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-6.88</x:v>
+        <x:v>4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-6.39</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>-6.32</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-6.88</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-4.34</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-4.34</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-1.65</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>-1.65</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-3.67</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
+        <x:v>3.56</x:v>
+      </x:c>
+      <x:c r="C101" s="4" t="n">
+        <x:v>3.63</x:v>
+      </x:c>
+      <x:c r="D101" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="2" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B102" s="4" t="n">
         <x:v>-3.1</x:v>
       </x:c>
-      <x:c r="C101" s="4" t="n">
+      <x:c r="C102" s="4" t="n">
         <x:v>-3.06</x:v>
       </x:c>
-      <x:c r="D101" s="4" t="n">
+      <x:c r="D102" s="4" t="n">
         <x:v>-3.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="103" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A104" s="2" t="s"/>
+      <x:c r="B104" s="3" t="s"/>
+      <x:c r="C104" s="3" t="s"/>
+      <x:c r="D104" s="3" t="s"/>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>8.34</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>26.32</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>26.56</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>8.49</x:v>
+        <x:v>26.32</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>8.71</x:v>
+        <x:v>26.56</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>9.55</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>-13.18</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>-12.98</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>-15.15</x:v>
+        <x:v>-13.18</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>-14.96</x:v>
+        <x:v>-12.98</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>-15.15</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>-14.96</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>-9.01</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>-8.82</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>-9.01</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-8.82</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>9.13</x:v>
+        <x:v>2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>9.13</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>-11.9</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>-11.71</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>6.31</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>-11.9</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-11.71</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>4.39</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>9.15</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>9.39</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>-15.06</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>-14.87</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>-8.56</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>-15.06</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>-14.87</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>-8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>7.26</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>26.09</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>26.34</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>8.46</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>13.06</x:v>
+        <x:v>26.09</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>26.34</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>8.46</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>25.75</x:v>
+        <x:v>13.06</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>26.01</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>19.64</x:v>
+        <x:v>3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>-23.25</x:v>
+        <x:v>25.75</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>-23.07</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>-15.99</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-23.25</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>-23.07</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-15.99</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>6.73</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>6.95</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>6.08</x:v>
+        <x:v>3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>6.08</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>-9.38</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>-10.67</x:v>
+        <x:v>9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>-9.38</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>5.57</x:v>
+        <x:v>-10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>5.57</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="C136" s="4" t="n">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="D136" s="4" t="n">
+        <x:v>6.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:4">
+      <x:c r="A137" s="2" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B137" s="4" t="n">
         <x:v>-3.1</x:v>
       </x:c>
-      <x:c r="C136" s="4" t="n">
+      <x:c r="C137" s="4" t="n">
         <x:v>-3.06</x:v>
       </x:c>
-      <x:c r="D136" s="4" t="n">
+      <x:c r="D137" s="4" t="n">
         <x:v>-3.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="138" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="139" spans="1:4">
-      <x:c r="A139" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A139" s="2" t="s"/>
+      <x:c r="B139" s="3" t="s"/>
+      <x:c r="C139" s="3" t="s"/>
+      <x:c r="D139" s="3" t="s"/>
     </x:row>
     <x:row r="140" spans="1:4">
-      <x:c r="A140" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A140" s="2" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
-        <x:v>28.91</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>29.99</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>13.91</x:v>
+        <x:v>4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:4">
       <x:c r="A141" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B141" s="4" t="n">
-        <x:v>-24.04</x:v>
+        <x:v>28.91</x:v>
       </x:c>
       <x:c r="C141" s="4" t="n">
-        <x:v>-23.39</x:v>
+        <x:v>29.99</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>19.59</x:v>
+        <x:v>13.91</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:4">
       <x:c r="A142" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B142" s="4" t="n">
-        <x:v>-11.92</x:v>
+        <x:v>-24.04</x:v>
       </x:c>
       <x:c r="C142" s="4" t="n">
-        <x:v>-11.17</x:v>
+        <x:v>-23.39</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>15.31</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:4">
       <x:c r="A143" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B143" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-11.92</x:v>
       </x:c>
       <x:c r="C143" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-11.17</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>-8.08</x:v>
+        <x:v>15.31</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:4">
       <x:c r="A144" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B144" s="4" t="n">
-        <x:v>13.18</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C144" s="4" t="n">
-        <x:v>14.14</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>19.63</x:v>
+        <x:v>-8.08</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>37.58</x:v>
+        <x:v>13.18</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>38.75</x:v>
+        <x:v>14.14</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>12.67</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>21.48</x:v>
+        <x:v>37.58</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>22.52</x:v>
+        <x:v>38.75</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>21.71</x:v>
+        <x:v>12.67</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="2" t="n">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="B147" s="4" t="n">
+        <x:v>21.48</x:v>
+      </x:c>
+      <x:c r="C147" s="4" t="n">
+        <x:v>22.52</x:v>
+      </x:c>
+      <x:c r="D147" s="4" t="n">
+        <x:v>21.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:4">
+      <x:c r="A148" s="2" t="n">
         <x:v>2018</x:v>
       </x:c>
-      <x:c r="B147" s="4" t="n">
+      <x:c r="B148" s="4" t="n">
         <x:v>-9.2</x:v>
       </x:c>
-      <x:c r="C147" s="4" t="n">
+      <x:c r="C148" s="4" t="n">
         <x:v>-8.54</x:v>
       </x:c>
-      <x:c r="D147" s="4" t="n">
+      <x:c r="D148" s="4" t="n">
         <x:v>-2.9</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
-      <x:c r="A154" s="2" t="s">
+      <x:c r="A154" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
-      <x:c r="A157" s="1" t="s">
+      <x:c r="A157" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
-      <x:c r="A160" s="2" t="s">
+      <x:c r="A160" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
-      <x:c r="A161" s="1" t="s">
+      <x:c r="A161" s="2" t="s">
         <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:4">
+      <x:c r="A162" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D73"/>
+  <x:dimension ref="A1:D74"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>8.71</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.26</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.34</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>8.26</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>9.25</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>1.34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.62</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>4.44</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-4.84</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.76</x:v>
+        <x:v>-3.62</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-8.57</x:v>
+        <x:v>-4.84</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-8.5</x:v>
+        <x:v>-4.76</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-8.57</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>-8.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-7.92</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-7.85</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>-7.92</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-7.85</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-5.92</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-5.85</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>5.13</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>-5.92</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-5.85</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-10.69</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-10.62</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>-10.69</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>-10.62</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-4.25</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-4.25</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.86</x:v>
+        <x:v>-4.18</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>3.47</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-10.94</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-10.87</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>9.21</x:v>
+        <x:v>-10.94</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>9.28</x:v>
+        <x:v>-10.87</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>9.21</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-14.35</x:v>
+        <x:v>6.91</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-14.28</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-7.06</x:v>
+        <x:v>-14.35</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-6.99</x:v>
+        <x:v>-14.28</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-10.62</x:v>
+        <x:v>-7.06</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-10.55</x:v>
+        <x:v>-6.99</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-10.62</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>-10.55</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.78</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.85</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
+        <x:v>6.78</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>6.85</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>5.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
         <x:v>-1.95</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="n">
+      <x:c r="C40" s="4" t="n">
         <x:v>-1.92</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
+      <x:c r="D40" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="42" spans="1:4">
-      <x:c r="A42" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A42" s="2" t="s"/>
+      <x:c r="B42" s="3" t="s"/>
+      <x:c r="C42" s="3" t="s"/>
+      <x:c r="D42" s="3" t="s"/>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>8.43</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>25.56</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>8.94</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>9.11</x:v>
+        <x:v>25.56</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>9.33</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>8.94</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-11.86</x:v>
+        <x:v>9.11</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-11.66</x:v>
+        <x:v>9.33</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>5.68</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-15.57</x:v>
+        <x:v>-11.86</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-15.38</x:v>
+        <x:v>-11.66</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>-15.57</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>-15.38</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-8.5</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-8.31</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>-8.5</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-3.93</x:v>
+        <x:v>-8.31</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>10.64</x:v>
+        <x:v>3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-3.93</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>10.64</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-14.47</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-14.28</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>-14.47</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-14.28</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>-2.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>4.79</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>4.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A57" s="2" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>30.66</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>31.74</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>15.32</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-22.78</x:v>
+        <x:v>30.66</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-22.12</x:v>
+        <x:v>31.74</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>21.51</x:v>
+        <x:v>15.32</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>-22.78</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>-22.12</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>21.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B60" s="4" t="n">
         <x:v>-10.45</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>-9.99</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>9.49</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
+      <x:c r="A66" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
-      <x:c r="A69" s="1" t="s">
+      <x:c r="A69" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
-      <x:c r="A72" s="2" t="s">
+      <x:c r="A72" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
-      <x:c r="A73" s="1" t="s">
+      <x:c r="A73" s="2" t="s">
         <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D154"/>
+  <x:dimension ref="A1:D155"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.78</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.34</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>11.84</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.91</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.01</x:v>
+        <x:v>11.84</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>11.91</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.78</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.22</x:v>
+        <x:v>-0.78</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-8.03</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.97</x:v>
+        <x:v>-4.22</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-8.03</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-7.97</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-9.72</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-9.65</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.88</x:v>
+        <x:v>-9.72</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.81</x:v>
+        <x:v>-9.65</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-8.48</x:v>
+        <x:v>-3.88</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-8.41</x:v>
+        <x:v>-3.81</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-8.48</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-8.41</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-11.01</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-10.95</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>-11.01</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>-10.95</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-5.3</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-5.23</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.44</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>-5.23</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>5.44</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-12.37</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-12.3</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>-12.37</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>-12.3</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>9.41</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>9.48</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-14.5</x:v>
+        <x:v>9.41</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-14.43</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-8.09</x:v>
+        <x:v>-14.5</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-8.02</x:v>
+        <x:v>-14.43</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-12.05</x:v>
+        <x:v>-8.09</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-11.98</x:v>
+        <x:v>-8.02</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>-12.05</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>-11.98</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.3</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>-3.3</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-4.87</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>13.09</x:v>
+        <x:v>-4.87</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>13.16</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>13.09</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>13.16</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>12.86</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>12.86</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-13.26</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-13.19</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-9.57</x:v>
+        <x:v>6.49</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>-13.26</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-13.19</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>-9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>15.03</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-15.26</x:v>
+        <x:v>15.03</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-15.19</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>6.98</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.95</x:v>
+        <x:v>-15.26</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>7.02</x:v>
+        <x:v>-15.19</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-13.11</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-13.04</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>-13.11</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>-13.04</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>6.43</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-7.55</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>6.43</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-4.91</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>-7.55</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-6.98</x:v>
+        <x:v>-2.09</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-6.91</x:v>
+        <x:v>-2.02</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>-6.98</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>11.57</x:v>
+        <x:v>-6.91</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-4.13</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>-4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>0.51</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>1.51</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>12.76</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>12.83</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>12.76</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>17.67</x:v>
+        <x:v>12.83</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>17.67</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>12.33</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>11.59</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>11.66</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>6.41</x:v>
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>6.48</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>5.29</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>12.58</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>12.65</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>10.71</x:v>
+        <x:v>4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-22.27</x:v>
+        <x:v>12.58</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-22.19</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>-22.27</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-5.3</x:v>
+        <x:v>-22.19</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-8.08</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-2.16</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-8.08</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>-2.09</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>4.45</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.74</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-4.47</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>-4.55</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-4.47</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>8.04</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-6.42</x:v>
+        <x:v>8.04</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-6.35</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-6.42</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>-6.35</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-2.16</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>9.48</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-6.37</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-6.29</x:v>
+        <x:v>9.55</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-6.37</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-6.29</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-6.22</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-7.49</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>-6.22</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-7.49</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
+        <x:v>-0.69</x:v>
+      </x:c>
+      <x:c r="C96" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="D96" s="4" t="n">
+        <x:v>0.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:4">
+      <x:c r="A97" s="2" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B97" s="4" t="n">
         <x:v>1.95</x:v>
       </x:c>
-      <x:c r="C96" s="4" t="n">
+      <x:c r="C97" s="4" t="n">
         <x:v>1.98</x:v>
       </x:c>
-      <x:c r="D96" s="4" t="n">
+      <x:c r="D97" s="4" t="n">
         <x:v>1.97</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="99" spans="1:4">
-      <x:c r="A99" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A99" s="2" t="s"/>
+      <x:c r="B99" s="3" t="s"/>
+      <x:c r="C99" s="3" t="s"/>
+      <x:c r="D99" s="3" t="s"/>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>8.79</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>23.79</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>24.02</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>15.31</x:v>
+        <x:v>23.79</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>15.55</x:v>
+        <x:v>24.02</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>-10.41</x:v>
+        <x:v>15.31</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>-10.21</x:v>
+        <x:v>15.55</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>-20.58</x:v>
+        <x:v>-10.41</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>-20.4</x:v>
+        <x:v>-10.21</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>10.04</x:v>
+        <x:v>-20.58</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>10.25</x:v>
+        <x:v>-20.4</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-8.89</x:v>
+        <x:v>10.04</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>10.25</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-8.89</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>-8.7</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>-15.39</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>-15.2</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-15.39</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-15.2</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>5.97</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>6.18</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>9.71</x:v>
+        <x:v>5.97</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>-6.82</x:v>
+        <x:v>9.76</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>-21.26</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>-21.08</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>-15.66</x:v>
+        <x:v>-6.82</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>-21.26</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>-21.08</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>-15.66</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>6.68</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>8.95</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>9.18</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>7.39</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>33.65</x:v>
+        <x:v>8.95</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>33.92</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>14.68</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>17.76</x:v>
+        <x:v>33.65</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>33.92</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>8.13</x:v>
+        <x:v>14.68</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>25.4</x:v>
+        <x:v>17.76</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>25.65</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>19.22</x:v>
+        <x:v>8.13</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>-28.04</x:v>
+        <x:v>25.4</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>-27.86</x:v>
+        <x:v>25.65</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>-21.37</x:v>
+        <x:v>19.22</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>13.53</x:v>
+        <x:v>-28.04</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>13.77</x:v>
+        <x:v>-27.86</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>8.95</x:v>
+        <x:v>-21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>-1.51</x:v>
+        <x:v>13.77</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>8.95</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>8.92</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>12.18</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>-11.41</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>-11.2</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>-12.75</x:v>
+        <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
+        <x:v>-11.41</x:v>
+      </x:c>
+      <x:c r="C129" s="4" t="n">
+        <x:v>-11.2</x:v>
+      </x:c>
+      <x:c r="D129" s="4" t="n">
+        <x:v>-12.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:4">
+      <x:c r="A130" s="2" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="B130" s="4" t="n">
         <x:v>1.25</x:v>
       </x:c>
-      <x:c r="C129" s="4" t="n">
+      <x:c r="C130" s="4" t="n">
         <x:v>1.37</x:v>
       </x:c>
-      <x:c r="D129" s="4" t="n">
+      <x:c r="D130" s="4" t="n">
         <x:v>2.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="131" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="132" spans="1:4">
-      <x:c r="A132" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A132" s="2" t="s"/>
+      <x:c r="B132" s="3" t="s"/>
+      <x:c r="C132" s="3" t="s"/>
+      <x:c r="D132" s="3" t="s"/>
     </x:row>
     <x:row r="133" spans="1:4">
-      <x:c r="A133" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A133" s="2" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>38.83</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>39.98</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>-25.4</x:v>
+        <x:v>38.83</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>-24.76</x:v>
+        <x:v>39.98</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>17.49</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>-7.15</x:v>
+        <x:v>-25.4</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>-24.76</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>-10.32</x:v>
+        <x:v>-7.15</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>-9.55</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>-18.36</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>-10.32</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>12.95</x:v>
+        <x:v>-9.55</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>18.54</x:v>
+        <x:v>-18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
-        <x:v>42.03</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>43.24</x:v>
+        <x:v>12.95</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>16.25</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4">
       <x:c r="A139" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
-        <x:v>26.25</x:v>
+        <x:v>42.03</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>27.33</x:v>
+        <x:v>43.24</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>16.25</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4">
       <x:c r="A140" s="2" t="n">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="B140" s="4" t="n">
+        <x:v>26.25</x:v>
+      </x:c>
+      <x:c r="C140" s="4" t="n">
+        <x:v>27.33</x:v>
+      </x:c>
+      <x:c r="D140" s="4" t="n">
+        <x:v>26.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:4">
+      <x:c r="A141" s="2" t="n">
         <x:v>2018</x:v>
       </x:c>
-      <x:c r="B140" s="4" t="n">
+      <x:c r="B141" s="4" t="n">
         <x:v>-10.3</x:v>
       </x:c>
-      <x:c r="C140" s="4" t="n">
+      <x:c r="C141" s="4" t="n">
         <x:v>-9.99</x:v>
       </x:c>
-      <x:c r="D140" s="4" t="n">
+      <x:c r="D141" s="4" t="n">
         <x:v>-10.65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:4">
       <x:c r="A143" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:4">
       <x:c r="A144" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
-      <x:c r="A147" s="2" t="s">
+      <x:c r="A147" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
-      <x:c r="A150" s="1" t="s">
+      <x:c r="A150" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
-      <x:c r="A153" s="2" t="s">
+      <x:c r="A153" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
-      <x:c r="A154" s="1" t="s">
+      <x:c r="A154" s="2" t="s">
         <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:4">
+      <x:c r="A155" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D73"/>
+  <x:dimension ref="A1:D74"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.88</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>9.88</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.33</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>7.33</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>11.85</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.92</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.01</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.08</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.13</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>7.08</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>8.65</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-8.05</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.98</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-8.05</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-7.98</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-9.69</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.87</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-9.69</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-8.48</x:v>
+        <x:v>-3.87</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-8.48</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>-8.4</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.83</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-11.03</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>-11.03</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-5.24</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-5.17</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-5.24</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>-5.17</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-12.38</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-12.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>10.68</x:v>
+        <x:v>-12.38</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>10.76</x:v>
+        <x:v>-12.3</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>10.76</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-14.5</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-14.43</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-8.09</x:v>
+        <x:v>-14.5</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-8.02</x:v>
+        <x:v>-14.43</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-12.04</x:v>
+        <x:v>-8.09</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-11.97</x:v>
+        <x:v>-8.02</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>-12.04</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>-11.97</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.78</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.85</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
+        <x:v>6.78</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>6.85</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>5.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
         <x:v>-1.95</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="n">
+      <x:c r="C40" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
+      <x:c r="D40" s="4" t="n">
         <x:v>-0.55</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="42" spans="1:4">
-      <x:c r="A42" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A42" s="2" t="s"/>
+      <x:c r="B42" s="3" t="s"/>
+      <x:c r="C42" s="3" t="s"/>
+      <x:c r="D42" s="3" t="s"/>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>8.83</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>23.73</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>23.98</x:v>
+        <x:v>8.83</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>15.27</x:v>
+        <x:v>23.73</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>15.52</x:v>
+        <x:v>23.98</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-10.39</x:v>
+        <x:v>15.27</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-10.17</x:v>
+        <x:v>15.52</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-20.62</x:v>
+        <x:v>-10.39</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-20.42</x:v>
+        <x:v>-10.17</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>10.03</x:v>
+        <x:v>-20.62</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>10.27</x:v>
+        <x:v>-20.42</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-8.91</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-6.32</x:v>
+        <x:v>-8.91</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-6.11</x:v>
+        <x:v>-8.7</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>-6.32</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>-6.11</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-15.38</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-15.18</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>-15.38</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-15.18</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>-3.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>4.83</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>5.23</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A57" s="2" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>38.77</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>40.01</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-25.46</x:v>
+        <x:v>38.77</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-24.78</x:v>
+        <x:v>40.01</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>17.49</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>-25.46</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>-24.78</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>17.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B60" s="4" t="n">
         <x:v>-8.3</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>-7.77</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>12.86</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
+      <x:c r="A66" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
-      <x:c r="A69" s="1" t="s">
+      <x:c r="A69" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
-      <x:c r="A72" s="2" t="s">
+      <x:c r="A72" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
-      <x:c r="A73" s="1" t="s">
+      <x:c r="A73" s="2" t="s">
         <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D81"/>
+  <x:dimension ref="A1:D82"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.19</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.33</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>8.33</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>10.46</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>1.34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.44</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>7.03</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>4.44</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>-3.72</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-8.61</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-8.48</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-8.61</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-8.48</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-8.01</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-7.87</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-8.01</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-7.87</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-6.02</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-5.88</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>5.13</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-6.02</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-5.88</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-10.72</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-10.58</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>-10.72</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>-10.58</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>6.91</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-4.21</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>-4.21</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>3.47</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-11</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-10.86</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>4.94</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>9.14</x:v>
+        <x:v>-11</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>9.28</x:v>
+        <x:v>-10.86</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>3.59</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-14.38</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-14.25</x:v>
+        <x:v>6.91</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-7.08</x:v>
+        <x:v>-14.38</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>-14.25</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-10.67</x:v>
+        <x:v>-7.08</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-10.53</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>-10.67</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-10.53</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.81</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.13</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>5.69</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-2.13</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-3.34</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-3.34</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-2.16</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>1.81</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>11.13</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
+        <x:v>11.13</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>11.26</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>5.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C45" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D45" s="4" t="n">
         <x:v>-1.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A47" s="2" t="s"/>
+      <x:c r="B47" s="3" t="s"/>
+      <x:c r="C47" s="3" t="s"/>
+      <x:c r="D47" s="3" t="s"/>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>25.25</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>25.73</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>8.94</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>8.88</x:v>
+        <x:v>25.25</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>9.32</x:v>
+        <x:v>25.73</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>8.94</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-11.99</x:v>
+        <x:v>8.88</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-11.61</x:v>
+        <x:v>9.32</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>5.68</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-15.8</x:v>
+        <x:v>-11.99</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-15.42</x:v>
+        <x:v>-11.61</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>-15.8</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>-15.42</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-8.31</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-8.7</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-3.93</x:v>
+        <x:v>-8.31</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>10.64</x:v>
+        <x:v>3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-3.93</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>10.64</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-14.61</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-14.24</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-14.61</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>-14.24</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>8.08</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>6.37</x:v>
+        <x:v>8.08</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>5.38</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>6.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>-1.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A63" s="2" t="s"/>
+      <x:c r="B63" s="3" t="s"/>
+      <x:c r="C63" s="3" t="s"/>
+      <x:c r="D63" s="3" t="s"/>
     </x:row>
     <x:row r="64" spans="1:4">
-      <x:c r="A64" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A64" s="2" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>29.64</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>31.76</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>15.32</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-23.48</x:v>
+        <x:v>29.64</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-22.16</x:v>
+        <x:v>31.76</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>21.51</x:v>
+        <x:v>15.32</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-9.16</x:v>
+        <x:v>-23.48</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-7.67</x:v>
+        <x:v>-22.16</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>20.19</x:v>
+        <x:v>21.51</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>-9.16</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>-7.67</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>20.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B67" s="4" t="n">
+      <x:c r="B68" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="C67" s="4" t="n">
+      <x:c r="C68" s="4" t="n">
         <x:v>-3.36</x:v>
       </x:c>
-      <x:c r="D67" s="4" t="n">
+      <x:c r="D68" s="4" t="n">
         <x:v>-1.42</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="2" t="s">
+      <x:c r="A74" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
-      <x:c r="A77" s="1" t="s">
+      <x:c r="A77" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
-      <x:c r="A80" s="2" t="s">
+      <x:c r="A80" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
-      <x:c r="A81" s="1" t="s">
+      <x:c r="A81" s="2" t="s">
         <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:4">
+      <x:c r="A82" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D81"/>
+  <x:dimension ref="A1:D82"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>11.77</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>6.91</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.04</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.09</x:v>
+        <x:v>6.91</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.22</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>8.45</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>8.58</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>8.58</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-4.4</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-8.09</x:v>
+        <x:v>-4.4</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.97</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-8.09</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-7.97</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-9.78</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-9.65</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-9.78</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-9.65</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-8.54</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-8.54</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-8.4</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-10.93</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>8.01</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>-10.93</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-5.33</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-5.33</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-12.45</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-12.32</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>-12.45</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>10.79</x:v>
+        <x:v>-12.32</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>9.44</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-14.53</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-14.4</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-8.15</x:v>
+        <x:v>-14.53</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-8.01</x:v>
+        <x:v>-14.4</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-12.1</x:v>
+        <x:v>-8.15</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-11.96</x:v>
+        <x:v>-8.01</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>-12.1</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>-11.96</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-4.81</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>13.19</x:v>
+        <x:v>-4.81</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>13.32</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
+        <x:v>13.19</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>13.32</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>7.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
         <x:v>-2.55</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C45" s="4" t="n">
         <x:v>-2.51</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D45" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A47" s="2" t="s"/>
+      <x:c r="B47" s="3" t="s"/>
+      <x:c r="C47" s="3" t="s"/>
+      <x:c r="D47" s="3" t="s"/>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>13.32</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>23.56</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>24.03</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>15.06</x:v>
+        <x:v>23.56</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>24.03</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-10.62</x:v>
+        <x:v>15.06</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-10.25</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-20.75</x:v>
+        <x:v>-10.62</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-20.4</x:v>
+        <x:v>-10.25</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>9.83</x:v>
+        <x:v>-20.75</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>10.26</x:v>
+        <x:v>-20.4</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-9.06</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-8.68</x:v>
+        <x:v>10.26</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-6.53</x:v>
+        <x:v>-9.06</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-6.15</x:v>
+        <x:v>-8.68</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-6.53</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-6.15</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-15.6</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-15.23</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-15.6</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>-15.23</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>6.26</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>6.18</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>6.26</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>7.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
         <x:v>-2.55</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>-2.51</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>-0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A63" s="2" t="s"/>
+      <x:c r="B63" s="3" t="s"/>
+      <x:c r="C63" s="3" t="s"/>
+      <x:c r="D63" s="3" t="s"/>
     </x:row>
     <x:row r="64" spans="1:4">
-      <x:c r="A64" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A64" s="2" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>37.62</x:v>
+        <x:v>13.32</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>39.79</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-26.01</x:v>
+        <x:v>37.62</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-24.78</x:v>
+        <x:v>39.79</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>17.49</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-7.29</x:v>
+        <x:v>-26.01</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-5.78</x:v>
+        <x:v>-24.78</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>-7.29</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>-5.78</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>22.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B67" s="4" t="n">
+      <x:c r="B68" s="4" t="n">
         <x:v>-2.55</x:v>
       </x:c>
-      <x:c r="C67" s="4" t="n">
+      <x:c r="C68" s="4" t="n">
         <x:v>-2.51</x:v>
       </x:c>
-      <x:c r="D67" s="4" t="n">
+      <x:c r="D68" s="4" t="n">
         <x:v>-0.73</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="2" t="s">
+      <x:c r="A74" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
-      <x:c r="A77" s="1" t="s">
+      <x:c r="A77" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
-      <x:c r="A80" s="2" t="s">
+      <x:c r="A80" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
-      <x:c r="A81" s="1" t="s">
+      <x:c r="A81" s="2" t="s">
         <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:4">
+      <x:c r="A82" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D102"/>
+  <x:dimension ref="A1:D103"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.57</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>9.57</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>11.75</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.76</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>11.75</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>11.76</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.09</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>8.42</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>8.43</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-9.77</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.99</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.98</x:v>
+        <x:v>-9.77</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-8.64</x:v>
+        <x:v>-3.99</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-8.63</x:v>
+        <x:v>-3.98</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-8.64</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-8.63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.61</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-11.1</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-11.09</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>7.94</x:v>
+        <x:v>-11.1</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>-11.09</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-5.35</x:v>
+        <x:v>7.94</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-5.34</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.37</x:v>
+        <x:v>-5.35</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>-5.34</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-12.49</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-12.49</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>10.59</x:v>
+        <x:v>-12.49</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>-12.49</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-14.55</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-14.54</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-8.12</x:v>
+        <x:v>-14.55</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-14.54</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-12.18</x:v>
+        <x:v>-8.12</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-12.18</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-12.18</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>-12.18</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.74</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>4.56</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.42</x:v>
+        <x:v>6.74</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-3.42</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-1.68</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-4.99</x:v>
+        <x:v>-1.68</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>13.08</x:v>
+        <x:v>-4.99</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>13.09</x:v>
+        <x:v>-4.98</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-8.33</x:v>
+        <x:v>13.08</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-8.32</x:v>
+        <x:v>13.09</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>12.66</x:v>
+        <x:v>-8.33</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>12.67</x:v>
+        <x:v>-8.32</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>5.86</x:v>
+        <x:v>12.66</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>12.67</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-13.37</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-13.37</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-9.57</x:v>
+        <x:v>6.49</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-13.37</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>-13.37</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-3.68</x:v>
+        <x:v>-9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>15.01</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>15.02</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>-3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-15.3</x:v>
+        <x:v>15.01</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-15.29</x:v>
+        <x:v>15.02</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-8.43</x:v>
+        <x:v>6.98</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>-15.3</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>6.94</x:v>
+        <x:v>-15.29</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-8.43</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-13.17</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-13.16</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>5.77</x:v>
+        <x:v>-13.17</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>-13.16</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>6.36</x:v>
+        <x:v>5.78</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-7.44</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-7.44</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-4.91</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>-7.44</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>-7.44</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-6.96</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>-6.96</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>11.61</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
+        <x:v>11.6</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>11.61</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>-1.24</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A62" s="2" t="s"/>
+      <x:c r="B62" s="3" t="s"/>
+      <x:c r="C62" s="3" t="s"/>
+      <x:c r="D62" s="3" t="s"/>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>13.01</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>7.91</x:v>
+        <x:v>13.03</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>23.03</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>23.04</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>14.75</x:v>
+        <x:v>23.03</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>14.78</x:v>
+        <x:v>23.04</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-10.67</x:v>
+        <x:v>14.75</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-10.64</x:v>
+        <x:v>14.78</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-20.86</x:v>
+        <x:v>-10.67</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-20.84</x:v>
+        <x:v>-10.64</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>9.61</x:v>
+        <x:v>-20.86</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>9.62</x:v>
+        <x:v>-20.84</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-9.15</x:v>
+        <x:v>9.62</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-6.58</x:v>
+        <x:v>-9.15</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-6.58</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-15.64</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-15.62</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-15.64</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>-15.62</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>7.31</x:v>
+        <x:v>6.18</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>9.34</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>9.36</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>9.76</x:v>
+        <x:v>7.31</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>9.34</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>9.36</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-6.82</x:v>
+        <x:v>9.76</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-21.35</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-21.33</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-15.66</x:v>
+        <x:v>-6.82</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>-21.35</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>-21.33</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-5.36</x:v>
+        <x:v>-15.66</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>-5.36</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="n">
+        <x:v>1.72</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="n">
+        <x:v>6.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:4">
+      <x:c r="A81" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B81" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
-      <x:c r="C80" s="4" t="n">
+      <x:c r="C81" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
-      <x:c r="D80" s="4" t="n">
+      <x:c r="D81" s="4" t="n">
         <x:v>-1.24</x:v>
       </x:c>
     </x:row>
-    <x:row r="82" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="83" spans="1:4">
-      <x:c r="A83" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A83" s="2" t="s"/>
+      <x:c r="B83" s="3" t="s"/>
+      <x:c r="C83" s="3" t="s"/>
+      <x:c r="D83" s="3" t="s"/>
     </x:row>
     <x:row r="84" spans="1:4">
-      <x:c r="A84" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A84" s="2" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>36.05</x:v>
+        <x:v>13.01</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>36.18</x:v>
+        <x:v>13.03</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-26.41</x:v>
+        <x:v>36.05</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-26.35</x:v>
+        <x:v>36.18</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>17.49</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-7.99</x:v>
+        <x:v>-26.41</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>-26.35</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-10.53</x:v>
+        <x:v>-7.99</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-10.44</x:v>
+        <x:v>-7.91</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-18.36</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B88" s="4" t="n">
+        <x:v>-10.53</x:v>
+      </x:c>
+      <x:c r="C88" s="4" t="n">
+        <x:v>-10.44</x:v>
+      </x:c>
+      <x:c r="D88" s="4" t="n">
+        <x:v>-18.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:4">
+      <x:c r="A89" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B88" s="4" t="n">
+      <x:c r="B89" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
-      <x:c r="C88" s="4" t="n">
+      <x:c r="C89" s="4" t="n">
         <x:v>2.13</x:v>
       </x:c>
-      <x:c r="D88" s="4" t="n">
+      <x:c r="D89" s="4" t="n">
         <x:v>5.35</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
-      <x:c r="A95" s="2" t="s">
+      <x:c r="A95" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="1" t="s">
-        <x:v>93</x:v>
+      <x:c r="A98" s="2" t="s">
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
-      <x:c r="A101" s="2" t="s">
+      <x:c r="A101" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
-      <x:c r="A102" s="1" t="s">
+      <x:c r="A102" s="2" t="s">
         <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:4">
+      <x:c r="A103" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>27</vt:i4>
       </vt:variant>
       <vt:variant>