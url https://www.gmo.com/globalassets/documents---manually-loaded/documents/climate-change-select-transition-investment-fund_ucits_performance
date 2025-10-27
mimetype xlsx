--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c8c1d2cb0934e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3b10fc552e8456a85bf9eb5e9d3ab66.psmdcp" Id="R09b99bb562354a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e93ba17b24747ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/646bb9108deb4f728e6bfa9564252c99.psmdcp" Id="R866874f008dc44ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="120">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (EUR,%)</x:t>
+    <x:t>As of 09/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/23/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
@@ -170,51 +173,51 @@
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q3-2025</x:t>
+    <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
@@ -260,174 +263,156 @@
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (GBP,%)</x:t>
+    <x:t>As of 09/30/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/21/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (USD,%)</x:t>
+    <x:t>As of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 01/19/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 08/31/2025 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 08/31/2025</x:t>
+    <x:t>Month-End as of 09/30/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Select Transition Investment Fund Class A EUR</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2022</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 08/31/2025 (GBP,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in GBP as of 08/31/2025</x:t>
+    <x:t>Month-End as of 09/30/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Select Transition Investment Fund Class A GBP</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 08/31/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 09/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Select Transition Investment Fund Class A USD</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 08/31/2025</x:t>
-[...26 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 06/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -768,4884 +753,4923 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D85"/>
+  <x:dimension ref="A1:D86"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>8.83</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.56</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>10.63</x:v>
+        <x:v>8.83</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>10.63</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.39</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.46</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>8.39</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>8.46</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>5.89</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-7.52</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-7.73</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-7.73</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-7.82</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-7.75</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>2.95</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-7.82</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-7.75</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.31</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>6.63</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-6.31</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-9.93</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-9.86</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-9.93</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>-9.86</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-4.44</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>-4.44</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-10.98</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>-10.98</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>9.72</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>9.64</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.24</x:v>
+        <x:v>9.72</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-14.79</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-14.72</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>-14.79</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>-14.72</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-10.77</x:v>
+        <x:v>-5.77</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-10.69</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>-10.77</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-10.69</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-4.42</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-4.03</x:v>
+        <x:v>-4.42</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-4.1</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-4.03</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>11.41</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-10.71</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>8.54</x:v>
+        <x:v>-10.71</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>8.54</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-11.03</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>4.86</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-11.03</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>17.08</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-13.38</x:v>
+        <x:v>17.08</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-13.31</x:v>
+        <x:v>17.15</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-13.38</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>-13.31</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>-6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-8.87</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
+        <x:v>-8.87</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>-8.8</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>-2.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C48" s="4" t="n">
+      <x:c r="C49" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D48" s="4" t="n">
+      <x:c r="D49" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="51" spans="1:4">
-      <x:c r="A51" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A51" s="2" t="s"/>
+      <x:c r="B51" s="3" t="s"/>
+      <x:c r="C51" s="3" t="s"/>
+      <x:c r="D51" s="3" t="s"/>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>23.47</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>23.72</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-14.04</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-13.85</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-14.51</x:v>
+        <x:v>-14.04</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-14.31</x:v>
+        <x:v>-13.85</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>-14.51</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-14.31</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-8.69</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-8.49</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>-8.69</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>-8.49</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-4.55</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-12.41</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-12.21</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-12.41</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-12.21</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-17.74</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-17.55</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
+        <x:v>-17.74</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
+        <x:v>-17.55</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="n">
+        <x:v>-10.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B66" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C65" s="4" t="n">
+      <x:c r="C66" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D65" s="4" t="n">
+      <x:c r="D66" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="68" spans="1:4">
-      <x:c r="A68" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A68" s="2" t="s"/>
+      <x:c r="B68" s="3" t="s"/>
+      <x:c r="C68" s="3" t="s"/>
+      <x:c r="D68" s="3" t="s"/>
     </x:row>
     <x:row r="69" spans="1:4">
-      <x:c r="A69" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A69" s="2" t="s">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-21.33</x:v>
+        <x:v>12.21</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-20.65</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>25.33</x:v>
+        <x:v>4.38</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-9.49</x:v>
+        <x:v>-21.33</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>-20.65</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>25.33</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
+        <x:v>-9.49</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>-8.7</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>18.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B71" s="4" t="n">
+      <x:c r="B72" s="4" t="n">
         <x:v>-11.45</x:v>
       </x:c>
-      <x:c r="C71" s="4" t="n">
+      <x:c r="C72" s="4" t="n">
         <x:v>-10.85</x:v>
       </x:c>
-      <x:c r="D71" s="4" t="n">
+      <x:c r="D72" s="4" t="n">
         <x:v>-9.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="2" t="s">
+      <x:c r="A78" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
-      <x:c r="A81" s="1" t="s">
+      <x:c r="A81" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
-      <x:c r="A84" s="2" t="s">
+      <x:c r="A84" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
-      <x:c r="A85" s="1" t="s">
+      <x:c r="A85" s="2" t="s">
         <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="1" t="s">
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D83"/>
+  <x:dimension ref="A1:D84"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.99</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.06</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.35</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>11.35</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>4.74</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-6.87</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-9.16</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-9.1</x:v>
+        <x:v>-6.87</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>-9.16</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-9.1</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.99</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-4.99</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-10.37</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-10.37</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-12.31</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>4.99</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>10.05</x:v>
+        <x:v>-12.31</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-14.39</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-14.32</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-4.61</x:v>
+        <x:v>-14.39</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-14.32</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-10.85</x:v>
+        <x:v>-4.61</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-10.85</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>11.02</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-8.5</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-8.42</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>-8.5</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>-8.42</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-9.75</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-9.68</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-9.75</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>-9.68</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>14.12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>14.19</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-12.46</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-12.39</x:v>
+        <x:v>14.19</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>6.77</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>-12.39</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>5.87</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>-0.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C48" s="4" t="n">
         <x:v>-2.48</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D48" s="4" t="n">
         <x:v>-1.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="50" spans="1:4">
-      <x:c r="A50" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A50" s="2" t="s"/>
+      <x:c r="B50" s="3" t="s"/>
+      <x:c r="C50" s="3" t="s"/>
+      <x:c r="D50" s="3" t="s"/>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>8.64</x:v>
+        <x:v>25.77</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>9.55</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-13.05</x:v>
+        <x:v>8.41</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-12.85</x:v>
+        <x:v>8.64</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-15.05</x:v>
+        <x:v>-13.05</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-14.86</x:v>
+        <x:v>-12.85</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-15.05</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>-14.86</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-9.51</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-9.31</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-5.73</x:v>
+        <x:v>-9.51</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>-9.31</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>9.13</x:v>
+        <x:v>2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.73</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>9.13</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-11.67</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-11.47</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>6.31</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-11.67</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-11.47</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>4.39</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
+        <x:v>8.14</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>8.37</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>1.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
         <x:v>-9.7</x:v>
       </x:c>
-      <x:c r="C63" s="4" t="n">
+      <x:c r="C64" s="4" t="n">
         <x:v>-9.55</x:v>
       </x:c>
-      <x:c r="D63" s="4" t="n">
+      <x:c r="D64" s="4" t="n">
         <x:v>-6.56</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A66" s="2" t="s"/>
+      <x:c r="B66" s="3" t="s"/>
+      <x:c r="C66" s="3" t="s"/>
+      <x:c r="D66" s="3" t="s"/>
     </x:row>
     <x:row r="67" spans="1:4">
-      <x:c r="A67" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A67" s="2" t="s">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-24.79</x:v>
+        <x:v>18.33</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-24.13</x:v>
+        <x:v>19.07</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>19.59</x:v>
+        <x:v>10.18</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-11.5</x:v>
+        <x:v>-24.79</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-10.72</x:v>
+        <x:v>-24.13</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>15.31</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B69" s="4" t="n">
+        <x:v>-11.5</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>-10.72</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>15.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B69" s="4" t="n">
+      <x:c r="B70" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
-      <x:c r="C69" s="4" t="n">
+      <x:c r="C70" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
-      <x:c r="D69" s="4" t="n">
+      <x:c r="D70" s="4" t="n">
         <x:v>-3.51</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
-      <x:c r="A76" s="2" t="s">
+      <x:c r="A76" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
-      <x:c r="A79" s="1" t="s">
+      <x:c r="A79" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
-      <x:c r="A82" s="2" t="s">
+      <x:c r="A82" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
-      <x:c r="A83" s="1" t="s">
+      <x:c r="A83" s="2" t="s">
         <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="1" t="s">
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D70"/>
+  <x:dimension ref="A1:D71"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-4.46</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>-4.46</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-9.66</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>-9.66</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-8.44</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-8.44</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-10.99</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>-10.99</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-5.58</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-12.86</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-12.8</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>11.19</x:v>
+        <x:v>-12.86</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>-12.8</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-14.74</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-14.67</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-14.74</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>-14.67</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-12.02</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-11.94</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-12.02</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>-11.94</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>-2.81</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
+        <x:v>-5.05</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>-4.98</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>-2.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="n">
+      <x:c r="C39" s="4" t="n">
         <x:v>6.03</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
+      <x:c r="D39" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A41" s="2" t="s"/>
+      <x:c r="B41" s="3" t="s"/>
+      <x:c r="C41" s="3" t="s"/>
+      <x:c r="D41" s="3" t="s"/>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>15.43</x:v>
+        <x:v>23.26</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-10.11</x:v>
+        <x:v>15.43</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-20.46</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-20.27</x:v>
+        <x:v>-10.11</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>9.74</x:v>
+        <x:v>-20.46</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>-20.27</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-9.38</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-6.69</x:v>
+        <x:v>-9.38</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-6.49</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>-6.69</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>-6.49</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-15.13</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-14.93</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>-15.13</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>-14.93</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>6.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
         <x:v>-1.05</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>-0.88</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>3.47</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="54" spans="1:4">
-      <x:c r="A54" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A54" s="2" t="s"/>
+      <x:c r="B54" s="3" t="s"/>
+      <x:c r="C54" s="3" t="s"/>
+      <x:c r="D54" s="3" t="s"/>
     </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A55" s="2" t="s">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-26.19</x:v>
+        <x:v>27.11</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-25.54</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>17.49</x:v>
+        <x:v>18.44</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>-26.19</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>-25.54</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>17.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B56" s="4" t="n">
+      <x:c r="B57" s="4" t="n">
         <x:v>-12.55</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>-11.83</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>17.84</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="2" t="s">
+      <x:c r="A63" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="1" t="s">
+      <x:c r="A66" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
-      <x:c r="A69" s="2" t="s">
+      <x:c r="A69" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
-      <x:c r="A70" s="1" t="s">
+      <x:c r="A70" s="2" t="s">
         <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="1" t="s">
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>20.24</x:v>
+        <x:v>23.47</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.28</x:v>
+        <x:v>12.21</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-11.2</x:v>
+        <x:v>-6.85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-10.26</x:v>
+        <x:v>-9.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>11.38</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>11.85</x:v>
+        <x:v>15.88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.06</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>16.09</x:v>
+        <x:v>15.96</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>8.16</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-13.87</x:v>
+        <x:v>-15.45</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-23.04</x:v>
+        <x:v>-22.73</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-19.31</x:v>
+        <x:v>-19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.83</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>23.72</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.89</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-3.55</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-10.43</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-9.48</x:v>
+        <x:v>-8.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>11.38</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>11.85</x:v>
+        <x:v>15.88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.06</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>16.24</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.78</x:v>
+        <x:v>8.55</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-13.05</x:v>
+        <x:v>-14.63</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-22.27</x:v>
+        <x:v>-21.93</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-18.53</x:v>
+        <x:v>-18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.190625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.99</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>21.28</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.33</x:v>
+        <x:v>18.33</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-11.18</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-7.91</x:v>
+        <x:v>-6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>9.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>12.64</x:v>
+        <x:v>16.84</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>11.94</x:v>
+        <x:v>15.67</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>11.75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>15.94</x:v>
+        <x:v>15.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>8.38</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-14.2</x:v>
+        <x:v>-16.33</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-23.12</x:v>
+        <x:v>-22.7</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-18.66</x:v>
+        <x:v>-18.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>9.06</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>21.44</x:v>
+        <x:v>25.77</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>14.97</x:v>
+        <x:v>19.07</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-10.41</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-7.11</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>9.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>12.64</x:v>
+        <x:v>16.84</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>11.94</x:v>
+        <x:v>15.67</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.75</x:v>
+        <x:v>11.75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>8.69</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>16.09</x:v>
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-13.36</x:v>
+        <x:v>-15.47</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-22.35</x:v>
+        <x:v>-21.9</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-17.86</x:v>
+        <x:v>-17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>19.42</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>23.39</x:v>
+        <x:v>27.11</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-8.33</x:v>
+        <x:v>-7.07</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>18.44</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>15.79</x:v>
+        <x:v>17.27</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>19.19</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>15.56</x:v>
+        <x:v>15.39</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8.67</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-14.59</x:v>
+        <x:v>-16.16</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-27.52</x:v>
+        <x:v>-27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>19.57</x:v>
+        <x:v>23.26</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>24.08</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-7.54</x:v>
+        <x:v>-6.27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>18.44</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>15.79</x:v>
+        <x:v>17.27</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>19.19</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>9.08</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>15.71</x:v>
+        <x:v>15.64</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>9.78</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-13.72</x:v>
+        <x:v>-15.29</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-26.73</x:v>
+        <x:v>-26.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>23.47</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-9.12</x:v>
+        <x:v>12.21</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-17.97</x:v>
+        <x:v>-4.07</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-11.46</x:v>
+        <x:v>-6.85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-15.65</x:v>
+        <x:v>-9.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>11.38</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>15.88</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>8.19</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>15.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-6.2</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-24.03</x:v>
+        <x:v>-15.45</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-24.36</x:v>
+        <x:v>-22.73</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-23.84</x:v>
+        <x:v>-19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>23.72</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-8.73</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-17.25</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-10.68</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-14.91</x:v>
+        <x:v>-8.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>11.38</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>15.88</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>8.19</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-5.81</x:v>
+        <x:v>8.55</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-23.32</x:v>
+        <x:v>-14.63</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-23.59</x:v>
+        <x:v>-21.93</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-23.1</x:v>
+        <x:v>-18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.190625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-5.73</x:v>
+        <x:v>18.33</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-16.89</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-11.54</x:v>
+        <x:v>-7.04</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-13.69</x:v>
+        <x:v>-6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>9.55</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.16</x:v>
+        <x:v>16.84</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>12.72</x:v>
+        <x:v>15.67</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>9.56</x:v>
+        <x:v>11.75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>15.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-6.31</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-24.05</x:v>
+        <x:v>-16.33</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-24.26</x:v>
+        <x:v>-22.7</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-23.25</x:v>
+        <x:v>-18.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.64</x:v>
+        <x:v>25.77</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-5.33</x:v>
+        <x:v>19.07</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-16.16</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-10.77</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-12.94</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>9.55</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>7.16</x:v>
+        <x:v>16.84</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>12.72</x:v>
+        <x:v>15.67</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>9.56</x:v>
+        <x:v>11.75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-23.33</x:v>
+        <x:v>-15.47</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-23.49</x:v>
+        <x:v>-21.9</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-22.49</x:v>
+        <x:v>-17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>27.11</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-15.26</x:v>
+        <x:v>-7.07</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.05</x:v>
+        <x:v>18.44</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>16.17</x:v>
+        <x:v>17.27</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>18.79</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>15.39</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-6.72</x:v>
+        <x:v>8.67</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-25.97</x:v>
+        <x:v>-16.16</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-34.06</x:v>
+        <x:v>-27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>15.43</x:v>
+        <x:v>23.26</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-9.02</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-14.53</x:v>
+        <x:v>-6.27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.05</x:v>
+        <x:v>18.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>16.17</x:v>
+        <x:v>17.27</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>18.79</x:v>
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>15.64</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-6.28</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-25.19</x:v>
+        <x:v>-15.29</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-33.32</x:v>
+        <x:v>-26.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>