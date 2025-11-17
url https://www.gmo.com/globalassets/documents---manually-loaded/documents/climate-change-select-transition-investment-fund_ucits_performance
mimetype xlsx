--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e93ba17b24747ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/646bb9108deb4f728e6bfa9564252c99.psmdcp" Id="R866874f008dc44ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cff84c752914492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79e3ded4e7ff42e6af117858a87f5bb8.psmdcp" Id="R03cfa6b12481429c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="123">
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (EUR,%)</x:t>
+    <x:t>As of 10/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/23/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
@@ -173,50 +176,53 @@
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2022</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
@@ -263,156 +269,174 @@
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (GBP,%)</x:t>
+    <x:t>As of 10/31/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/21/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (USD,%)</x:t>
+    <x:t>As of 10/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 01/19/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (EUR,%)</x:t>
+    <x:t>Month-End as of 10/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Climate Change Select Transition Investment Fund Class A EUR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 10/31/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Climate Change Select Transition Investment Fund Class A GBP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/21/2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Climate Change Select Transition Investment Fund Class A USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
-[...2 lines deleted...]
-    <x:t>Month-End as of 09/30/2025 (GBP,%)</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in GBP as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Climate Change Select Transition Investment Fund Class A GBP</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in GBP as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Climate Change Select Transition Investment Fund Class A USD</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -753,4923 +777,5009 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
+  <x:dimension ref="A1:D88"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:4">
+      <x:c r="A1" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:4">
+      <x:c r="A2" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:4">
+      <x:c r="A3" s="2" t="s">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:4">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:4">
+      <x:c r="A7" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>9.54</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>9.61</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:4">
+      <x:c r="A8" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>2.69</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>3.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:4">
+      <x:c r="A9" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>8.76</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>8.83</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:4">
+      <x:c r="A10" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>10.56</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>10.63</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>3.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:4">
+      <x:c r="A11" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>3.22</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>1.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:4">
+      <x:c r="A12" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>8.39</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>8.46</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>5.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:4">
+      <x:c r="A13" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>-5.44</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>-5.37</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>-4.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:4">
+      <x:c r="A14" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>-8.37</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>-8.3</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>-7.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:4">
+      <x:c r="A15" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>-7.79</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>-7.73</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>-0.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:4">
+      <x:c r="A16" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>2.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:4">
+      <x:c r="A17" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>-7.82</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>-7.75</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>-0.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:4">
+      <x:c r="A18" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>-1.01</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>-0.94</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>6.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:4">
+      <x:c r="A19" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>-6.31</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>-6.23</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>0.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:4">
+      <x:c r="A20" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>2.43</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>1.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:4">
+      <x:c r="A21" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>-1.37</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>-1.3</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>0.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:4">
+      <x:c r="A22" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>4.58</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>4.65</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>0.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:4">
+      <x:c r="A23" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>-9.93</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>-9.86</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>3.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:4">
+      <x:c r="A24" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>6.09</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>6.16</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:4">
+      <x:c r="A25" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>-4.44</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>-4.37</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>-2.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:4">
+      <x:c r="A26" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>5.52</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>5.59</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>3.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:4">
+      <x:c r="A27" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>1.61</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>1.68</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>4.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:4">
+      <x:c r="A28" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>-10.98</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>-10.91</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>2.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:4">
+      <x:c r="A29" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>9.64</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>9.72</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>3.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:4">
+      <x:c r="A30" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>6.17</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>6.24</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>5.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>-14.79</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>-14.72</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>-2.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>-5.77</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-5.7</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-1.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>-10.77</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>-10.69</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-1.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:4">
+      <x:c r="A34" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>4.17</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>2.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>4.89</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>4.96</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>3.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:4">
+      <x:c r="A36" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>-0.28</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>-0.21</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>2.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:4">
+      <x:c r="A37" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>-4.49</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>-4.42</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>-0.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>-4.1</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>-4.03</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>0.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>-2.38</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>-2.32</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>-0.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>11.41</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>11.48</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>5.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:4">
+      <x:c r="A41" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>-10.78</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>-10.71</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>-7.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>8.47</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>8.54</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>3.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>4.58</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>4.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>-11.03</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>-10.96</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>-7.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>1.81</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>1.88</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>-2.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>17.08</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>17.15</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>9.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>-13.38</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>-13.31</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>-6.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>4.21</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>4.28</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>-1.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>-8.87</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>-8.8</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>-2.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>0.35</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>0.37</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>0.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="s"/>
+      <x:c r="B52" s="3" t="s"/>
+      <x:c r="C52" s="3" t="s"/>
+      <x:c r="D52" s="3" t="s"/>
+    </x:row>
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
+        <x:v>9.54</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>9.61</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>23.47</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>23.72</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>7.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>5.72</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>5.94</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>2.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>-14.04</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>-13.85</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>-5.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>-14.51</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>-14.31</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>6.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>5.58</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>2.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>-8.69</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>-8.49</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>3.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>-4.55</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>-4.35</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>10.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>-0.58</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>6.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>-12.41</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>-12.21</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>-0.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>-0.11</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>0.11</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>5.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>4.29</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>4.51</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>5.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B65" s="4" t="n">
+        <x:v>1.14</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
+        <x:v>1.36</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="n">
+        <x:v>0.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B66" s="4" t="n">
+        <x:v>6.06</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>6.28</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>-0.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="2" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>-17.74</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>-17.55</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>-10.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
+        <x:v>0.35</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>0.37</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>0.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="2" t="s"/>
+      <x:c r="B70" s="3" t="s"/>
+      <x:c r="C70" s="3" t="s"/>
+      <x:c r="D70" s="3" t="s"/>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
+        <x:v>22.92</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>23.78</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>8.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
+        <x:v>-21.33</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>-20.65</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>25.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
+        <x:v>-9.49</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>-8.7</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>18.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B74" s="4" t="n">
+        <x:v>-11.45</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>-10.85</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>-9.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:4">
+      <x:c r="A79" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:4">
+      <x:c r="A80" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:4">
+      <x:c r="A81" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:4">
+      <x:c r="A82" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:4">
+      <x:c r="A83" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:4">
+      <x:c r="A88" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
   <x:dimension ref="A1:D86"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>0</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>2</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.83</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.56</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>10.63</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>11.35</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8.39</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.46</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>4.74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-7.52</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-7.73</x:v>
+        <x:v>-6.87</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-9.16</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-9.1</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-7.82</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-7.75</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.31</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-4.99</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-9.93</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-9.86</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-10.37</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-4.44</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-10.98</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.99</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>-12.31</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>9.72</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.24</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-14.79</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-14.72</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>-14.39</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>-14.32</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-10.77</x:v>
+        <x:v>-4.61</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-10.69</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>-10.85</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-4.42</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-4.03</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>11.41</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-10.71</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>-8.5</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>8.54</x:v>
+        <x:v>-8.42</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-11.03</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-9.75</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-9.68</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>17.08</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-13.38</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-13.31</x:v>
+        <x:v>14.19</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>6.77</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>-12.39</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-8.87</x:v>
+        <x:v>5.79</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s"/>
       <x:c r="B51" s="3" t="s"/>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>23.47</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>23.72</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>4.76</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>25.77</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>9.55</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-14.04</x:v>
+        <x:v>8.41</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-13.85</x:v>
+        <x:v>8.64</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-14.51</x:v>
+        <x:v>-13.05</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-14.31</x:v>
+        <x:v>-12.85</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>-15.05</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-14.86</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-8.69</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-8.49</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>-9.51</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>-9.31</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-5.73</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>9.13</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-12.41</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-12.21</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>6.31</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-11.67</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-11.47</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>4.39</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-17.74</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-17.55</x:v>
+        <x:v>8.37</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-9.7</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>-9.55</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s"/>
       <x:c r="B68" s="3" t="s"/>
       <x:c r="C68" s="3" t="s"/>
       <x:c r="D68" s="3" t="s"/>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>12.21</x:v>
+        <x:v>30.32</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>12.92</x:v>
+        <x:v>31.22</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>15.42</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-21.33</x:v>
+        <x:v>-24.79</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-20.65</x:v>
+        <x:v>-24.13</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>25.33</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-9.49</x:v>
+        <x:v>-11.5</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>-10.72</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>15.31</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-11.45</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-10.85</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-9.93</x:v>
-[...968 lines deleted...]
-      <x:c r="D70" s="4" t="n">
         <x:v>-3.51</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
-      <x:c r="A77" s="2" t="s">
+      <x:c r="A77" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="2" t="s">
+      <x:c r="A78" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
-      <x:c r="A80" s="1" t="s">
+      <x:c r="A80" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
-      <x:c r="A81" s="1" t="s">
+      <x:c r="A81" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
-      <x:c r="A83" s="2" t="s">
+      <x:c r="A83" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="1" t="s">
         <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="1" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D71"/>
+  <x:dimension ref="A1:D73"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-4.46</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>-4.46</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-9.66</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>-9.66</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-8.44</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-8.44</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-10.99</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>-10.99</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-5.58</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-12.86</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-12.8</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>11.19</x:v>
+        <x:v>-12.86</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>-12.8</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-14.74</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-14.67</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-14.74</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>-14.67</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-12.02</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-11.94</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-12.02</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>-11.94</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>-2.81</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
+        <x:v>-5.05</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>-4.98</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>-2.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="n">
+      <x:c r="C40" s="4" t="n">
         <x:v>6.03</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
+      <x:c r="D40" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="42" spans="1:4">
-      <x:c r="A42" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A42" s="2" t="s"/>
+      <x:c r="B42" s="3" t="s"/>
+      <x:c r="C42" s="3" t="s"/>
+      <x:c r="D42" s="3" t="s"/>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>15.43</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-10.11</x:v>
+        <x:v>23.26</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-20.46</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-20.27</x:v>
+        <x:v>15.43</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>9.74</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>-10.11</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-9.38</x:v>
+        <x:v>-20.46</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>-20.27</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-6.69</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-6.49</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>-9.38</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-15.13</x:v>
+        <x:v>-6.69</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-14.93</x:v>
+        <x:v>-6.49</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
+        <x:v>-15.13</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>-14.93</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>-3.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>6.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>-1.05</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>-0.88</x:v>
       </x:c>
-      <x:c r="D52" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>3.47</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="n">
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>36.79</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>37.74</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>21.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B56" s="4" t="n">
+      <x:c r="B58" s="4" t="n">
         <x:v>-26.19</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-25.54</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>17.49</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="n">
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B57" s="4" t="n">
+      <x:c r="B59" s="4" t="n">
         <x:v>-12.55</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>-11.83</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>17.84</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
-      <x:c r="A64" s="2" t="s">
+      <x:c r="A64" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="s">
+      <x:c r="A65" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
-      <x:c r="A67" s="1" t="s">
+      <x:c r="A67" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
-      <x:c r="A68" s="1" t="s">
+      <x:c r="A68" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
-      <x:c r="A70" s="2" t="s">
+      <x:c r="A70" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="1" t="s">
         <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="1" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>9.54</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>23.47</x:v>
+        <x:v>9.54</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.21</x:v>
+        <x:v>22.92</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>12.16</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-6.85</x:v>
+        <x:v>-5.38</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-9.35</x:v>
+        <x:v>-6.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>15.88</x:v>
+        <x:v>15.59</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>15.96</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>14.28</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-15.45</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-22.73</x:v>
+        <x:v>-20.98</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-19.17</x:v>
+        <x:v>-17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>23.72</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>12.92</x:v>
+        <x:v>23.78</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-8.57</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>15.88</x:v>
+        <x:v>15.59</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.55</x:v>
+        <x:v>15.14</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-14.63</x:v>
+        <x:v>-2.25</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-21.93</x:v>
+        <x:v>-20.16</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-18.39</x:v>
+        <x:v>-16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.190625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>25.52</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>18.33</x:v>
+        <x:v>30.32</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.51</x:v>
+        <x:v>16.6</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-6.8</x:v>
+        <x:v>-4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>15.42</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>16.84</x:v>
+        <x:v>20.01</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>15.67</x:v>
+        <x:v>16.49</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.75</x:v>
+        <x:v>12.93</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>15.97</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>14.89</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-16.33</x:v>
+        <x:v>-3.41</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-22.7</x:v>
+        <x:v>-21.16</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-18.55</x:v>
+        <x:v>-16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>25.77</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>19.07</x:v>
+        <x:v>31.22</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>17.59</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-3.85</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>15.42</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>16.84</x:v>
+        <x:v>20.01</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>15.67</x:v>
+        <x:v>16.49</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.75</x:v>
+        <x:v>12.93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>16.22</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-15.47</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-21.9</x:v>
+        <x:v>-20.34</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-17.74</x:v>
+        <x:v>-16.15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>23.01</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>27.11</x:v>
+        <x:v>36.79</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>18.84</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-7.07</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.64</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>15.39</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>8.67</x:v>
+        <x:v>15.71</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-16.16</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-27.2</x:v>
+        <x:v>-24.78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>23.26</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>27.9</x:v>
+        <x:v>37.74</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>19.85</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-6.27</x:v>
+        <x:v>-3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>21.09</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.64</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>15.64</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>9.46</x:v>
+        <x:v>16.65</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-15.29</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-26.4</x:v>
+        <x:v>-23.96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>23.47</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>12.21</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-4.07</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-6.85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-9.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.38</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>15.88</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>15.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>7.84</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-15.45</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-22.73</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>23.72</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>12.92</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-3.24</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-6.05</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-8.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.52</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.38</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>15.88</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>16.2</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.55</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-14.63</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-21.93</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.190625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>25.52</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>18.33</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>0.51</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-7.04</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>9.55</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.18</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>16.84</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>15.67</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>15.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.14</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-16.33</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-22.7</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-18.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>25.77</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>19.07</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1.37</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-6.23</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>9.55</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>10.18</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>16.84</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>15.67</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>16.22</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.89</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-15.47</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-21.9</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>23.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>27.11</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>1.11</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-7.07</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.62</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>18.44</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.27</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>15.39</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.67</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-16.16</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>23.26</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>27.9</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1.98</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-6.27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.62</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>18.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.27</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>15.64</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>9.46</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-15.29</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-26.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>