--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cff84c752914492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79e3ded4e7ff42e6af117858a87f5bb8.psmdcp" Id="R03cfa6b12481429c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03e3beadcf684244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9cc6f9f8b20340e3a7a7bccf1ce8651f.psmdcp" Id="Rbfd1787076bd4f78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="123">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="124">
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (EUR,%)</x:t>
+    <x:t>As of 11/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/23/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
@@ -269,147 +272,147 @@
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (GBP,%)</x:t>
+    <x:t>As of 11/30/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/21/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (USD,%)</x:t>
+    <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 01/19/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Select Transition Investment Fund Class A EUR</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2022</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (GBP,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in GBP as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Select Transition Investment Fund Class A GBP</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 10/31/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Select Transition Investment Fund Class A USD</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in GBP as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in GBP as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
@@ -777,5009 +780,5052 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D88"/>
+  <x:dimension ref="A1:D89"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.54</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.61</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>9.54</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.83</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>10.56</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>10.63</x:v>
+        <x:v>8.83</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>10.63</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>8.39</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8.46</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>8.39</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>8.46</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>5.89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-7.52</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-7.73</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-7.73</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-7.82</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-7.75</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>2.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-7.82</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-7.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-6.31</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>6.63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-6.31</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-9.93</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-9.86</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-9.93</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>-9.86</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-4.44</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>-4.44</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-10.98</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>-10.98</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>9.72</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>9.64</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>6.24</x:v>
+        <x:v>9.72</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-14.79</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-14.72</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>-14.79</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>-14.72</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-10.77</x:v>
+        <x:v>-5.77</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-10.69</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>-10.77</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-10.69</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-4.42</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.03</x:v>
+        <x:v>-4.42</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-4.1</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-4.03</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>11.41</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-10.71</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>8.54</x:v>
+        <x:v>-10.71</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>8.54</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-11.03</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>4.86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-11.03</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>17.08</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-13.38</x:v>
+        <x:v>17.08</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-13.31</x:v>
+        <x:v>17.15</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-13.38</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>-13.31</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>-6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-8.87</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
+        <x:v>-8.87</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>-8.8</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>-2.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A53" s="2" t="s"/>
+      <x:c r="B53" s="3" t="s"/>
+      <x:c r="C53" s="3" t="s"/>
+      <x:c r="D53" s="3" t="s"/>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>23.47</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>23.72</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>23.47</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>23.72</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-14.04</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-13.85</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-14.51</x:v>
+        <x:v>-14.04</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-14.31</x:v>
+        <x:v>-13.85</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>-14.51</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-14.31</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-8.69</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-8.49</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>-8.69</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>-8.49</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-4.55</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-12.41</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-12.21</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-12.41</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-12.21</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-17.74</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-17.55</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
+        <x:v>-17.74</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>-17.55</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>-10.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B69" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C68" s="4" t="n">
+      <x:c r="C69" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D68" s="4" t="n">
+      <x:c r="D69" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="71" spans="1:4">
-      <x:c r="A71" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A71" s="2" t="s"/>
+      <x:c r="B71" s="3" t="s"/>
+      <x:c r="C71" s="3" t="s"/>
+      <x:c r="D71" s="3" t="s"/>
     </x:row>
     <x:row r="72" spans="1:4">
-      <x:c r="A72" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A72" s="2" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-21.33</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-20.65</x:v>
+        <x:v>22.91</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>25.33</x:v>
+        <x:v>8.03</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-9.49</x:v>
+        <x:v>-21.33</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>-20.65</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>25.33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B74" s="4" t="n">
+        <x:v>-9.49</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>-8.7</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>18.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B74" s="4" t="n">
+      <x:c r="B75" s="4" t="n">
         <x:v>-11.45</x:v>
       </x:c>
-      <x:c r="C74" s="4" t="n">
+      <x:c r="C75" s="4" t="n">
         <x:v>-10.85</x:v>
       </x:c>
-      <x:c r="D74" s="4" t="n">
+      <x:c r="D75" s="4" t="n">
         <x:v>-9.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
-      <x:c r="A81" s="2" t="s">
+      <x:c r="A81" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
-      <x:c r="A84" s="1" t="s">
+      <x:c r="A84" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
-      <x:c r="A87" s="2" t="s">
+      <x:c r="A87" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="1" t="s">
+      <x:c r="A88" s="2" t="s">
         <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:4">
+      <x:c r="A89" s="1" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D86"/>
+  <x:dimension ref="A1:D87"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.21</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>4.76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.99</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.06</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.35</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>11.35</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>4.74</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-6.87</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-9.16</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-9.1</x:v>
+        <x:v>-6.87</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>-9.16</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-9.1</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-4.99</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-4.99</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-10.37</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-10.37</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-12.31</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>4.99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>10.05</x:v>
+        <x:v>-12.31</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-14.39</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-14.32</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-4.61</x:v>
+        <x:v>-14.39</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-14.32</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-10.85</x:v>
+        <x:v>-4.61</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-10.85</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>11.02</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-8.5</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-8.42</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>-8.5</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>-8.42</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-9.75</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-9.68</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-9.75</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>-9.68</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>14.12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>14.19</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-12.46</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-12.39</x:v>
+        <x:v>14.19</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>6.77</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>-12.39</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>5.87</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>-0.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
-      <x:c r="C49" s="4" t="n">
+      <x:c r="C50" s="4" t="n">
         <x:v>-2.48</x:v>
       </x:c>
-      <x:c r="D49" s="4" t="n">
+      <x:c r="D50" s="4" t="n">
         <x:v>-1.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A52" s="2" t="s"/>
+      <x:c r="B52" s="3" t="s"/>
+      <x:c r="C52" s="3" t="s"/>
+      <x:c r="D52" s="3" t="s"/>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>25.52</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>25.77</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>8.64</x:v>
+        <x:v>25.77</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>9.55</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-13.05</x:v>
+        <x:v>8.41</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-12.85</x:v>
+        <x:v>8.64</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-15.05</x:v>
+        <x:v>-13.05</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-14.86</x:v>
+        <x:v>-12.85</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-15.05</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>-14.86</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-9.51</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-9.31</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-5.73</x:v>
+        <x:v>-9.51</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>-9.31</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>9.13</x:v>
+        <x:v>2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.73</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>9.13</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-11.67</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-11.47</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>6.31</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-11.67</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-11.47</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>4.39</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
+        <x:v>8.14</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>8.37</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>1.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
         <x:v>-9.7</x:v>
       </x:c>
-      <x:c r="C66" s="4" t="n">
+      <x:c r="C67" s="4" t="n">
         <x:v>-9.55</x:v>
       </x:c>
-      <x:c r="D66" s="4" t="n">
+      <x:c r="D67" s="4" t="n">
         <x:v>-6.56</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="69" spans="1:4">
-      <x:c r="A69" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A69" s="2" t="s"/>
+      <x:c r="B69" s="3" t="s"/>
+      <x:c r="C69" s="3" t="s"/>
+      <x:c r="D69" s="3" t="s"/>
     </x:row>
     <x:row r="70" spans="1:4">
-      <x:c r="A70" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A70" s="2" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-24.79</x:v>
+        <x:v>29.26</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-24.13</x:v>
+        <x:v>30.25</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>19.59</x:v>
+        <x:v>14.44</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-11.5</x:v>
+        <x:v>-24.79</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-10.72</x:v>
+        <x:v>-24.13</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>15.31</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
+        <x:v>-11.5</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>-10.72</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>15.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B72" s="4" t="n">
+      <x:c r="B73" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
-      <x:c r="C72" s="4" t="n">
+      <x:c r="C73" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
-      <x:c r="D72" s="4" t="n">
+      <x:c r="D73" s="4" t="n">
         <x:v>-3.51</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
-      <x:c r="A79" s="2" t="s">
+      <x:c r="A79" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
-      <x:c r="A82" s="1" t="s">
+      <x:c r="A82" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
-      <x:c r="A85" s="2" t="s">
+      <x:c r="A85" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
-      <x:c r="A86" s="1" t="s">
+      <x:c r="A86" s="2" t="s">
         <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="1" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D73"/>
+  <x:dimension ref="A1:D74"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-4.46</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>-4.46</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-9.66</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>-9.66</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-8.44</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-8.44</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-10.99</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>-10.99</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-5.58</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-12.86</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-12.8</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>11.19</x:v>
+        <x:v>-12.86</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>-12.8</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-14.74</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-14.67</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-14.74</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>-14.67</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-12.02</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-11.94</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-12.02</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>-11.94</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>-2.81</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
+        <x:v>-5.05</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-4.98</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>-2.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:4">
+      <x:c r="A41" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C40" s="4" t="n">
+      <x:c r="C41" s="4" t="n">
         <x:v>6.03</x:v>
       </x:c>
-      <x:c r="D40" s="4" t="n">
+      <x:c r="D41" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="43" spans="1:4">
-      <x:c r="A43" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A43" s="2" t="s"/>
+      <x:c r="B43" s="3" t="s"/>
+      <x:c r="C43" s="3" t="s"/>
+      <x:c r="D43" s="3" t="s"/>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>23.01</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>23.26</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>15.43</x:v>
+        <x:v>23.26</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-10.11</x:v>
+        <x:v>15.43</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-20.46</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-20.27</x:v>
+        <x:v>-10.11</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>9.74</x:v>
+        <x:v>-20.46</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>-20.27</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-9.38</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-6.69</x:v>
+        <x:v>-9.38</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-6.49</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>-6.69</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>-6.49</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-15.13</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-14.93</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>-15.13</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>-14.93</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>6.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
         <x:v>-1.05</x:v>
       </x:c>
-      <x:c r="C54" s="4" t="n">
+      <x:c r="C55" s="4" t="n">
         <x:v>-0.88</x:v>
       </x:c>
-      <x:c r="D54" s="4" t="n">
+      <x:c r="D55" s="4" t="n">
         <x:v>3.47</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A57" s="2" t="s"/>
+      <x:c r="B57" s="3" t="s"/>
+      <x:c r="C57" s="3" t="s"/>
+      <x:c r="D57" s="3" t="s"/>
     </x:row>
     <x:row r="58" spans="1:4">
-      <x:c r="A58" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A58" s="2" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-26.19</x:v>
+        <x:v>36.64</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-25.54</x:v>
+        <x:v>37.68</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>17.49</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>-26.19</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>-25.54</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>17.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B59" s="4" t="n">
+      <x:c r="B60" s="4" t="n">
         <x:v>-12.55</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>-11.83</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>17.84</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
+      <x:c r="A66" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
-      <x:c r="A69" s="1" t="s">
+      <x:c r="A69" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
-      <x:c r="A72" s="2" t="s">
+      <x:c r="A72" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
-      <x:c r="A73" s="1" t="s">
+      <x:c r="A73" s="2" t="s">
         <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="1" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.54</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.54</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>22.92</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>12.16</x:v>
+        <x:v>12.43</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-5.38</x:v>
+        <x:v>-8.15</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-6.82</x:v>
+        <x:v>-6.87</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>15.36</x:v>
+        <x:v>7.58</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>15.59</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.46</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.46</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>14.28</x:v>
+        <x:v>13.94</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-20.98</x:v>
+        <x:v>-22.15</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-17.62</x:v>
+        <x:v>-17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>9.61</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.61</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>23.78</x:v>
+        <x:v>22.91</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>13.11</x:v>
+        <x:v>13.38</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>-7.35</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>15.36</x:v>
+        <x:v>7.58</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>15.59</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>15.14</x:v>
+        <x:v>14.88</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-2.25</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-20.16</x:v>
+        <x:v>-21.35</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-16.81</x:v>
+        <x:v>-16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.190625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>30.32</x:v>
+        <x:v>29.26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>18.78</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>-7.66</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-4.06</x:v>
+        <x:v>-4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>15.42</x:v>
+        <x:v>14.44</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>20.01</x:v>
+        <x:v>13.39</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>16.49</x:v>
+        <x:v>14.49</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>12.93</x:v>
+        <x:v>12.35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>5.38</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>14.89</x:v>
+        <x:v>14.82</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-3.41</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-21.16</x:v>
+        <x:v>-22.15</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-16.98</x:v>
+        <x:v>-16.53</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>10.21</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>10.21</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>31.22</x:v>
+        <x:v>30.25</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.59</x:v>
+        <x:v>19.78</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-3.85</x:v>
+        <x:v>-6.86</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>-3.35</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>15.42</x:v>
+        <x:v>14.44</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>20.01</x:v>
+        <x:v>13.39</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>16.49</x:v>
+        <x:v>14.49</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>12.93</x:v>
+        <x:v>12.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>15.81</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-20.34</x:v>
+        <x:v>-21.35</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-16.15</x:v>
+        <x:v>-15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>36.79</x:v>
+        <x:v>36.64</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>18.84</x:v>
+        <x:v>23.44</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.07</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.64</x:v>
+        <x:v>18.21</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>15.71</x:v>
+        <x:v>15.56</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-24.78</x:v>
+        <x:v>-24.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>7.64</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>37.74</x:v>
+        <x:v>37.68</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>19.85</x:v>
+        <x:v>24.48</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-3.55</x:v>
+        <x:v>-3.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.07</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.64</x:v>
+        <x:v>18.21</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.41</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>16.65</x:v>
+        <x:v>16.61</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-23.96</x:v>
+        <x:v>-23.23</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>23.47</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>12.21</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-4.07</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-6.85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-9.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.38</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>15.88</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>15.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>7.84</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-15.45</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-22.73</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>23.72</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>12.92</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-3.24</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-6.05</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-8.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.52</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.38</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>11.38</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>15.88</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>16.2</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.55</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-14.63</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-21.93</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.190625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>25.52</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>18.33</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>0.51</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-7.04</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>9.55</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.18</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>16.84</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>15.67</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>15.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.14</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-16.33</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-22.7</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-18.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>25.77</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>19.07</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1.37</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-6.23</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>9.55</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>10.18</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>16.84</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>15.67</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>16.22</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.89</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-15.47</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-21.9</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-17.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>23.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>27.11</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>1.11</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-7.07</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>7.62</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>18.44</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.27</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>15.39</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.67</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-16.16</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>23.26</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>27.9</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>1.98</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-6.27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>7.62</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>18.44</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>17.27</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>15.64</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>9.46</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-15.29</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-26.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>