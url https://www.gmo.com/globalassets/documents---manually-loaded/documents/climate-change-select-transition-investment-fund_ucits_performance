--- v3 (2025-12-07)
+++ v4 (2025-12-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03e3beadcf684244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9cc6f9f8b20340e3a7a7bccf1ce8651f.psmdcp" Id="Rbfd1787076bd4f78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49bb237abd814ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4859233e220d4f198674a3cae103278a.psmdcp" Id="Ra2ffbbcacb1f4009" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>