--- v4 (2025-12-28)
+++ v5 (2026-01-17)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49bb237abd814ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4859233e220d4f198674a3cae103278a.psmdcp" Id="Ra2ffbbcacb1f4009" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R557b0eb4d5a24efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a4e9b030b33462b90dfc4a14eb6275e.psmdcp" Id="R169a77dcc5a04393" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="124">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (EUR,%)</x:t>
+    <x:t>As of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/23/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
@@ -179,51 +182,51 @@
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
@@ -272,174 +275,156 @@
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (GBP,%)</x:t>
+    <x:t>As of 12/31/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/21/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
+    <x:t>As of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 01/19/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Select Transition Investment Fund Class A EUR</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2022</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (GBP,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in GBP as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Select Transition Investment Fund Class A GBP</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 11/30/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Select Transition Investment Fund Class A USD</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
-[...26 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -780,5052 +765,5097 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D89"/>
+  <x:dimension ref="A1:D90"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.54</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.61</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>9.54</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.83</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.56</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>10.63</x:v>
+        <x:v>8.83</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>10.63</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>8.39</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.46</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>8.39</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>8.46</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>5.89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-7.52</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-7.73</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-7.73</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-7.82</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.75</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>2.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-7.82</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-7.75</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-6.31</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>6.63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-6.31</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-9.93</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-9.86</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-9.93</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>-9.86</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-4.44</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>-4.44</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-10.98</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>-10.98</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>9.72</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>9.64</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>6.24</x:v>
+        <x:v>9.72</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-14.79</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-14.72</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>-14.79</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>-14.72</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-10.77</x:v>
+        <x:v>-5.77</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-10.69</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>-10.77</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-10.69</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.42</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.03</x:v>
+        <x:v>-4.42</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-4.1</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-4.03</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>11.41</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-10.71</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>8.54</x:v>
+        <x:v>-10.71</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>8.54</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-11.03</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>4.86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-11.03</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>17.08</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-13.38</x:v>
+        <x:v>17.08</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-13.31</x:v>
+        <x:v>17.15</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-13.38</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>-13.31</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>-6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-8.87</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
+        <x:v>-8.87</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>-8.8</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>-2.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="54" spans="1:4">
-      <x:c r="A54" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A54" s="2" t="s"/>
+      <x:c r="B54" s="3" t="s"/>
+      <x:c r="C54" s="3" t="s"/>
+      <x:c r="D54" s="3" t="s"/>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>23.47</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>23.72</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>23.47</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>23.72</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-14.04</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-13.85</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-14.51</x:v>
+        <x:v>-14.04</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-14.31</x:v>
+        <x:v>-13.85</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>-14.51</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-14.31</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-8.69</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-8.49</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>-8.69</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>-8.49</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-4.55</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-12.41</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-12.21</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-12.41</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-12.21</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-17.74</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-17.55</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
+        <x:v>-17.74</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>-17.55</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>-10.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B70" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C69" s="4" t="n">
+      <x:c r="C70" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D69" s="4" t="n">
+      <x:c r="D70" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="72" spans="1:4">
-      <x:c r="A72" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A72" s="2" t="s"/>
+      <x:c r="B72" s="3" t="s"/>
+      <x:c r="C72" s="3" t="s"/>
+      <x:c r="D72" s="3" t="s"/>
     </x:row>
     <x:row r="73" spans="1:4">
-      <x:c r="A73" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A73" s="2" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-21.33</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-20.65</x:v>
+        <x:v>22.44</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>25.33</x:v>
+        <x:v>7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-9.49</x:v>
+        <x:v>-21.33</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>-20.65</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>25.33</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B75" s="4" t="n">
+        <x:v>-9.49</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
+        <x:v>-8.7</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="n">
+        <x:v>18.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B75" s="4" t="n">
+      <x:c r="B76" s="4" t="n">
         <x:v>-11.45</x:v>
       </x:c>
-      <x:c r="C75" s="4" t="n">
+      <x:c r="C76" s="4" t="n">
         <x:v>-10.85</x:v>
       </x:c>
-      <x:c r="D75" s="4" t="n">
+      <x:c r="D76" s="4" t="n">
         <x:v>-9.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
-      <x:c r="A82" s="2" t="s">
+      <x:c r="A82" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
-      <x:c r="A85" s="1" t="s">
+      <x:c r="A85" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="2" t="s">
+      <x:c r="A88" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="1" t="s">
+      <x:c r="A89" s="2" t="s">
         <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:4">
+      <x:c r="A90" s="1" t="s">
+        <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D87"/>
+  <x:dimension ref="A1:D88"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>10.21</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>4.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.99</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.06</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.35</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>11.35</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>4.74</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.87</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-9.16</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-9.1</x:v>
+        <x:v>-6.87</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>-9.16</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-9.1</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-4.99</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-4.99</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-10.37</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-10.37</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-12.31</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>4.99</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>10.05</x:v>
+        <x:v>-12.31</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-14.39</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-14.32</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-4.61</x:v>
+        <x:v>-14.39</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-14.32</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-10.85</x:v>
+        <x:v>-4.61</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-10.85</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>11.02</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-8.5</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-8.42</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>-8.5</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>-8.42</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-9.75</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-9.68</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-9.75</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>-9.68</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>14.12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>14.19</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-12.46</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-12.39</x:v>
+        <x:v>14.19</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>6.77</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>-12.39</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>5.87</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>-0.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>-2.48</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>-1.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A53" s="2" t="s"/>
+      <x:c r="B53" s="3" t="s"/>
+      <x:c r="C53" s="3" t="s"/>
+      <x:c r="D53" s="3" t="s"/>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>25.52</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>25.77</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>8.64</x:v>
+        <x:v>25.77</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>9.55</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-13.05</x:v>
+        <x:v>8.41</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-12.85</x:v>
+        <x:v>8.64</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-15.05</x:v>
+        <x:v>-13.05</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-14.86</x:v>
+        <x:v>-12.85</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-15.05</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>-14.86</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-9.51</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-9.31</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-5.73</x:v>
+        <x:v>-9.51</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>-9.31</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>9.13</x:v>
+        <x:v>2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.73</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>9.13</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-11.67</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-11.47</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>6.31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-11.67</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-11.47</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>4.39</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
+        <x:v>8.14</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>8.37</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>1.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
         <x:v>-9.7</x:v>
       </x:c>
-      <x:c r="C67" s="4" t="n">
+      <x:c r="C68" s="4" t="n">
         <x:v>-9.55</x:v>
       </x:c>
-      <x:c r="D67" s="4" t="n">
+      <x:c r="D68" s="4" t="n">
         <x:v>-6.56</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="70" spans="1:4">
-      <x:c r="A70" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A70" s="2" t="s"/>
+      <x:c r="B70" s="3" t="s"/>
+      <x:c r="C70" s="3" t="s"/>
+      <x:c r="D70" s="3" t="s"/>
     </x:row>
     <x:row r="71" spans="1:4">
-      <x:c r="A71" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A71" s="2" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-24.79</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-24.13</x:v>
+        <x:v>28.98</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>19.59</x:v>
+        <x:v>13.91</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-11.5</x:v>
+        <x:v>-24.79</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-10.72</x:v>
+        <x:v>-24.13</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>15.31</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
+        <x:v>-11.5</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>-10.72</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>15.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B73" s="4" t="n">
+      <x:c r="B74" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
-      <x:c r="C73" s="4" t="n">
+      <x:c r="C74" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
-      <x:c r="D73" s="4" t="n">
+      <x:c r="D74" s="4" t="n">
         <x:v>-3.51</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
-      <x:c r="A80" s="2" t="s">
+      <x:c r="A80" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
-      <x:c r="A83" s="1" t="s">
+      <x:c r="A83" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
-      <x:c r="A86" s="2" t="s">
+      <x:c r="A86" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
-      <x:c r="A87" s="1" t="s">
+      <x:c r="A87" s="2" t="s">
         <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:4">
+      <x:c r="A88" s="1" t="s">
+        <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D74"/>
+  <x:dimension ref="A1:D75"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.46</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>-4.46</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-9.66</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>-9.66</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-8.44</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-8.44</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-10.99</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>-10.99</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-5.58</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-12.86</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-12.8</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>11.19</x:v>
+        <x:v>-12.86</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>-12.8</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-14.74</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-14.67</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-14.74</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>-14.67</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-12.02</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-11.94</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-12.02</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>-11.94</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>-2.81</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
+        <x:v>-5.05</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>-4.98</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>-2.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>6.03</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:4">
-      <x:c r="A44" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>23.01</x:v>
+        <x:v>8.35</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>23.26</x:v>
+        <x:v>8.58</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>15.43</x:v>
+        <x:v>23.26</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-10.11</x:v>
+        <x:v>15.43</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-20.46</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-20.27</x:v>
+        <x:v>-10.11</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>9.74</x:v>
+        <x:v>-20.46</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>-20.27</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-9.38</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-6.69</x:v>
+        <x:v>-9.38</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-6.49</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>-6.69</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>-6.49</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-15.13</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-14.93</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>-15.13</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>-14.93</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>6.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
         <x:v>-1.05</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>-0.88</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>3.47</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="58" spans="1:4">
-      <x:c r="A58" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A58" s="2" t="s"/>
+      <x:c r="B58" s="3" t="s"/>
+      <x:c r="C58" s="3" t="s"/>
+      <x:c r="D58" s="3" t="s"/>
     </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A59" s="2" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-26.19</x:v>
+        <x:v>37.72</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-25.54</x:v>
+        <x:v>38.87</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>17.49</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>-26.19</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>-25.54</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>17.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B60" s="4" t="n">
+      <x:c r="B61" s="4" t="n">
         <x:v>-12.55</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>-11.83</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
         <x:v>17.84</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
-      <x:c r="A67" s="2" t="s">
+      <x:c r="A67" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
-      <x:c r="A70" s="1" t="s">
+      <x:c r="A70" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
-      <x:c r="A73" s="2" t="s">
+      <x:c r="A73" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="1" t="s">
+      <x:c r="A74" s="2" t="s">
         <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="1" t="s">
+        <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.69</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>21.97</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>12.43</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-8.15</x:v>
+        <x:v>-4.74</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-6.87</x:v>
+        <x:v>-6.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.58</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.38</x:v>
+        <x:v>10.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>13.94</x:v>
+        <x:v>13.55</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>13.55</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-22.15</x:v>
+        <x:v>-21.6</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-17.25</x:v>
+        <x:v>-16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.84</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>22.91</x:v>
+        <x:v>22.44</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>13.38</x:v>
+        <x:v>22.44</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-7.35</x:v>
+        <x:v>-3.91</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.03</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.58</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.38</x:v>
+        <x:v>10.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>14.88</x:v>
+        <x:v>14.57</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>14.57</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-21.35</x:v>
+        <x:v>-20.78</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-16.44</x:v>
+        <x:v>-16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.190625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>29.26</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>18.78</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-7.66</x:v>
+        <x:v>-5.22</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>-4.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.44</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.39</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>14.49</x:v>
+        <x:v>16.24</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>12.35</x:v>
+        <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-22.15</x:v>
+        <x:v>-21.46</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-16.53</x:v>
+        <x:v>-16.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.39</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>30.25</x:v>
+        <x:v>28.98</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>19.78</x:v>
+        <x:v>28.98</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-6.86</x:v>
+        <x:v>-4.4</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.44</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.39</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>14.49</x:v>
+        <x:v>16.24</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>12.35</x:v>
+        <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>15.81</x:v>
+        <x:v>15.07</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>15.07</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-21.35</x:v>
+        <x:v>-20.64</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-15.7</x:v>
+        <x:v>-15.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>8.35</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>36.64</x:v>
+        <x:v>37.72</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>23.44</x:v>
+        <x:v>37.72</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>-3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>18.21</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>15.56</x:v>
+        <x:v>15.39</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.24</x:v>
+        <x:v>15.39</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-24.05</x:v>
+        <x:v>-23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.64</x:v>
+        <x:v>8.58</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>37.68</x:v>
+        <x:v>38.87</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>24.48</x:v>
+        <x:v>38.87</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-3.46</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>18.21</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>19.77</x:v>
+        <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>16.61</x:v>
+        <x:v>16.54</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>16.54</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-23.23</x:v>
+        <x:v>-22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>23.47</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.21</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-4.07</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-6.85</x:v>
+        <x:v>-4.74</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-9.35</x:v>
+        <x:v>-6.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>15.88</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>10.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>15.96</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>13.55</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-15.45</x:v>
+        <x:v>13.55</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-22.73</x:v>
+        <x:v>-21.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-19.17</x:v>
+        <x:v>-16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>23.72</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>12.92</x:v>
+        <x:v>22.44</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>22.44</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>-3.91</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-8.57</x:v>
+        <x:v>-6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>11.38</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>15.88</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>10.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>8.55</x:v>
+        <x:v>14.57</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-14.63</x:v>
+        <x:v>14.57</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-21.93</x:v>
+        <x:v>-20.78</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-18.39</x:v>
+        <x:v>-16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.190625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>25.52</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>18.33</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.51</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-7.04</x:v>
+        <x:v>-5.22</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-6.8</x:v>
+        <x:v>-4.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>16.84</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>15.67</x:v>
+        <x:v>16.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.75</x:v>
+        <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>15.97</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-16.33</x:v>
+        <x:v>13.99</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-22.7</x:v>
+        <x:v>-21.46</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-18.55</x:v>
+        <x:v>-16.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>25.77</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>19.07</x:v>
+        <x:v>28.98</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>28.98</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-4.4</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.18</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>16.84</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>15.67</x:v>
+        <x:v>16.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.75</x:v>
+        <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>16.22</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>15.07</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-15.47</x:v>
+        <x:v>15.07</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-21.9</x:v>
+        <x:v>-20.64</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-17.74</x:v>
+        <x:v>-15.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>23.01</x:v>
+        <x:v>8.35</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>27.11</x:v>
+        <x:v>37.72</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>37.72</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-7.07</x:v>
+        <x:v>-3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
         <x:v>15.39</x:v>
       </x:c>
-      <x:c r="D11" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-16.16</x:v>
+        <x:v>15.39</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>-27.2</x:v>
+        <x:v>-23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>23.26</x:v>
+        <x:v>8.58</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>27.9</x:v>
+        <x:v>38.87</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>38.87</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>-6.27</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>18.44</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>20.13</x:v>
+        <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>15.64</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>9.46</x:v>
+        <x:v>16.54</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-15.29</x:v>
+        <x:v>16.54</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-26.4</x:v>
+        <x:v>-22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>