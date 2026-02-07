--- v5 (2026-01-17)
+++ v6 (2026-02-07)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R557b0eb4d5a24efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a4e9b030b33462b90dfc4a14eb6275e.psmdcp" Id="R169a77dcc5a04393" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2c9c9306add442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8154d317f50645f285ce4d2569deb9b0.psmdcp" Id="Ra8969163ca5a439a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (EUR,%)</x:t>
+    <x:t>As of 01/31/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/23/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -182,249 +185,270 @@
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2022</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee. Formerly Climate</x:t>
   </x:si>
   <x:si>
     <x:t>Change Select Investment Fund.</x:t>
   </x:si>
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (GBP,%)</x:t>
+    <x:t>As of 01/31/2026 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/21/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 01/19/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (EUR,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Climate Change Select Transition Investment Fund Class A EUR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Climate Change Select Transition Investment Fund Class A GBP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/21/2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Climate Change Select Transition Investment Fund Class A USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
-[...2 lines deleted...]
-    <x:t>Month-End as of 12/31/2025 (GBP,%)</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Climate Change Select Transition Investment Fund Class A GBP</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Climate Change Select Transition Investment Fund Class A USD</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -765,5097 +789,5223 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D90"/>
+  <x:dimension ref="A1:D93"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.54</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.61</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>9.54</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.83</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>10.56</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.63</x:v>
+        <x:v>8.83</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>10.63</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>8.39</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>8.46</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>8.39</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>8.46</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>5.89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-7.52</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-7.73</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-7.73</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-7.82</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-7.75</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>2.95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-7.82</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-7.75</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-6.31</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>6.63</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-6.31</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-9.93</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-9.86</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-9.93</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>-9.86</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-4.44</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>-4.44</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-10.98</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>-10.98</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>9.72</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>9.64</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>6.24</x:v>
+        <x:v>9.72</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-14.79</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-14.72</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>-14.79</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>-14.72</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-10.77</x:v>
+        <x:v>-5.77</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-10.69</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>-10.77</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-10.69</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.42</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.03</x:v>
+        <x:v>-4.42</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-4.1</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-4.03</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>11.41</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-10.71</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>8.54</x:v>
+        <x:v>-10.71</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>8.54</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-11.03</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>4.86</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-11.03</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>17.08</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-13.38</x:v>
+        <x:v>17.08</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-13.31</x:v>
+        <x:v>17.15</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-13.38</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>-13.31</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>-6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-8.87</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
+        <x:v>-8.87</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>-8.8</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>-2.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D52" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>23.47</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>23.72</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>3.34</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-14.04</x:v>
+        <x:v>23.47</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-13.85</x:v>
+        <x:v>23.72</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-14.51</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-14.31</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>-14.04</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-13.85</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-8.69</x:v>
+        <x:v>-14.51</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-8.49</x:v>
+        <x:v>-14.31</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-8.69</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-8.49</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-12.41</x:v>
+        <x:v>-4.55</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-12.21</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-12.41</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>-12.21</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-17.74</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-17.55</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
+        <x:v>6.06</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>6.28</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>-0.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
+        <x:v>-17.74</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>-17.55</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>-10.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C70" s="4" t="n">
+      <x:c r="C72" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D70" s="4" t="n">
+      <x:c r="D72" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A74" s="2" t="s"/>
+      <x:c r="B74" s="3" t="s"/>
+      <x:c r="C74" s="3" t="s"/>
+      <x:c r="D74" s="3" t="s"/>
     </x:row>
     <x:row r="75" spans="1:4">
-      <x:c r="A75" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A75" s="2" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-9.49</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B76" s="4" t="n">
+        <x:v>21.41</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>22.44</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>7.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
+        <x:v>-21.33</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>-20.65</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>25.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
+        <x:v>-9.49</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
+        <x:v>-8.7</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="n">
+        <x:v>18.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:4">
+      <x:c r="A79" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B76" s="4" t="n">
+      <x:c r="B79" s="4" t="n">
         <x:v>-11.45</x:v>
       </x:c>
-      <x:c r="C76" s="4" t="n">
+      <x:c r="C79" s="4" t="n">
         <x:v>-10.85</x:v>
       </x:c>
-      <x:c r="D76" s="4" t="n">
+      <x:c r="D79" s="4" t="n">
         <x:v>-9.93</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:4">
+      <x:c r="A83" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:4">
-      <x:c r="A83" s="2" t="s">
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:4">
-      <x:c r="A84" s="2" t="s">
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:4">
-      <x:c r="A85" s="2" t="s">
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:4">
-      <x:c r="A86" s="1" t="s">
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:4">
-      <x:c r="A87" s="1" t="s">
+    <x:row r="88" spans="1:4">
+      <x:c r="A88" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:4">
-      <x:c r="A88" s="1" t="s">
+    <x:row r="89" spans="1:4">
+      <x:c r="A89" s="1" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="1" t="s">
         <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:4">
+      <x:c r="A93" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D88"/>
+  <x:dimension ref="A1:D91"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>8.39</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>10.21</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>4.76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>8.99</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.06</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.35</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>11.35</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>4.74</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-6.87</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-9.16</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-9.1</x:v>
+        <x:v>-6.87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>-9.16</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-9.1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-4.99</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-4.99</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-10.37</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-10.37</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-12.31</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>4.99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>10.05</x:v>
+        <x:v>-12.31</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-14.39</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-14.32</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-4.61</x:v>
+        <x:v>-14.39</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-14.32</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-10.85</x:v>
+        <x:v>-4.61</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-10.85</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>11.02</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-8.5</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-8.42</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>-8.5</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>-8.42</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-9.75</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-9.68</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-9.75</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>-9.68</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>14.12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>14.19</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-12.46</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-12.39</x:v>
+        <x:v>14.19</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>6.77</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>-12.39</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>5.87</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>-0.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
-      <x:c r="C51" s="4" t="n">
+      <x:c r="C52" s="4" t="n">
         <x:v>-2.48</x:v>
       </x:c>
-      <x:c r="D51" s="4" t="n">
+      <x:c r="D52" s="4" t="n">
         <x:v>-1.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="54" spans="1:4">
-      <x:c r="A54" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A54" s="2" t="s"/>
+      <x:c r="B54" s="3" t="s"/>
+      <x:c r="C54" s="3" t="s"/>
+      <x:c r="D54" s="3" t="s"/>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>25.52</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>25.77</x:v>
+        <x:v>8.39</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>8.64</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-13.05</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-12.85</x:v>
+        <x:v>25.77</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>9.55</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-15.05</x:v>
+        <x:v>8.41</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-14.86</x:v>
+        <x:v>8.64</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-13.05</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>-12.85</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-9.51</x:v>
+        <x:v>-15.05</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-9.31</x:v>
+        <x:v>-14.86</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-5.73</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>9.13</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-9.51</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-9.31</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-11.67</x:v>
+        <x:v>-5.73</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-11.47</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>9.13</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>6.31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>-11.67</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>-11.47</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>4.39</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>2.22</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>1.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B69" s="4" t="n">
+        <x:v>8.14</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>8.37</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>1.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B70" s="4" t="n">
         <x:v>-9.7</x:v>
       </x:c>
-      <x:c r="C68" s="4" t="n">
+      <x:c r="C70" s="4" t="n">
         <x:v>-9.55</x:v>
       </x:c>
-      <x:c r="D68" s="4" t="n">
+      <x:c r="D70" s="4" t="n">
         <x:v>-6.56</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="72" spans="1:4">
-      <x:c r="A72" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A72" s="2" t="s"/>
+      <x:c r="B72" s="3" t="s"/>
+      <x:c r="C72" s="3" t="s"/>
+      <x:c r="D72" s="3" t="s"/>
     </x:row>
     <x:row r="73" spans="1:4">
-      <x:c r="A73" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A73" s="2" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-11.5</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-10.72</x:v>
+        <x:v>8.39</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>15.31</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B74" s="4" t="n">
+        <x:v>27.9</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>28.98</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>13.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B75" s="4" t="n">
+        <x:v>-24.79</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
+        <x:v>-24.13</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="n">
+        <x:v>19.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B76" s="4" t="n">
+        <x:v>-11.5</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>-10.72</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>15.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B74" s="4" t="n">
+      <x:c r="B77" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
-      <x:c r="C74" s="4" t="n">
+      <x:c r="C77" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
-      <x:c r="D74" s="4" t="n">
+      <x:c r="D77" s="4" t="n">
         <x:v>-3.51</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:4">
+      <x:c r="A81" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row r="81" spans="1:4">
-      <x:c r="A81" s="2" t="s">
+    <x:row r="82" spans="1:4">
+      <x:c r="A82" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
-    <x:row r="82" spans="1:4">
-      <x:c r="A82" s="2" t="s">
+    <x:row r="83" spans="1:4">
+      <x:c r="A83" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:4">
-      <x:c r="A83" s="2" t="s">
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:4">
-      <x:c r="A84" s="1" t="s">
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:4">
-      <x:c r="A85" s="1" t="s">
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:4">
-      <x:c r="A86" s="1" t="s">
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="1" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:4">
+      <x:c r="A89" s="1" t="s">
         <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:4">
+      <x:c r="A90" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D75"/>
+  <x:dimension ref="A1:D78"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-4.46</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>-4.46</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-9.66</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>-9.66</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-8.44</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-8.44</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-10.99</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>-10.99</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-5.58</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-12.86</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-12.8</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>11.19</x:v>
+        <x:v>-12.86</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>-12.8</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-14.74</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-14.67</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-14.74</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>-14.67</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-12.02</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-11.94</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-12.02</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>-11.94</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>-2.81</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>-5.05</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-4.98</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>-2.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C43" s="4" t="n">
         <x:v>6.03</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D43" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>23.01</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>23.26</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>8.35</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>15.43</x:v>
+        <x:v>8.58</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-10.11</x:v>
+        <x:v>23.26</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-20.46</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-20.27</x:v>
+        <x:v>15.43</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>9.74</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>-10.11</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-9.38</x:v>
+        <x:v>-20.46</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>-20.27</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-6.69</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-6.49</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>-9.38</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-15.13</x:v>
+        <x:v>-6.69</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-14.93</x:v>
+        <x:v>-6.49</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
+        <x:v>-15.13</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>-14.93</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>-3.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>6.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
         <x:v>-1.05</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-0.88</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>3.47</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B59" s="4" t="n">
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>9.96</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>10.03</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>2.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
         <x:v>37.72</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>38.87</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="n">
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B60" s="4" t="n">
+      <x:c r="B63" s="4" t="n">
         <x:v>-26.19</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>-25.54</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>17.49</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:4">
-      <x:c r="A61" s="2" t="n">
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B61" s="4" t="n">
+      <x:c r="B64" s="4" t="n">
         <x:v>-12.55</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="n">
+      <x:c r="C64" s="4" t="n">
         <x:v>-11.83</x:v>
       </x:c>
-      <x:c r="D61" s="4" t="n">
+      <x:c r="D64" s="4" t="n">
         <x:v>17.84</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:4">
-      <x:c r="A68" s="2" t="s">
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:4">
-      <x:c r="A69" s="2" t="s">
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:4">
-      <x:c r="A70" s="2" t="s">
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:4">
-      <x:c r="A71" s="1" t="s">
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:4">
-      <x:c r="A72" s="1" t="s">
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:4">
-      <x:c r="A73" s="1" t="s">
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="1" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="1" t="s">
         <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="1" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>21.41</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>21.41</x:v>
+        <x:v>30.09</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-4.74</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-6.83</x:v>
+        <x:v>-4.58</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>16.86</x:v>
+        <x:v>15.49</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.09</x:v>
+        <x:v>10.32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>13.55</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>13.55</x:v>
+        <x:v>23.59</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-21.6</x:v>
+        <x:v>-20.91</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-16.92</x:v>
+        <x:v>-14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.43</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>22.44</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>22.44</x:v>
+        <x:v>31.18</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-3.91</x:v>
+        <x:v>-4.61</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-6.03</x:v>
+        <x:v>-3.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>16.86</x:v>
+        <x:v>15.49</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.09</x:v>
+        <x:v>10.32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>14.57</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>14.57</x:v>
+        <x:v>24.68</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-20.78</x:v>
+        <x:v>-20.1</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-16.12</x:v>
+        <x:v>-14.08</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.190625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>27.9</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>27.9</x:v>
+        <x:v>34.68</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-5.22</x:v>
+        <x:v>-5.97</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-4.36</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.91</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.91</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>16.24</x:v>
+        <x:v>14.82</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.91</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>13.99</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>13.99</x:v>
+        <x:v>24.32</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-21.46</x:v>
+        <x:v>-20.8</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-16.27</x:v>
+        <x:v>-14.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>8.39</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.32</x:v>
+        <x:v>8.39</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>28.98</x:v>
+        <x:v>8.39</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>28.98</x:v>
+        <x:v>35.81</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-4.4</x:v>
+        <x:v>-5.16</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.91</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.91</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>16.24</x:v>
+        <x:v>14.82</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.91</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>15.07</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>15.07</x:v>
+        <x:v>25.45</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-20.64</x:v>
+        <x:v>-19.98</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-15.44</x:v>
+        <x:v>-13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.35</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>37.72</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>37.72</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>48.56</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>-2.66</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-3.91</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>22.34</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>21.87</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>19.05</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>19.57</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>15.39</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>15.39</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>26.68</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>-21.72</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-23.48</x:v>
+        <x:v>-20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.58</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>38.87</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>38.87</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>49.79</x:v>
+      </x:c>
+      <x:c r="G17" s="4" t="n">
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>22.34</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>21.87</x:v>
+      </x:c>
+      <x:c r="G18" s="4" t="n">
+        <x:v>19.05</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>19.57</x:v>
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.28</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>16.54</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>16.54</x:v>
-[...2 lines deleted...]
-        <x:v>102</x:v>
+        <x:v>27.92</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>-20.88</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-22.65</x:v>
+        <x:v>-20.01</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>21.41</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>21.41</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-4.74</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-6.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>16.86</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>4.86</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-21.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>22.44</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>22.44</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-3.91</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>16.86</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>5.09</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.57</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>14.57</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-20.78</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.190625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>27.9</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>27.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-5.22</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-4.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>16.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>4.71</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>13.99</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>13.99</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-21.46</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-16.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.32</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>28.98</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>28.98</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-4.4</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>16.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>4.94</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>15.07</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>15.07</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-20.64</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-15.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.35</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>37.72</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>37.72</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>5.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>15.39</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>15.39</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.58</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>38.87</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>38.87</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>5.28</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>16.54</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>16.54</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>