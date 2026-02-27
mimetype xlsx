--- v6 (2026-02-07)
+++ v7 (2026-02-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2c9c9306add442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8154d317f50645f285ce4d2569deb9b0.psmdcp" Id="Ra8969163ca5a439a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63e8d3ef7b6445b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58a60258b5d44e0d9b8cc7cfe3c5e186.psmdcp" Id="Rd26197fc253d4f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>