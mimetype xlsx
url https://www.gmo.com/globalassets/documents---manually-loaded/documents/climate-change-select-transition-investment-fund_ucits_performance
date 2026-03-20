--- v7 (2026-02-27)
+++ v8 (2026-03-20)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63e8d3ef7b6445b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58a60258b5d44e0d9b8cc7cfe3c5e186.psmdcp" Id="Rd26197fc253d4f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec861bc300b44b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ee86f81909c439a83e49fb0ffe2921c.psmdcp" Id="Rf384f05e532949be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="EUR Class A_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="GBP Class A_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="EUR Class A_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class A_Month-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class A_Month-End" sheetId="7" r:id="rId7"/>
     <x:sheet name="EUR Class A_Quarter-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="GBP Class A_Quarter-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="10" r:id="rId10"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="128">
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | EUR Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (EUR,%)</x:t>
+    <x:t>As of 02/28/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 03/23/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -281,147 +284,147 @@
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | GBP Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (GBP,%)</x:t>
+    <x:t>As of 02/28/2026 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/21/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Climate Change Select Transition Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 01/19/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Select Transition Investment Fund Class A EUR</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2022</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (GBP,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in GBP as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (GBP,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Select Transition Investment Fund Class A GBP</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 01/31/2026</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 02/28/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Select Transition Investment Fund Class A USD</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in GBP as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
@@ -789,5223 +792,5262 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D93"/>
+  <x:dimension ref="A1:D94"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.09</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.05</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.54</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.61</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>9.54</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8.83</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>10.56</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>10.63</x:v>
+        <x:v>8.83</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>10.63</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>8.39</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>8.46</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-5.44</x:v>
+        <x:v>8.39</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-5.37</x:v>
+        <x:v>8.46</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>5.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-5.44</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-5.37</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-7.52</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-7.79</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.73</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-7.79</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-7.73</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-7.82</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-7.75</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>2.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-7.82</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-7.75</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-6.31</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-6.23</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>6.63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-6.31</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-6.23</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-9.93</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-9.86</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>-9.93</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>6.16</x:v>
+        <x:v>-9.86</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>3.55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-4.44</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>2.49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>-4.44</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>5.59</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-10.98</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>-10.98</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>9.72</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>9.64</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.24</x:v>
+        <x:v>9.72</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-14.79</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-14.72</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>5.82</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>-14.79</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>-14.72</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-10.77</x:v>
+        <x:v>-5.77</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-10.69</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>-10.77</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-10.69</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.57</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.39</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.42</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.03</x:v>
+        <x:v>-4.42</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-4.1</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-4.03</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>11.41</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-10.71</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-7.32</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>8.54</x:v>
+        <x:v>-10.71</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-7.32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>8.47</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>8.54</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-11.03</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-7.18</x:v>
+        <x:v>4.86</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-11.03</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>17.08</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>9.69</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-13.38</x:v>
+        <x:v>17.08</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-13.31</x:v>
+        <x:v>17.15</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-6.17</x:v>
+        <x:v>9.69</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-13.38</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>-13.31</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>-6.17</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-8.87</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.97</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>-8.87</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-8.8</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>-2.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C54" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D54" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A56" s="2" t="s"/>
+      <x:c r="B56" s="3" t="s"/>
+      <x:c r="C56" s="3" t="s"/>
+      <x:c r="D56" s="3" t="s"/>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>12.74</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>8.43</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>23.47</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>23.72</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>7.52</x:v>
+        <x:v>3.34</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>23.47</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>23.72</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>7.52</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-14.04</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-13.85</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-5.41</x:v>
+        <x:v>2.63</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-14.51</x:v>
+        <x:v>-14.04</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-14.31</x:v>
+        <x:v>-13.85</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>6.71</x:v>
+        <x:v>-5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>-14.51</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-14.31</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>6.71</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-8.69</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-8.49</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>2.38</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-4.55</x:v>
+        <x:v>-8.69</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-4.35</x:v>
+        <x:v>-8.49</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>10.61</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-4.55</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-4.35</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>10.61</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-12.41</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-12.21</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-12.41</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-12.21</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>5.73</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-17.74</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-17.55</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-10.24</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
+        <x:v>-17.74</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>-17.55</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>-10.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
-      <x:c r="C72" s="4" t="n">
+      <x:c r="C73" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
-      <x:c r="D72" s="4" t="n">
+      <x:c r="D73" s="4" t="n">
         <x:v>0.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="75" spans="1:4">
-      <x:c r="A75" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A75" s="2" t="s"/>
+      <x:c r="B75" s="3" t="s"/>
+      <x:c r="C75" s="3" t="s"/>
+      <x:c r="D75" s="3" t="s"/>
     </x:row>
     <x:row r="76" spans="1:4">
-      <x:c r="A76" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A76" s="2" t="s">
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>21.41</x:v>
+        <x:v>12.74</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>22.44</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>7.86</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-21.33</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-20.65</x:v>
+        <x:v>22.44</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>25.33</x:v>
+        <x:v>7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-9.49</x:v>
+        <x:v>-21.33</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>-20.65</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>25.33</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B79" s="4" t="n">
+        <x:v>-9.49</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="n">
+        <x:v>-8.7</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="n">
+        <x:v>18.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:4">
+      <x:c r="A80" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B79" s="4" t="n">
+      <x:c r="B80" s="4" t="n">
         <x:v>-11.45</x:v>
       </x:c>
-      <x:c r="C79" s="4" t="n">
+      <x:c r="C80" s="4" t="n">
         <x:v>-10.85</x:v>
       </x:c>
-      <x:c r="D79" s="4" t="n">
+      <x:c r="D80" s="4" t="n">
         <x:v>-9.93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
-      <x:c r="A86" s="2" t="s">
+      <x:c r="A86" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="1" t="s">
+      <x:c r="A89" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
-      <x:c r="A92" s="2" t="s">
+      <x:c r="A92" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
-      <x:c r="A93" s="1" t="s">
+      <x:c r="A93" s="2" t="s">
         <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:4">
+      <x:c r="A94" s="1" t="s">
+        <x:v>84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D91"/>
+  <x:dimension ref="A1:D92"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>8.39</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>8.39</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>10.21</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.76</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>4.76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>8.99</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.06</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>11.35</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>11.35</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>4.96</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>4.74</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.94</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.87</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-9.16</x:v>
+        <x:v>-6.94</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-9.1</x:v>
+        <x:v>-6.87</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>-9.16</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-9.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-5.06</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-4.99</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-5.06</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-4.99</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-10.37</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-10.37</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-12.31</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-12.24</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>4.99</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>10.05</x:v>
+        <x:v>-12.31</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>10.13</x:v>
+        <x:v>-12.24</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-14.39</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-14.32</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-4.61</x:v>
+        <x:v>-14.39</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-14.32</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-10.85</x:v>
+        <x:v>-4.61</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-10.78</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-10.85</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>-10.78</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>2.43</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-4.68</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>11.02</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-8.5</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-8.42</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-4.89</x:v>
+        <x:v>4.71</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>-8.5</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>-8.42</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4.43</x:v>
+        <x:v>-4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-9.75</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-9.68</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-9.75</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>-9.68</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>14.12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>14.19</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-12.46</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-12.39</x:v>
+        <x:v>14.19</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-4.97</x:v>
+        <x:v>6.77</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.79</x:v>
+        <x:v>-12.46</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>-12.39</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-4.97</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>5.87</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>-0.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
-      <x:c r="C52" s="4" t="n">
+      <x:c r="C53" s="4" t="n">
         <x:v>-2.48</x:v>
       </x:c>
-      <x:c r="D52" s="4" t="n">
+      <x:c r="D53" s="4" t="n">
         <x:v>-1.41</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A55" s="2" t="s"/>
+      <x:c r="B55" s="3" t="s"/>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>13.38</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>8.32</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>25.52</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>25.77</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>9.55</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>8.64</x:v>
+        <x:v>25.77</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>9.55</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-13.05</x:v>
+        <x:v>8.41</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-12.85</x:v>
+        <x:v>8.64</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>5.05</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-15.05</x:v>
+        <x:v>-13.05</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-14.86</x:v>
+        <x:v>-12.85</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-15.05</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>-14.86</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-9.51</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-9.31</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-5.73</x:v>
+        <x:v>-9.51</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-5.52</x:v>
+        <x:v>-9.31</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>9.13</x:v>
+        <x:v>2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.73</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-5.52</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>9.13</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-11.67</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-11.47</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>6.31</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-11.67</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-11.47</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>3.26</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>4.39</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>8.37</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
+        <x:v>8.14</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>8.37</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>1.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
         <x:v>-9.7</x:v>
       </x:c>
-      <x:c r="C70" s="4" t="n">
+      <x:c r="C71" s="4" t="n">
         <x:v>-9.55</x:v>
       </x:c>
-      <x:c r="D70" s="4" t="n">
+      <x:c r="D71" s="4" t="n">
         <x:v>-6.56</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="73" spans="1:4">
-      <x:c r="A73" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A73" s="2" t="s"/>
+      <x:c r="B73" s="3" t="s"/>
+      <x:c r="C73" s="3" t="s"/>
+      <x:c r="D73" s="3" t="s"/>
     </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A74" s="2" t="s">
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>27.9</x:v>
+        <x:v>13.38</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>28.98</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>13.91</x:v>
+        <x:v>4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-24.79</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-24.13</x:v>
+        <x:v>28.98</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>19.59</x:v>
+        <x:v>13.91</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-11.5</x:v>
+        <x:v>-24.79</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-10.72</x:v>
+        <x:v>-24.13</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>15.31</x:v>
+        <x:v>19.59</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
+        <x:v>-11.5</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>-10.72</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>15.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B77" s="4" t="n">
+      <x:c r="B78" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
-      <x:c r="C77" s="4" t="n">
+      <x:c r="C78" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
-      <x:c r="D77" s="4" t="n">
+      <x:c r="D78" s="4" t="n">
         <x:v>-3.51</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
-      <x:c r="A84" s="2" t="s">
+      <x:c r="A84" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
-      <x:c r="A87" s="1" t="s">
+      <x:c r="A87" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
-      <x:c r="A90" s="2" t="s">
+      <x:c r="A90" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
-      <x:c r="A91" s="1" t="s">
+      <x:c r="A91" s="2" t="s">
         <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="1" t="s">
+        <x:v>84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D78"/>
+  <x:dimension ref="A1:D79"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.03</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>10.03</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.55</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.05</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4.49</x:v>
+        <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>7.05</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-4.46</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>-4.46</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-7.84</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>-7.84</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-9.66</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-9.59</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>-9.66</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>-9.59</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-8.44</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-8.44</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>-8.37</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-11.06</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-10.99</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>7.92</x:v>
+        <x:v>-11.06</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.99</x:v>
+        <x:v>-10.99</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.36</x:v>
+        <x:v>-5.58</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>5.36</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-12.86</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-12.8</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>11.19</x:v>
+        <x:v>-12.86</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>-12.8</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>9.24</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-14.74</x:v>
+        <x:v>9.24</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-14.67</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-8.11</x:v>
+        <x:v>-14.74</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-8.04</x:v>
+        <x:v>-14.67</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-12.02</x:v>
+        <x:v>-8.11</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-11.94</x:v>
+        <x:v>-8.04</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-12.02</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>-11.94</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.33</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>5.81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-3.33</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>-2.81</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-4.98</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
+        <x:v>-5.05</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>-4.98</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>-2.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C43" s="4" t="n">
+      <x:c r="C44" s="4" t="n">
         <x:v>6.03</x:v>
       </x:c>
-      <x:c r="D43" s="4" t="n">
+      <x:c r="D44" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A46" s="2" t="s"/>
+      <x:c r="B46" s="3" t="s"/>
+      <x:c r="C46" s="3" t="s"/>
+      <x:c r="D46" s="3" t="s"/>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>8.35</x:v>
+        <x:v>13.33</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>8.58</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>23.01</x:v>
+        <x:v>8.35</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>23.26</x:v>
+        <x:v>8.58</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>15.43</x:v>
+        <x:v>23.26</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-10.11</x:v>
+        <x:v>15.43</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-20.46</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-20.27</x:v>
+        <x:v>-10.11</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>9.74</x:v>
+        <x:v>-20.46</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>-20.27</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>6.61</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-9.38</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-9.17</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>6.61</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-6.69</x:v>
+        <x:v>-9.38</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-6.49</x:v>
+        <x:v>-9.17</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>2.92</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>-6.69</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>-6.49</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-15.13</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-14.93</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>11.03</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>-15.13</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>-14.93</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>6.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
         <x:v>-1.05</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>-0.88</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>3.47</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="3" t="s"/>
+      <x:c r="C61" s="3" t="s"/>
+      <x:c r="D61" s="3" t="s"/>
     </x:row>
     <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A62" s="2" t="s">
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>37.72</x:v>
+        <x:v>13.33</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>38.87</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>22.34</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-26.19</x:v>
+        <x:v>37.72</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-25.54</x:v>
+        <x:v>38.87</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>17.49</x:v>
+        <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>-26.19</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>-25.54</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>17.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B64" s="4" t="n">
+      <x:c r="B65" s="4" t="n">
         <x:v>-12.55</x:v>
       </x:c>
-      <x:c r="C64" s="4" t="n">
+      <x:c r="C65" s="4" t="n">
         <x:v>-11.83</x:v>
       </x:c>
-      <x:c r="D64" s="4" t="n">
+      <x:c r="D65" s="4" t="n">
         <x:v>17.84</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
-      <x:c r="A71" s="2" t="s">
+      <x:c r="A71" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="1" t="s">
+      <x:c r="A74" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
-      <x:c r="A77" s="2" t="s">
+      <x:c r="A77" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="1" t="s">
+      <x:c r="A78" s="2" t="s">
         <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:4">
+      <x:c r="A79" s="1" t="s">
+        <x:v>84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>12.74</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.01</x:v>
+        <x:v>12.74</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>30.09</x:v>
+        <x:v>45.9</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-4.58</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.32</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.36</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.36</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.36</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>23.59</x:v>
+        <x:v>36.51</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-20.91</x:v>
+        <x:v>-20.07</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-14.9</x:v>
+        <x:v>-14.36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>9.09</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9.09</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>9.09</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>31.18</x:v>
+        <x:v>47.11</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-4.61</x:v>
+        <x:v>-2.76</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>-2.84</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>15.49</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.32</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>7.44</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7.44</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.44</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>24.68</x:v>
+        <x:v>37.73</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-20.1</x:v>
+        <x:v>-19.24</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-14.08</x:v>
+        <x:v>-13.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.190625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>13.38</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>13.38</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>34.68</x:v>
+        <x:v>55.21</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-5.97</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>10.35</x:v>
+        <x:v>16.31</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>16.58</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>12.61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>9.05</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>9.05</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>24.32</x:v>
+        <x:v>38.9</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-20.8</x:v>
+        <x:v>-20.24</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-14.12</x:v>
+        <x:v>-13.63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.39</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.39</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>8.39</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>35.81</x:v>
+        <x:v>56.49</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-5.16</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>10.35</x:v>
+        <x:v>16.31</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>16.58</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>12.61</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.46</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>25.45</x:v>
+        <x:v>40.18</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-19.98</x:v>
+        <x:v>-19.41</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-13.28</x:v>
+        <x:v>-12.77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>13.33</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.96</x:v>
+        <x:v>13.33</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>48.56</x:v>
+        <x:v>66.25</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-2.66</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>24.19</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.72</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.99</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>26.68</x:v>
+        <x:v>42.07</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-21.72</x:v>
+        <x:v>-20.69</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>-20.87</x:v>
+        <x:v>-19.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>10.03</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>10.03</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.03</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>49.79</x:v>
+        <x:v>67.62</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>24.19</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>19.05</x:v>
+        <x:v>20.72</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.06</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>27.92</x:v>
+        <x:v>43.43</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-20.88</x:v>
+        <x:v>-19.83</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-20.01</x:v>
+        <x:v>-18.97</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>21.41</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>21.41</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-4.74</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-6.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>16.86</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>4.86</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-21.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>22.44</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>22.44</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-3.91</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-6.03</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>7.86</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>16.86</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>5.09</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>14.57</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>14.57</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-20.78</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.190625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>27.9</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>27.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-5.22</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-4.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.38</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>16.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>4.71</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>13.99</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>13.99</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-21.46</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-16.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.32</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>28.98</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>28.98</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-4.4</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.38</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>13.91</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>16.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>4.94</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>15.07</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>15.07</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-20.64</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-15.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>8.35</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>37.72</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>37.72</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>5.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>15.39</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>15.39</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-23.48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>8.58</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>38.87</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>38.87</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>19.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>5.28</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>16.54</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>16.54</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-22.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>