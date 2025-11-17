--- v0 (2025-10-06)
+++ v1 (2025-11-17)
@@ -1,82 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_06\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D469F889-AEB2-4A6E-AB97-74E4248FD73E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{147B95FF-7AE4-42EC-A9F2-56C2F1B508C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="780" yWindow="780" windowWidth="11520" windowHeight="8325" xr2:uid="{868943A4-452A-44A5-BBBE-884971EF9C99}"/>
+    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{ED113D0C-FFFC-4333-B82F-718AA8971F67}"/>
   </bookViews>
   <sheets>
-    <sheet name="June" sheetId="1" r:id="rId1"/>
+    <sheet name="September" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1359" uniqueCount="560">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1398" uniqueCount="578">
   <si>
     <t>GMO Climate Change Select Transition Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -175,1310 +178,1313 @@
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>BRL</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>CADTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CAD)</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CAD</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
-    <t>CHFTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (CHF)</t>
+    <t>CNHTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (CNH)</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>CNH</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>EURTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (EUR)</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>EU</t>
+  </si>
+  <si>
+    <t>ILSTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (ILS)</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>ILS</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>JPYTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (JPY)</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>KRWTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (KRW)</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>KRW</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>MXNTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (MXN)</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>MXN</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>NOKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (NOK)</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>001084102</t>
+  </si>
+  <si>
+    <t>Agco Corp</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2010278</t>
+  </si>
+  <si>
+    <t>AGCO</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US0010841023</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>00770K202</t>
+  </si>
+  <si>
+    <t>Aemetis Inc</t>
+  </si>
+  <si>
+    <t>B9KR326</t>
+  </si>
+  <si>
+    <t>AMTX</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>US00770K2024</t>
+  </si>
+  <si>
+    <t>XNMS</t>
+  </si>
+  <si>
+    <t>00790R104</t>
+  </si>
+  <si>
+    <t>Advanced Drainage Systems In</t>
+  </si>
+  <si>
+    <t>BP7RS59</t>
+  </si>
+  <si>
+    <t>WMS</t>
+  </si>
+  <si>
+    <t>US00790R1041</t>
+  </si>
+  <si>
+    <t>012653101</t>
+  </si>
+  <si>
+    <t>Albemarle Corp</t>
+  </si>
+  <si>
+    <t>2046853</t>
+  </si>
+  <si>
+    <t>ALB</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>US0126531013</t>
+  </si>
+  <si>
+    <t>013872106</t>
+  </si>
+  <si>
+    <t>Alcoa Corp</t>
+  </si>
+  <si>
+    <t>BYNF418</t>
+  </si>
+  <si>
+    <t>AA</t>
+  </si>
+  <si>
+    <t>US0138721065</t>
+  </si>
+  <si>
+    <t>02361E108</t>
+  </si>
+  <si>
+    <t>Ameresco Inc-Cl A</t>
+  </si>
+  <si>
+    <t>B3SWPT2</t>
+  </si>
+  <si>
+    <t>AMRC</t>
+  </si>
+  <si>
+    <t>US02361E1082</t>
+  </si>
+  <si>
+    <t>04271T100</t>
+  </si>
+  <si>
+    <t>Array Technologies Inc</t>
+  </si>
+  <si>
+    <t>BLBLMD5</t>
+  </si>
+  <si>
+    <t>ARRY</t>
+  </si>
+  <si>
+    <t>US04271T1007</t>
+  </si>
+  <si>
+    <t>054540208</t>
+  </si>
+  <si>
+    <t>Axcelis Technologies Inc</t>
+  </si>
+  <si>
+    <t>BD420Q8</t>
+  </si>
+  <si>
+    <t>ACLS</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0545402085</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>099724106</t>
+  </si>
+  <si>
+    <t>Borgwarner Inc</t>
+  </si>
+  <si>
+    <t>2111955</t>
+  </si>
+  <si>
+    <t>BWA</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0997241064</t>
+  </si>
+  <si>
+    <t>14448C104</t>
+  </si>
+  <si>
+    <t>Carrier Global Corp</t>
+  </si>
+  <si>
+    <t>BK4N0D7</t>
+  </si>
+  <si>
+    <t>CARR</t>
+  </si>
+  <si>
+    <t>US14448C1045</t>
+  </si>
+  <si>
+    <t>184499101</t>
+  </si>
+  <si>
+    <t>Clean Energy Fuels Corp</t>
+  </si>
+  <si>
+    <t>B1Y1PC2</t>
+  </si>
+  <si>
+    <t>CLNE</t>
+  </si>
+  <si>
+    <t>US1844991018</t>
+  </si>
+  <si>
+    <t>209115104</t>
+  </si>
+  <si>
+    <t>Consolidated Edison Inc</t>
+  </si>
+  <si>
+    <t>2216850</t>
+  </si>
+  <si>
+    <t>ED</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>US2091151041</t>
+  </si>
+  <si>
+    <t>22052L104</t>
+  </si>
+  <si>
+    <t>Corteva Inc</t>
+  </si>
+  <si>
+    <t>BK73B42</t>
+  </si>
+  <si>
+    <t>CTVA</t>
+  </si>
+  <si>
+    <t>US22052L1044</t>
+  </si>
+  <si>
+    <t>2347608</t>
+  </si>
+  <si>
+    <t>First Quantum Minerals Ltd</t>
+  </si>
+  <si>
+    <t>FM</t>
+  </si>
+  <si>
+    <t>CA3359341052</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>335934105</t>
+  </si>
+  <si>
+    <t>237266101</t>
+  </si>
+  <si>
+    <t>Darling Ingredients Inc</t>
+  </si>
+  <si>
+    <t>2250289</t>
+  </si>
+  <si>
+    <t>DAR</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>US2372661015</t>
+  </si>
+  <si>
+    <t>244199105</t>
+  </si>
+  <si>
+    <t>Deere &amp; Co</t>
+  </si>
+  <si>
+    <t>2261203</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>US2441991054</t>
+  </si>
+  <si>
+    <t>281020107</t>
+  </si>
+  <si>
+    <t>Edison International</t>
+  </si>
+  <si>
+    <t>2829515</t>
+  </si>
+  <si>
+    <t>EIX</t>
+  </si>
+  <si>
+    <t>US2810201077</t>
+  </si>
+  <si>
+    <t>29275Y102</t>
+  </si>
+  <si>
+    <t>Enersys</t>
+  </si>
+  <si>
+    <t>B020GQ5</t>
+  </si>
+  <si>
+    <t>ENS</t>
+  </si>
+  <si>
+    <t>US29275Y1029</t>
+  </si>
+  <si>
+    <t>30161N101</t>
+  </si>
+  <si>
+    <t>Exelon Corp</t>
+  </si>
+  <si>
+    <t>2670519</t>
+  </si>
+  <si>
+    <t>EXC</t>
+  </si>
+  <si>
+    <t>US30161N1019</t>
+  </si>
+  <si>
+    <t>336433107</t>
+  </si>
+  <si>
+    <t>First Solar Inc</t>
+  </si>
+  <si>
+    <t>B1HMF22</t>
+  </si>
+  <si>
+    <t>FSLR</t>
+  </si>
+  <si>
+    <t>US3364331070</t>
+  </si>
+  <si>
+    <t>374396406</t>
+  </si>
+  <si>
+    <t>Gevo Inc</t>
+  </si>
+  <si>
+    <t>BGDLVV9</t>
+  </si>
+  <si>
+    <t>GEVO</t>
+  </si>
+  <si>
+    <t>US3743964062</t>
+  </si>
+  <si>
+    <t>XNCM</t>
+  </si>
+  <si>
+    <t>384313607</t>
+  </si>
+  <si>
+    <t>Graftech International Ltd</t>
+  </si>
+  <si>
+    <t>BV6G2Q8</t>
+  </si>
+  <si>
+    <t>EAF</t>
+  </si>
+  <si>
+    <t>US3843136074</t>
+  </si>
+  <si>
+    <t>393222104</t>
+  </si>
+  <si>
+    <t>Green Plains Inc</t>
+  </si>
+  <si>
+    <t>B11FJD6</t>
+  </si>
+  <si>
+    <t>GPRE</t>
+  </si>
+  <si>
+    <t>US3932221043</t>
+  </si>
+  <si>
+    <t>4031879</t>
+  </si>
+  <si>
+    <t>Veolia Environnement</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>VIE</t>
+  </si>
+  <si>
+    <t>FR0000124141</t>
+  </si>
+  <si>
+    <t>XPAR</t>
+  </si>
+  <si>
+    <t>4103596</t>
+  </si>
+  <si>
+    <t>Edp Sa</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>EDP</t>
+  </si>
+  <si>
+    <t>PTEDP0AM0009</t>
+  </si>
+  <si>
+    <t>XLIS</t>
+  </si>
+  <si>
+    <t>443510607</t>
+  </si>
+  <si>
+    <t>Hubbell Inc</t>
+  </si>
+  <si>
+    <t>BDFG6S3</t>
+  </si>
+  <si>
+    <t>HUBB</t>
+  </si>
+  <si>
+    <t>US4435106079</t>
+  </si>
+  <si>
+    <t>4491235</t>
+  </si>
+  <si>
+    <t>Kingspan Group Plc</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>IE</t>
+  </si>
+  <si>
+    <t>KSP</t>
+  </si>
+  <si>
+    <t>IE0004927939</t>
+  </si>
+  <si>
+    <t>XDUB</t>
+  </si>
+  <si>
+    <t>4513612</t>
+  </si>
+  <si>
+    <t>Kemira Oyj</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>KEMIRA</t>
+  </si>
+  <si>
+    <t>FI0009004824</t>
+  </si>
+  <si>
+    <t>XHEL</t>
+  </si>
+  <si>
+    <t>465741106</t>
+  </si>
+  <si>
+    <t>Itron Inc</t>
+  </si>
+  <si>
+    <t>2471949</t>
+  </si>
+  <si>
+    <t>ITRI</t>
+  </si>
+  <si>
+    <t>US4657411066</t>
+  </si>
+  <si>
+    <t>4834108</t>
+  </si>
+  <si>
+    <t>Schneider Electric Se</t>
+  </si>
+  <si>
+    <t>SU</t>
+  </si>
+  <si>
+    <t>FR0000121972</t>
+  </si>
+  <si>
+    <t>4942904</t>
+  </si>
+  <si>
+    <t>E.on Se</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>EOAN</t>
+  </si>
+  <si>
+    <t>DE000ENAG999</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
+    <t>5271782</t>
+  </si>
+  <si>
+    <t>Endesa Sa</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>ELE</t>
+  </si>
+  <si>
+    <t>ES0130670112</t>
+  </si>
+  <si>
+    <t>XMAD</t>
+  </si>
+  <si>
+    <t>5337093</t>
+  </si>
+  <si>
+    <t>Erg Spa</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>ERG</t>
+  </si>
+  <si>
+    <t>IT0001157020</t>
+  </si>
+  <si>
+    <t>MTAA</t>
+  </si>
+  <si>
+    <t>5579107</t>
+  </si>
+  <si>
+    <t>Acciona Sa</t>
+  </si>
+  <si>
+    <t>ANA</t>
+  </si>
+  <si>
+    <t>ES0125220311</t>
+  </si>
+  <si>
+    <t>5769209</t>
+  </si>
+  <si>
+    <t>Arcadis Nv</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>ARCAD</t>
+  </si>
+  <si>
+    <t>NL0006237562</t>
+  </si>
+  <si>
+    <t>XAMS</t>
+  </si>
+  <si>
+    <t>5889505</t>
+  </si>
+  <si>
+    <t>Infineon Technologies Ag</t>
+  </si>
+  <si>
+    <t>IFX</t>
+  </si>
+  <si>
+    <t>DE0006231004</t>
+  </si>
+  <si>
+    <t>5962343</t>
+  </si>
+  <si>
+    <t>Stmicroelectronics Nv</t>
+  </si>
+  <si>
+    <t>STMMI</t>
+  </si>
+  <si>
+    <t>NL0000226223</t>
+  </si>
+  <si>
+    <t>6250724</t>
+  </si>
+  <si>
+    <t>Daikin Industries Ltd</t>
+  </si>
+  <si>
+    <t>6367</t>
+  </si>
+  <si>
+    <t>JP3481800005</t>
+  </si>
+  <si>
+    <t>XTKS</t>
+  </si>
+  <si>
+    <t>6346913</t>
+  </si>
+  <si>
+    <t>Lg Chem Ltd</t>
+  </si>
+  <si>
+    <t>051910</t>
+  </si>
+  <si>
+    <t>KR7051910008</t>
+  </si>
+  <si>
+    <t>XKRX</t>
+  </si>
+  <si>
+    <t>6439567</t>
+  </si>
+  <si>
+    <t>Igo Ltd</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>AUD</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>IGO</t>
+  </si>
+  <si>
+    <t>AU000000IGO4</t>
+  </si>
+  <si>
+    <t>XASX</t>
+  </si>
+  <si>
+    <t>6483489</t>
+  </si>
+  <si>
+    <t>Kansai Electric Power Co Inc</t>
+  </si>
+  <si>
+    <t>9503</t>
+  </si>
+  <si>
+    <t>JP3228600007</t>
+  </si>
+  <si>
+    <t>65290E101</t>
+  </si>
+  <si>
+    <t>Nextracker Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BR1GTS6</t>
+  </si>
+  <si>
+    <t>NXT</t>
+  </si>
+  <si>
+    <t>US65290E1010</t>
+  </si>
+  <si>
+    <t>6635677</t>
+  </si>
+  <si>
+    <t>Renesas Electronics Corp</t>
+  </si>
+  <si>
+    <t>6723</t>
+  </si>
+  <si>
+    <t>JP3164720009</t>
+  </si>
+  <si>
+    <t>6744250</t>
+  </si>
+  <si>
+    <t>Gs Yuasa Corp</t>
+  </si>
+  <si>
+    <t>6674</t>
+  </si>
+  <si>
+    <t>JP3385820000</t>
+  </si>
+  <si>
+    <t>6771645</t>
+  </si>
+  <si>
+    <t>Samsung Sdi Co Ltd</t>
+  </si>
+  <si>
+    <t>006400</t>
+  </si>
+  <si>
+    <t>KR7006400006</t>
+  </si>
+  <si>
+    <t>682189105</t>
+  </si>
+  <si>
+    <t>On Semiconductor</t>
+  </si>
+  <si>
+    <t>2583576</t>
+  </si>
+  <si>
+    <t>ON</t>
+  </si>
+  <si>
+    <t>US6821891057</t>
+  </si>
+  <si>
+    <t>686688102</t>
+  </si>
+  <si>
+    <t>Ormat Technologies Inc</t>
+  </si>
+  <si>
+    <t>B03L311</t>
+  </si>
+  <si>
+    <t>ORA</t>
+  </si>
+  <si>
+    <t>US6866881021</t>
+  </si>
+  <si>
+    <t>690742101</t>
+  </si>
+  <si>
+    <t>Owens Corning</t>
+  </si>
+  <si>
+    <t>B1FW7Q2</t>
+  </si>
+  <si>
+    <t>OC</t>
+  </si>
+  <si>
+    <t>US6907421019</t>
+  </si>
+  <si>
+    <t>6986427</t>
+  </si>
+  <si>
+    <t>Yokogawa Electric Corp</t>
+  </si>
+  <si>
+    <t>6841</t>
+  </si>
+  <si>
+    <t>JP3955000009</t>
+  </si>
+  <si>
+    <t>7130836</t>
+  </si>
+  <si>
+    <t>Nexans Sa</t>
+  </si>
+  <si>
+    <t>NEX</t>
+  </si>
+  <si>
+    <t>FR0000044448</t>
+  </si>
+  <si>
+    <t>83417M104</t>
+  </si>
+  <si>
+    <t>Solaredge Technologies Inc</t>
+  </si>
+  <si>
+    <t>BWC52Q6</t>
+  </si>
+  <si>
+    <t>SEDG</t>
+  </si>
+  <si>
+    <t>US83417M1045</t>
+  </si>
+  <si>
+    <t>86771W105</t>
+  </si>
+  <si>
+    <t>Sunrun Inc</t>
+  </si>
+  <si>
+    <t>BYXB1Y8</t>
+  </si>
+  <si>
+    <t>RUN</t>
+  </si>
+  <si>
+    <t>US86771W1053</t>
+  </si>
+  <si>
+    <t>920253101</t>
+  </si>
+  <si>
+    <t>Valmont Industries</t>
+  </si>
+  <si>
+    <t>2926825</t>
+  </si>
+  <si>
+    <t>VMI</t>
+  </si>
+  <si>
+    <t>US9202531011</t>
+  </si>
+  <si>
+    <t>B02GKC7</t>
+  </si>
+  <si>
+    <t>Suzano Sa</t>
+  </si>
+  <si>
+    <t>SUZB3</t>
+  </si>
+  <si>
+    <t>BRSUZBACNOR0</t>
+  </si>
+  <si>
+    <t>BVMF</t>
+  </si>
+  <si>
+    <t>B02L486</t>
+  </si>
+  <si>
+    <t>Mowi Asa</t>
+  </si>
+  <si>
+    <t>MOWI</t>
+  </si>
+  <si>
+    <t>NO0003054108</t>
+  </si>
+  <si>
+    <t>XOSL</t>
+  </si>
+  <si>
+    <t>B06YV46</t>
+  </si>
+  <si>
+    <t>Neste OYJ</t>
+  </si>
+  <si>
+    <t>NESTE</t>
+  </si>
+  <si>
+    <t>FI0009013296</t>
+  </si>
+  <si>
+    <t>B0DJ8Q5</t>
+  </si>
+  <si>
+    <t>Alstom</t>
+  </si>
+  <si>
+    <t>ALO</t>
+  </si>
+  <si>
+    <t>FR0010220475</t>
+  </si>
+  <si>
+    <t>B16MKT5</t>
+  </si>
+  <si>
+    <t>Austevoll Seafood Asa</t>
+  </si>
+  <si>
+    <t>AUSS</t>
+  </si>
+  <si>
+    <t>NO0010073489</t>
+  </si>
+  <si>
+    <t>B1VRCG6</t>
+  </si>
+  <si>
+    <t>Cmoc Group Ltd-H</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>3993</t>
+  </si>
+  <si>
+    <t>CNE100000114</t>
+  </si>
+  <si>
+    <t>XHKG</t>
+  </si>
+  <si>
+    <t>B1W4V69</t>
+  </si>
+  <si>
+    <t>Prysmian Spa</t>
+  </si>
+  <si>
+    <t>PRY</t>
+  </si>
+  <si>
+    <t>IT0004176001</t>
+  </si>
+  <si>
+    <t>B288C92</t>
+  </si>
+  <si>
+    <t>Iberdrola Sa</t>
+  </si>
+  <si>
+    <t>IBE</t>
+  </si>
+  <si>
+    <t>ES0144580Y14</t>
+  </si>
+  <si>
+    <t>B59GZJ7</t>
+  </si>
+  <si>
+    <t>Goldwind Science&amp;technolog-H</t>
+  </si>
+  <si>
+    <t>2208</t>
+  </si>
+  <si>
+    <t>CNE100000PP1</t>
+  </si>
+  <si>
+    <t>B6632T7</t>
+  </si>
+  <si>
+    <t>Bakkafrost P/F</t>
+  </si>
+  <si>
+    <t>BAKKA</t>
+  </si>
+  <si>
+    <t>FO0000000179</t>
+  </si>
+  <si>
+    <t>B68XHC3</t>
+  </si>
+  <si>
+    <t>Northland Power Inc</t>
+  </si>
+  <si>
+    <t>NPI</t>
+  </si>
+  <si>
+    <t>CA6665111002</t>
+  </si>
+  <si>
+    <t>666511100</t>
+  </si>
+  <si>
+    <t>B987K72</t>
+  </si>
+  <si>
+    <t>Nexgen Energy Ltd</t>
+  </si>
+  <si>
+    <t>NXE</t>
+  </si>
+  <si>
+    <t>CA65340P1062</t>
+  </si>
+  <si>
+    <t>65340P106</t>
+  </si>
+  <si>
+    <t>BD2P9X9</t>
+  </si>
+  <si>
+    <t>Knorr-Bremse Ag</t>
+  </si>
+  <si>
+    <t>KBX</t>
+  </si>
+  <si>
+    <t>DE000KBX1006</t>
+  </si>
+  <si>
+    <t>BD5LQM2</t>
+  </si>
+  <si>
+    <t>Cecep Solar Energy Co Lt-A</t>
+  </si>
+  <si>
+    <t>CNY</t>
+  </si>
+  <si>
+    <t>000591</t>
+  </si>
+  <si>
+    <t>CNE0000000K1</t>
+  </si>
+  <si>
+    <t>XSEC</t>
+  </si>
+  <si>
+    <t>BD6FXN3</t>
+  </si>
+  <si>
+    <t>Redeia Corp Sa</t>
+  </si>
+  <si>
+    <t>RED</t>
+  </si>
+  <si>
+    <t>ES0173093024</t>
+  </si>
+  <si>
+    <t>BD73C40</t>
+  </si>
+  <si>
+    <t>Ivanhoe Mines Ltd-Cl A</t>
+  </si>
+  <si>
+    <t>IVN</t>
+  </si>
+  <si>
+    <t>CA46579R1047</t>
+  </si>
+  <si>
+    <t>46579R104</t>
+  </si>
+  <si>
+    <t>BDC5ST8</t>
+  </si>
+  <si>
+    <t>Valeo</t>
+  </si>
+  <si>
+    <t>FR0013176526</t>
+  </si>
+  <si>
+    <t>BDR05C0</t>
+  </si>
+  <si>
+    <t>National Grid Plc</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>NG/</t>
+  </si>
+  <si>
+    <t>GB00BDR05C01</t>
+  </si>
+  <si>
+    <t>XLON</t>
+  </si>
+  <si>
+    <t>BF41XY8</t>
+  </si>
+  <si>
+    <t>Landis   Gyr Group Ag</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>CNHTCash</t>
-[...383 lines deleted...]
-    <t>MXP370841019</t>
+    <t>LAND</t>
+  </si>
+  <si>
+    <t>CH0371153492</t>
+  </si>
+  <si>
+    <t>XSWX</t>
+  </si>
+  <si>
+    <t>BH3T8K8</t>
+  </si>
+  <si>
+    <t>Orbia Advance Corp Sab De Cv</t>
+  </si>
+  <si>
+    <t>ORBIA*</t>
+  </si>
+  <si>
+    <t>MX01OR010004</t>
   </si>
   <si>
     <t>XMEX</t>
   </si>
   <si>
-    <t>281020107</t>
-[...853 lines deleted...]
-  <si>
     <t>BK9ZQ96</t>
   </si>
   <si>
     <t>Trane Technologies Plc</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>IE00BK9ZQ967</t>
   </si>
   <si>
     <t>BLCY1J2</t>
   </si>
   <si>
     <t>Lifezone Metals Ltd</t>
   </si>
   <si>
     <t>LZM</t>
   </si>
   <si>
     <t>IM00BLCY1J27</t>
   </si>
   <si>
     <t>BLH3DG5</t>
@@ -1498,50 +1504,62 @@
   <si>
     <t>BLS09M3</t>
   </si>
   <si>
     <t>Pentair Plc</t>
   </si>
   <si>
     <t>PNR</t>
   </si>
   <si>
     <t>IE00BLS09M33</t>
   </si>
   <si>
     <t>BMHRMH8</t>
   </si>
   <si>
     <t>Waga Energy Sa</t>
   </si>
   <si>
     <t>WAGA</t>
   </si>
   <si>
     <t>FR0012532810</t>
   </si>
   <si>
+    <t>BMYDHR4</t>
+  </si>
+  <si>
+    <t>Cadeler A/S</t>
+  </si>
+  <si>
+    <t>CADLR</t>
+  </si>
+  <si>
+    <t>DK0061412772</t>
+  </si>
+  <si>
     <t>BN4MX14</t>
   </si>
   <si>
     <t>Sunrise Energy Metals Ltd</t>
   </si>
   <si>
     <t>SRL</t>
   </si>
   <si>
     <t>AU0000143729</t>
   </si>
   <si>
     <t>BN4MYF5</t>
   </si>
   <si>
     <t>Vestas Wind Systems A/S</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t>DK</t>
@@ -1600,72 +1618,111 @@
   <si>
     <t>BRJCHK4</t>
   </si>
   <si>
     <t>Rockwool A/S-B Shs</t>
   </si>
   <si>
     <t>ROCKB</t>
   </si>
   <si>
     <t>DK0063855168</t>
   </si>
   <si>
     <t>BSPBZK8</t>
   </si>
   <si>
     <t>Cs Wind Corp</t>
   </si>
   <si>
     <t>112610</t>
   </si>
   <si>
     <t>KR7112610001</t>
   </si>
   <si>
+    <t>B9L4K92</t>
+  </si>
+  <si>
+    <t>Energy Absolute Pcl-Nvdr</t>
+  </si>
+  <si>
+    <t>Depository Receipt/Share</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>THB</t>
+  </si>
+  <si>
+    <t>TH</t>
+  </si>
+  <si>
+    <t>EA-R</t>
+  </si>
+  <si>
+    <t>TH3545010R19</t>
+  </si>
+  <si>
+    <t>XBKK</t>
+  </si>
+  <si>
     <t>833635105</t>
   </si>
   <si>
     <t>Quimica Y Minera Chil-Sp Adr</t>
   </si>
   <si>
-    <t>Depository Receipt/Share</t>
-[...1 lines deleted...]
-  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>2771122</t>
   </si>
   <si>
     <t>SQM</t>
   </si>
   <si>
     <t>US8336351056</t>
+  </si>
+  <si>
+    <t>BJ0K6Z9</t>
+  </si>
+  <si>
+    <t>Klabin Sa - Unit</t>
+  </si>
+  <si>
+    <t>Equity Unit</t>
+  </si>
+  <si>
+    <t>KLBN11</t>
+  </si>
+  <si>
+    <t>BRKLBNCDAM18</t>
   </si>
   <si>
     <t>737630103</t>
   </si>
   <si>
     <t>Potlatchdeltic Corp</t>
   </si>
   <si>
     <t>Real Estate Investment Trust (REIT)</t>
   </si>
   <si>
     <t>B0XXJN1</t>
   </si>
   <si>
     <t>PCH</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>US7376301039</t>
   </si>
   <si>
     <t>962166104</t>
   </si>
@@ -2107,92 +2164,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2D81D97B-C81A-4472-B7A2-DCE42DDA6527}">
-  <dimension ref="A1:Z112"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{336B54D9-424B-45D8-A8D0-4A1A731A27CC}">
+  <dimension ref="A1:Z115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45838</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -2242,7633 +2299,7855 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>175731.47</v>
+        <v>182732.42</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>175731.47</v>
+        <v>182732.42</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>175731.47</v>
+        <v>182732.42</v>
       </c>
       <c r="N4" s="4">
-        <v>175731.47</v>
+        <v>182732.42</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>2.3900000000000002E-3</v>
+        <v>1.9729999999999999E-3</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
         <v>0.03</v>
       </c>
       <c r="E5" s="5">
-        <v>0.183222</v>
+        <v>0.187774</v>
       </c>
       <c r="F5" s="4">
-        <v>5.4966700000000004E-3</v>
+        <v>5.6332200000000004E-3</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>5.4578500338905203</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>0.03</v>
+        <v>2.9999000000000001E-2</v>
       </c>
       <c r="N5" s="4">
-        <v>5.4966700000000004E-3</v>
+        <v>5.6332200000000004E-3</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>8800.1</v>
+        <v>5268.06</v>
       </c>
       <c r="E6" s="5">
-        <v>0.73286899999999999</v>
+        <v>0.71870100000000003</v>
       </c>
       <c r="F6" s="4">
-        <v>6449.3220960099998</v>
+        <v>3786.1578266500001</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>8800.1000339999991</v>
+        <v>5268.0599949999996</v>
       </c>
       <c r="N6" s="4">
-        <v>6449.3220960099998</v>
+        <v>3786.1578266500001</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>8.7000000000000001E-5</v>
+        <v>4.0000000000000003E-5</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>9780.75</v>
+        <v>0.01</v>
       </c>
       <c r="E7" s="5">
-        <v>1.256281</v>
+        <v>0.14030400000000001</v>
       </c>
       <c r="F7" s="4">
-        <v>12287.37437186</v>
+        <v>1.4030399999999999E-3</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.79599999812144007</v>
+        <v>7.127399848984652</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>9780.7499759999992</v>
+        <v>0.01</v>
       </c>
       <c r="N7" s="4">
-        <v>12287.37437186</v>
+        <v>1.4030399999999999E-3</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>1.6699999999999999E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>0.01</v>
+        <v>5121.91</v>
       </c>
       <c r="E8" s="5">
-        <v>0.139603</v>
+        <v>1.175</v>
       </c>
       <c r="F8" s="4">
-        <v>1.3960299999999999E-3</v>
+        <v>6018.2442499999997</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>7.1631498346852469</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>9.9989999999999992E-3</v>
+        <v>5121.91</v>
       </c>
       <c r="N8" s="4">
-        <v>1.3960299999999999E-3</v>
+        <v>6018.2442499999997</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>0</v>
+        <v>6.3999999999999997E-5</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>34346.75</v>
+        <v>0.01</v>
       </c>
       <c r="E9" s="5">
-        <v>1.1738500000000001</v>
+        <v>0.30270900000000001</v>
       </c>
       <c r="F9" s="4">
-        <v>40317.932487500002</v>
+        <v>3.0270900000000001E-3</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>0.85189760190825059</v>
+        <v>3.3034999756366878</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>34346.75</v>
+        <v>9.9989999999999992E-3</v>
       </c>
       <c r="N9" s="4">
-        <v>40317.932487500002</v>
+        <v>3.0270900000000001E-3</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>5.4799999999999998E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>9280.06</v>
+        <v>2596325</v>
       </c>
       <c r="E10" s="5">
-        <v>1.37035</v>
+        <v>6.7710000000000001E-3</v>
       </c>
       <c r="F10" s="4">
-        <v>12716.930221000001</v>
+        <v>17580.153705519999</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>0.72974057722479657</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>9280.06</v>
+        <v>2596324.3731169999</v>
       </c>
       <c r="N10" s="4">
-        <v>12716.930221000001</v>
+        <v>17580.153705519999</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>1.7200000000000001E-4</v>
+        <v>1.8900000000000001E-4</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>50277.53</v>
+        <v>204</v>
       </c>
       <c r="E11" s="5">
-        <v>0.127389</v>
+        <v>7.1299999999999998E-4</v>
       </c>
       <c r="F11" s="4">
-        <v>6404.78089172</v>
+        <v>0.14539753</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>7.8499996938500116</v>
+        <v>1403.0558556536134</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>50277.528038999997</v>
+        <v>204.000855</v>
       </c>
       <c r="N11" s="4">
-        <v>6404.78089172</v>
+        <v>0.14539753</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>8.7000000000000001E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>0.01</v>
+        <v>47374.47</v>
       </c>
       <c r="E12" s="5">
-        <v>0.296956</v>
+        <v>5.4547999999999999E-2</v>
       </c>
       <c r="F12" s="4">
-        <v>2.96956E-3</v>
+        <v>2584.1794626999999</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>3.36749998821375</v>
+        <v>18.332501343314036</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>9.9989999999999992E-3</v>
+        <v>47374.473470999998</v>
       </c>
       <c r="N12" s="4">
-        <v>2.96956E-3</v>
+        <v>2584.1794626999999</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>0</v>
+        <v>2.6999999999999999E-5</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>2575925</v>
+        <v>27743.21</v>
       </c>
       <c r="E13" s="5">
-        <v>6.9230000000000003E-3</v>
+        <v>0.10022200000000001</v>
       </c>
       <c r="F13" s="4">
-        <v>17833.25833362</v>
+        <v>2780.4936960099999</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>144.44500617502399</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4">
-        <v>2575925.1101199999</v>
+        <v>27743.211089</v>
       </c>
       <c r="N13" s="4">
-        <v>17833.25833362</v>
+        <v>2780.4936960099999</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.42E-4</v>
+        <v>3.0000000000000001E-5</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>63494.29</v>
+        <v>9124.7199999999993</v>
       </c>
       <c r="E14" s="5">
-        <v>5.2932E-2</v>
+        <v>1</v>
       </c>
       <c r="F14" s="4">
-        <v>3360.9088503100002</v>
+        <v>9124.7199999999993</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H14" s="3" t="s">
-        <v>84</v>
+        <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>85</v>
+        <v>32</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>18.891999351626584</v>
+        <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>63494.287819999998</v>
+        <v>9124.7199999999993</v>
       </c>
       <c r="N14" s="4">
-        <v>3360.9088503100002</v>
+        <v>9124.7199999999993</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>4.5000000000000003E-5</v>
+        <v>9.7999999999999997E-5</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" s="4">
+        <v>9409</v>
+      </c>
+      <c r="E15" s="5">
+        <v>107.07</v>
+      </c>
+      <c r="F15" s="4">
+        <v>1007421.63</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="H15" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J15" s="5">
+        <v>107.07</v>
+      </c>
+      <c r="K15" s="5">
+        <v>1</v>
+      </c>
+      <c r="L15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M15" s="4">
+        <v>1007421.63</v>
+      </c>
+      <c r="N15" s="4">
+        <v>1007421.63</v>
+      </c>
+      <c r="O15" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C15" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H15" s="3" t="s">
+      <c r="P15" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="I15" s="3" t="s">
+      <c r="Q15" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="J15" s="5">
-[...5 lines deleted...]
-      <c r="L15" s="3" t="s">
+      <c r="R15" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="M15" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S15" s="3" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.2E-4</v>
+        <v>1.0880000000000001E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="D16" s="4">
-        <v>7183.98</v>
+        <v>34073</v>
       </c>
       <c r="E16" s="5">
-        <v>1</v>
+        <v>2.25</v>
       </c>
       <c r="F16" s="4">
-        <v>7183.98</v>
+        <v>76664.25</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>1</v>
+        <v>2.25</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>7183.98</v>
+        <v>76664.25</v>
       </c>
       <c r="N16" s="4">
-        <v>7183.98</v>
+        <v>76664.25</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>9.7E-5</v>
+        <v>8.2700000000000004E-4</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D17" s="4">
-        <v>9409</v>
+        <v>9700</v>
       </c>
       <c r="E17" s="5">
-        <v>103.16</v>
+        <v>138.69999999999999</v>
       </c>
       <c r="F17" s="4">
-        <v>970632.44</v>
+        <v>1345390</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>103.16</v>
+        <v>138.69999999999999</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>970632.44</v>
+        <v>1345390</v>
       </c>
       <c r="N17" s="4">
-        <v>970632.44</v>
+        <v>1345390</v>
       </c>
       <c r="O17" s="3" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="Q17" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R17" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="S17" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="T17" s="4">
+        <v>1</v>
+      </c>
+      <c r="W17" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="R17" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>1.32E-2</v>
+        <v>1.453E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D18" s="4">
-        <v>52573</v>
+        <v>15100</v>
       </c>
       <c r="E18" s="5">
-        <v>2.48</v>
+        <v>81.08</v>
       </c>
       <c r="F18" s="4">
-        <v>130381.04</v>
+        <v>1224308</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>2.48</v>
+        <v>81.08</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>130381.04</v>
+        <v>1224308</v>
       </c>
       <c r="N18" s="4">
-        <v>130381.04</v>
+        <v>1224308</v>
       </c>
       <c r="O18" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="P18" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q18" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R18" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="S18" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="T18" s="4">
+        <v>1</v>
+      </c>
+      <c r="W18" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="P18" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.7730000000000001E-3</v>
+        <v>1.3221999999999999E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D19" s="4">
-        <v>12000</v>
+        <v>8200</v>
       </c>
       <c r="E19" s="5">
-        <v>114.86</v>
+        <v>32.89</v>
       </c>
       <c r="F19" s="4">
-        <v>1378320</v>
+        <v>269698</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>114.86</v>
+        <v>32.89</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>1378320</v>
+        <v>269698</v>
       </c>
       <c r="N19" s="4">
-        <v>1378320</v>
+        <v>269698</v>
       </c>
       <c r="O19" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="R19" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.8745000000000001E-2</v>
+        <v>2.9120000000000001E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D20" s="4">
-        <v>18200</v>
+        <v>150917</v>
       </c>
       <c r="E20" s="5">
-        <v>62.67</v>
+        <v>33.58</v>
       </c>
       <c r="F20" s="4">
-        <v>1140594</v>
+        <v>5067792.8600000003</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>62.67</v>
+        <v>33.58</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>1140594</v>
+        <v>5067792.8600000003</v>
       </c>
       <c r="N20" s="4">
-        <v>1140594</v>
+        <v>5067792.8600000003</v>
       </c>
       <c r="O20" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P20" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.5512E-2</v>
+        <v>5.4732999999999997E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D21" s="4">
-        <v>153640</v>
+        <v>306499</v>
       </c>
       <c r="E21" s="5">
-        <v>15.19</v>
+        <v>8.15</v>
       </c>
       <c r="F21" s="4">
-        <v>2333791.6</v>
+        <v>2497966.85</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>15.19</v>
+        <v>8.15</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>2333791.6</v>
+        <v>2497966.85</v>
       </c>
       <c r="N21" s="4">
-        <v>2333791.6</v>
+        <v>2497966.85</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>121</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>3.1739999999999997E-2</v>
+        <v>2.6977999999999999E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D22" s="4">
-        <v>328767</v>
+        <v>12400</v>
       </c>
       <c r="E22" s="5">
-        <v>5.9</v>
+        <v>97.64</v>
       </c>
       <c r="F22" s="4">
-        <v>1939725.3</v>
+        <v>1210736</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>5.9</v>
+        <v>97.64</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>1939725.3</v>
+        <v>1210736</v>
       </c>
       <c r="N22" s="4">
-        <v>1939725.3</v>
+        <v>1210736</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>109</v>
+        <v>132</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>126</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>2.6380000000000001E-2</v>
+        <v>1.3076000000000001E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D23" s="4">
-        <v>12000</v>
+        <v>26959</v>
       </c>
       <c r="E23" s="5">
-        <v>69.69</v>
+        <v>43.96</v>
       </c>
       <c r="F23" s="4">
-        <v>836280</v>
+        <v>1185117.6399999999</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>69.69</v>
+        <v>43.96</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>836280</v>
+        <v>1185117.6399999999</v>
       </c>
       <c r="N23" s="4">
-        <v>836280</v>
+        <v>1185117.6399999999</v>
       </c>
       <c r="O23" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="P23" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="Q23" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="R23" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="S23" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="T23" s="4">
+        <v>1</v>
+      </c>
+      <c r="W23" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="P23" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.1372999999999999E-2</v>
+        <v>1.2799E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D24" s="4">
-        <v>41859</v>
+        <v>17400</v>
       </c>
       <c r="E24" s="5">
-        <v>33.479999999999997</v>
+        <v>59.7</v>
       </c>
       <c r="F24" s="4">
-        <v>1401439.32</v>
+        <v>1038780</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>33.479999999999997</v>
+        <v>59.7</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>1401439.32</v>
+        <v>1038780</v>
       </c>
       <c r="N24" s="4">
-        <v>1401439.32</v>
+        <v>1038780</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>142</v>
+        <v>90</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.9060000000000001E-2</v>
+        <v>1.1219E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D25" s="4">
-        <v>15300</v>
+        <v>578568</v>
       </c>
       <c r="E25" s="5">
-        <v>73.19</v>
+        <v>2.58</v>
       </c>
       <c r="F25" s="4">
-        <v>1119807</v>
+        <v>1492705.44</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>73.19</v>
+        <v>2.58</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>1119807</v>
+        <v>1492705.44</v>
       </c>
       <c r="N25" s="4">
-        <v>1119807</v>
+        <v>1492705.44</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>146</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>147</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>144</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.5228999999999999E-2</v>
+        <v>1.6121E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D26" s="4">
-        <v>565868</v>
+        <v>3700</v>
       </c>
       <c r="E26" s="5">
-        <v>1.95</v>
+        <v>100.52</v>
       </c>
       <c r="F26" s="4">
-        <v>1103442.6000000001</v>
+        <v>371924</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>1.95</v>
+        <v>100.52</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>1103442.6000000001</v>
+        <v>371924</v>
       </c>
       <c r="N26" s="4">
-        <v>1103442.6000000001</v>
+        <v>371924</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>152</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>107</v>
+        <v>153</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>137</v>
+        <v>92</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>149</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.5007E-2</v>
+        <v>4.0159999999999996E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D27" s="4">
-        <v>3400</v>
+        <v>11837</v>
       </c>
       <c r="E27" s="5">
-        <v>100.35</v>
+        <v>67.63</v>
       </c>
       <c r="F27" s="4">
-        <v>341190</v>
+        <v>800536.31</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>100.35</v>
+        <v>67.63</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>341190</v>
+        <v>800536.31</v>
       </c>
       <c r="N27" s="4">
-        <v>341190</v>
+        <v>800536.31</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>158</v>
+        <v>109</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>4.64E-3</v>
+        <v>8.6449999999999999E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D28" s="4">
-        <v>10637</v>
+        <v>25596</v>
       </c>
       <c r="E28" s="5">
-        <v>74.53</v>
+        <v>22.624694999999999</v>
       </c>
       <c r="F28" s="4">
-        <v>792775.61</v>
+        <v>579101.68175938004</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J28" s="5">
-        <v>74.53</v>
+        <v>31.48</v>
       </c>
       <c r="K28" s="5">
-        <v>1</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L28" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M28" s="4">
-        <v>792775.61</v>
+        <v>805762.07925299997</v>
       </c>
       <c r="N28" s="4">
-        <v>792775.61</v>
+        <v>579101.68175938004</v>
       </c>
       <c r="O28" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="P28" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="P28" s="3" t="s">
+      <c r="Q28" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R28" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="Q28" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R28" s="3" t="s">
+      <c r="S28" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="S28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>1.0781000000000001E-2</v>
+        <v>6.254E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B29" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D29" s="4">
+        <v>124784</v>
+      </c>
+      <c r="E29" s="5">
+        <v>30.87</v>
+      </c>
+      <c r="F29" s="4">
+        <v>3852082.08</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J29" s="5">
+        <v>30.87</v>
+      </c>
+      <c r="K29" s="5">
+        <v>1</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M29" s="4">
+        <v>3852082.08</v>
+      </c>
+      <c r="N29" s="4">
+        <v>3852082.08</v>
+      </c>
+      <c r="O29" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="P29" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="Q29" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="R29" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="S29" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="T29" s="4">
+        <v>1</v>
+      </c>
+      <c r="W29" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="C29" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>4.2659999999999998E-3</v>
+        <v>4.1603000000000001E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D30" s="4">
-        <v>98752</v>
+        <v>800</v>
       </c>
       <c r="E30" s="5">
-        <v>37.94</v>
+        <v>457.26</v>
       </c>
       <c r="F30" s="4">
-        <v>3746650.88</v>
+        <v>365808</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>37.94</v>
+        <v>457.26</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>3746650.88</v>
+        <v>365808</v>
       </c>
       <c r="N30" s="4">
-        <v>3746650.88</v>
+        <v>365808</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>175</v>
+        <v>90</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>176</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>5.0955E-2</v>
+        <v>3.9500000000000004E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D31" s="4">
-        <v>43791</v>
+        <v>5030</v>
       </c>
       <c r="E31" s="5">
-        <v>5.9946010000000003</v>
+        <v>55.28</v>
       </c>
       <c r="F31" s="4">
-        <v>262509.56754182</v>
+        <v>278058.40000000002</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>84</v>
+        <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>85</v>
+        <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>113.25</v>
+        <v>55.28</v>
       </c>
       <c r="K31" s="5">
-        <v>18.891999351626584</v>
+        <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>4959330.5797950001</v>
+        <v>278058.40000000002</v>
       </c>
       <c r="N31" s="4">
-        <v>262509.56754182</v>
+        <v>278058.40000000002</v>
       </c>
       <c r="O31" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="P31" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q31" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="R31" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="S31" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="T31" s="4">
+        <v>1</v>
+      </c>
+      <c r="W31" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="P31" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>3.5699999999999998E-3</v>
+        <v>3.003E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D32" s="4">
-        <v>5030</v>
+        <v>6570</v>
       </c>
       <c r="E32" s="5">
-        <v>51.6</v>
+        <v>112.96</v>
       </c>
       <c r="F32" s="4">
-        <v>259548</v>
+        <v>742147.2</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>51.6</v>
+        <v>112.96</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>259548</v>
+        <v>742147.2</v>
       </c>
       <c r="N32" s="4">
-        <v>259548</v>
+        <v>742147.2</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>158</v>
+        <v>90</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>186</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>3.529E-3</v>
+        <v>8.0149999999999996E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D33" s="4">
-        <v>6170</v>
+        <v>9727</v>
       </c>
       <c r="E33" s="5">
-        <v>85.77</v>
+        <v>45.01</v>
       </c>
       <c r="F33" s="4">
-        <v>529200.9</v>
+        <v>437812.27</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>85.77</v>
+        <v>45.01</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>529200.9</v>
+        <v>437812.27</v>
       </c>
       <c r="N33" s="4">
-        <v>529200.9</v>
+        <v>437812.27</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>189</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>100</v>
+        <v>153</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>191</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>7.1970000000000003E-3</v>
+        <v>4.7280000000000004E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D34" s="4">
-        <v>17106</v>
+        <v>11072</v>
       </c>
       <c r="E34" s="5">
-        <v>39.65</v>
+        <v>220.53</v>
       </c>
       <c r="F34" s="4">
-        <v>678252.9</v>
+        <v>2441708.16</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>39.65</v>
+        <v>220.53</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>678252.9</v>
+        <v>2441708.16</v>
       </c>
       <c r="N34" s="4">
-        <v>678252.9</v>
+        <v>2441708.16</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>194</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>196</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>109</v>
+        <v>132</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>9.2239999999999996E-3</v>
+        <v>2.6370000000000001E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D35" s="4">
-        <v>8927</v>
+        <v>150638</v>
       </c>
       <c r="E35" s="5">
-        <v>43.42</v>
+        <v>1.96</v>
       </c>
       <c r="F35" s="4">
-        <v>387610.34</v>
+        <v>295250.48</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>43.42</v>
+        <v>1.96</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>387610.34</v>
+        <v>295250.48</v>
       </c>
       <c r="N35" s="4">
-        <v>387610.34</v>
+        <v>295250.48</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>199</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>158</v>
+        <v>97</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>201</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>137</v>
+        <v>202</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>5.2709999999999996E-3</v>
+        <v>3.1879999999999999E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D36" s="4">
-        <v>13072</v>
+        <v>18384</v>
       </c>
       <c r="E36" s="5">
-        <v>165.54</v>
+        <v>12.82</v>
       </c>
       <c r="F36" s="4">
-        <v>2163938.88</v>
+        <v>235682.88</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>165.54</v>
+        <v>12.82</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>2163938.88</v>
+        <v>235682.88</v>
       </c>
       <c r="N36" s="4">
-        <v>2163938.88</v>
+        <v>235682.88</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>135</v>
+        <v>90</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>137</v>
+        <v>92</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.9430000000000001E-2</v>
+        <v>2.545E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D37" s="4">
-        <v>150638</v>
+        <v>151978</v>
       </c>
       <c r="E37" s="5">
-        <v>1.32</v>
+        <v>8.7899999999999991</v>
       </c>
       <c r="F37" s="4">
-        <v>198842.16</v>
+        <v>1335886.6200000001</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>1.32</v>
+        <v>8.7899999999999991</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>198842.16</v>
+        <v>1335886.6200000001</v>
       </c>
       <c r="N37" s="4">
-        <v>198842.16</v>
+        <v>1335886.6200000001</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>212</v>
+        <v>132</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.7039999999999998E-3</v>
+        <v>1.4427000000000001E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D38" s="4">
-        <v>418840</v>
+        <v>46053</v>
       </c>
       <c r="E38" s="5">
-        <v>0.97260000000000002</v>
+        <v>34.051499999999997</v>
       </c>
       <c r="F38" s="4">
-        <v>407363.78399999999</v>
+        <v>1568173.7294999999</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>31</v>
+        <v>215</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J38" s="5">
-        <v>0.97260000000000002</v>
+        <v>28.98</v>
       </c>
       <c r="K38" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>33</v>
+        <v>216</v>
       </c>
       <c r="M38" s="4">
-        <v>407363.78399999999</v>
+        <v>1334615.94</v>
       </c>
       <c r="N38" s="4">
-        <v>407363.78399999999</v>
+        <v>1568173.7294999999</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>100</v>
+        <v>153</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>102</v>
+        <v>219</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>213</v>
+        <v>34</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>5.5399999999999998E-3</v>
+        <v>1.6936E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D39" s="4">
-        <v>151978</v>
+        <v>103551</v>
       </c>
       <c r="E39" s="5">
-        <v>6.03</v>
+        <v>4.7434750000000001</v>
       </c>
       <c r="F39" s="4">
-        <v>916427.34</v>
+        <v>491191.57972500002</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>31</v>
+        <v>222</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J39" s="5">
-        <v>6.03</v>
+        <v>4.0369999999999999</v>
       </c>
       <c r="K39" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L39" s="3" t="s">
-        <v>33</v>
+        <v>223</v>
       </c>
       <c r="M39" s="4">
-        <v>916427.34</v>
+        <v>418035.38699999999</v>
       </c>
       <c r="N39" s="4">
-        <v>916427.34</v>
+        <v>491191.57972500002</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>220</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>107</v>
+        <v>153</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>137</v>
+        <v>226</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>218</v>
+        <v>34</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>1.2463E-2</v>
+        <v>5.3039999999999997E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D40" s="4">
-        <v>43424</v>
+        <v>3100</v>
       </c>
       <c r="E40" s="5">
-        <v>35.508963000000001</v>
+        <v>430.31</v>
       </c>
       <c r="F40" s="4">
-        <v>1541941.1876000001</v>
+        <v>1333961</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>225</v>
+        <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>30.25</v>
+        <v>430.31</v>
       </c>
       <c r="K40" s="5">
-        <v>0.85189760190825059</v>
+        <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>226</v>
+        <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>1313576</v>
+        <v>1333961</v>
       </c>
       <c r="N40" s="4">
-        <v>1541941.1876000001</v>
+        <v>1333961</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="P40" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="Q40" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R40" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="S40" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="T40" s="4">
+        <v>1</v>
+      </c>
+      <c r="W40" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="Q40" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.0969999999999999E-2</v>
+        <v>1.4407E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D41" s="4">
-        <v>3000</v>
+        <v>4708</v>
       </c>
       <c r="E41" s="5">
-        <v>408.41</v>
+        <v>83.19</v>
       </c>
       <c r="F41" s="4">
-        <v>1225230</v>
+        <v>391658.52</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>31</v>
+        <v>234</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J41" s="5">
-        <v>408.41</v>
+        <v>70.8</v>
       </c>
       <c r="K41" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>33</v>
+        <v>235</v>
       </c>
       <c r="M41" s="4">
-        <v>1225230</v>
+        <v>333326.40000000002</v>
       </c>
       <c r="N41" s="4">
-        <v>1225230</v>
+        <v>391658.52</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>232</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>102</v>
+        <v>238</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>230</v>
+        <v>34</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.6663000000000001E-2</v>
+        <v>4.2290000000000001E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D42" s="4">
-        <v>4344</v>
+        <v>27649</v>
       </c>
       <c r="E42" s="5">
-        <v>84.75197</v>
+        <v>22.419</v>
       </c>
       <c r="F42" s="4">
-        <v>368162.55768000003</v>
+        <v>619862.93099999998</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J42" s="5">
-        <v>72.2</v>
+        <v>19.079999999999998</v>
       </c>
       <c r="K42" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="M42" s="4">
-        <v>313636.8</v>
+        <v>527542.92000000004</v>
       </c>
       <c r="N42" s="4">
-        <v>368162.55768000003</v>
+        <v>619862.93099999998</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>5.0070000000000002E-3</v>
+        <v>6.6940000000000003E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D43" s="4">
-        <v>19128</v>
+        <v>11600</v>
       </c>
       <c r="E43" s="5">
-        <v>23.08963</v>
+        <v>124.56</v>
       </c>
       <c r="F43" s="4">
-        <v>441658.43307600002</v>
+        <v>1444896</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>244</v>
+        <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>19.670000000000002</v>
+        <v>124.56</v>
       </c>
       <c r="K43" s="5">
-        <v>0.85189760190825059</v>
+        <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>245</v>
+        <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>376247.76</v>
+        <v>1444896</v>
       </c>
       <c r="N43" s="4">
-        <v>441658.43307600002</v>
+        <v>1444896</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="P43" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="Q43" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="R43" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="S43" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="T43" s="4">
+        <v>1</v>
+      </c>
+      <c r="W43" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="Q43" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>6.0060000000000001E-3</v>
+        <v>1.5605000000000001E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D44" s="4">
-        <v>6000</v>
+        <v>3248</v>
       </c>
       <c r="E44" s="5">
-        <v>131.63</v>
+        <v>279.18</v>
       </c>
       <c r="F44" s="4">
-        <v>789780</v>
+        <v>906776.64</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>31</v>
+        <v>215</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J44" s="5">
-        <v>131.63</v>
+        <v>237.6</v>
       </c>
       <c r="K44" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>33</v>
+        <v>216</v>
       </c>
       <c r="M44" s="4">
-        <v>789780</v>
+        <v>771724.80000000005</v>
       </c>
       <c r="N44" s="4">
-        <v>789780</v>
+        <v>906776.64</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>251</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>135</v>
+        <v>90</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>137</v>
+        <v>219</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>249</v>
+        <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.0741000000000001E-2</v>
+        <v>9.7929999999999996E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B45" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D45" s="4">
+        <v>24709</v>
+      </c>
+      <c r="E45" s="5">
+        <v>18.817625</v>
+      </c>
+      <c r="F45" s="4">
+        <v>464964.69612500002</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J45" s="5">
+        <v>16.015000000000001</v>
+      </c>
+      <c r="K45" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L45" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="M45" s="4">
+        <v>395714.63500000001</v>
+      </c>
+      <c r="N45" s="4">
+        <v>464964.69612500002</v>
+      </c>
+      <c r="O45" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="C45" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P45" s="3" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>100</v>
+        <v>153</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>229</v>
+        <v>260</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>4.8260000000000004E-3</v>
+        <v>5.0210000000000003E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D46" s="4">
-        <v>22802</v>
+        <v>15904</v>
       </c>
       <c r="E46" s="5">
-        <v>18.341405999999999</v>
+        <v>31.97175</v>
       </c>
       <c r="F46" s="4">
-        <v>418220.74531249999</v>
+        <v>508478.712</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J46" s="5">
-        <v>15.625</v>
+        <v>27.21</v>
       </c>
       <c r="K46" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L46" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="M46" s="4">
+        <v>432747.84</v>
+      </c>
+      <c r="N46" s="4">
+        <v>508478.712</v>
+      </c>
+      <c r="O46" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="M46" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P46" s="3" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>5.6870000000000002E-3</v>
+        <v>5.4910000000000002E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D47" s="4">
-        <v>17710</v>
+        <v>19143</v>
       </c>
       <c r="E47" s="5">
-        <v>31.564827000000001</v>
+        <v>24.675000000000001</v>
       </c>
       <c r="F47" s="4">
-        <v>559013.077315</v>
+        <v>472353.52500000002</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J47" s="5">
-        <v>26.89</v>
+        <v>21</v>
       </c>
       <c r="K47" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L47" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="M47" s="4">
+        <v>402003</v>
+      </c>
+      <c r="N47" s="4">
+        <v>472353.52500000002</v>
+      </c>
+      <c r="O47" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="M47" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P47" s="3" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>7.6020000000000003E-3</v>
+        <v>5.1009999999999996E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D48" s="4">
-        <v>5499</v>
+        <v>2432</v>
       </c>
       <c r="E48" s="5">
-        <v>21.786656000000001</v>
+        <v>200.8075</v>
       </c>
       <c r="F48" s="4">
-        <v>119804.821344</v>
+        <v>488363.84</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J48" s="5">
-        <v>18.559999999999999</v>
+        <v>170.9</v>
       </c>
       <c r="K48" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L48" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="M48" s="4">
+        <v>415628.79999999999</v>
+      </c>
+      <c r="N48" s="4">
+        <v>488363.84</v>
+      </c>
+      <c r="O48" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="M48" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P48" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>1.629E-3</v>
+        <v>5.274E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D49" s="4">
-        <v>2681</v>
+        <v>5892</v>
       </c>
       <c r="E49" s="5">
-        <v>179.36428000000001</v>
+        <v>50.407499999999999</v>
       </c>
       <c r="F49" s="4">
-        <v>480875.63468000002</v>
+        <v>297000.99</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>267</v>
+        <v>281</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J49" s="5">
-        <v>152.80000000000001</v>
+        <v>42.9</v>
       </c>
       <c r="K49" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>268</v>
+        <v>282</v>
       </c>
       <c r="M49" s="4">
-        <v>409656.8</v>
+        <v>252766.8</v>
       </c>
       <c r="N49" s="4">
-        <v>480875.63468000002</v>
+        <v>297000.99</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>279</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>158</v>
+        <v>90</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>271</v>
+        <v>285</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>6.5399999999999998E-3</v>
+        <v>3.2070000000000002E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D50" s="4">
-        <v>4282</v>
+        <v>39606</v>
       </c>
       <c r="E50" s="5">
-        <v>48.36262</v>
+        <v>39.01</v>
       </c>
       <c r="F50" s="4">
-        <v>207088.73884000001</v>
+        <v>1545030.06</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>285</v>
+        <v>257</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J50" s="5">
-        <v>41.2</v>
+        <v>33.200000000000003</v>
       </c>
       <c r="K50" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L50" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="M50" s="4">
+        <v>1314919.2</v>
+      </c>
+      <c r="N50" s="4">
+        <v>1545030.06</v>
+      </c>
+      <c r="O50" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="M50" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P50" s="3" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>289</v>
+        <v>260</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.8159999999999999E-3</v>
+        <v>1.6685999999999999E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D51" s="4">
-        <v>38321</v>
+        <v>17197</v>
       </c>
       <c r="E51" s="5">
-        <v>42.393593000000003</v>
+        <v>28.017875</v>
       </c>
       <c r="F51" s="4">
-        <v>1624564.8677727501</v>
+        <v>481823.39637500001</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>260</v>
+        <v>215</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J51" s="5">
-        <v>36.115000000000002</v>
+        <v>23.844999999999999</v>
       </c>
       <c r="K51" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>261</v>
+        <v>216</v>
       </c>
       <c r="M51" s="4">
-        <v>1383962.915</v>
+        <v>410062.46500000003</v>
       </c>
       <c r="N51" s="4">
-        <v>1624564.8677727501</v>
+        <v>481823.39637500001</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>290</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>292</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>293</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>2.2093999999999999E-2</v>
+        <v>5.2030000000000002E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D52" s="4">
-        <v>16307</v>
+        <v>4300</v>
       </c>
       <c r="E52" s="5">
-        <v>30.455538000000001</v>
+        <v>115.651584</v>
       </c>
       <c r="F52" s="4">
-        <v>496638.46224274999</v>
+        <v>497301.68940650998</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>225</v>
+        <v>64</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="J52" s="5">
-        <v>25.945</v>
+        <v>17080</v>
       </c>
       <c r="K52" s="5">
-        <v>0.85189760190825059</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>226</v>
+        <v>66</v>
       </c>
       <c r="M52" s="4">
-        <v>423085.11499999999</v>
+        <v>73443982.266949996</v>
       </c>
       <c r="N52" s="4">
-        <v>496638.46224274999</v>
+        <v>497301.68940650998</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>294</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>296</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>135</v>
+        <v>90</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>297</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>278</v>
+        <v>298</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>6.7539999999999996E-3</v>
+        <v>5.3699999999999998E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B53" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D53" s="4">
+        <v>21006</v>
+      </c>
+      <c r="E53" s="5">
+        <v>198.13893999999999</v>
+      </c>
+      <c r="F53" s="4">
+        <v>4162123.9442642801</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J53" s="5">
+        <v>278000</v>
+      </c>
+      <c r="K53" s="5">
+        <v>1403.0558556536134</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M53" s="4">
+        <v>5839692371.95611</v>
+      </c>
+      <c r="N53" s="4">
+        <v>4162123.9442642801</v>
+      </c>
+      <c r="O53" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="C53" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P53" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>6.5719999999999997E-3</v>
+        <v>4.4950999999999998E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B54" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D54" s="4">
+        <v>70603</v>
+      </c>
+      <c r="E54" s="5">
+        <v>3.4330449999999999</v>
+      </c>
+      <c r="F54" s="4">
+        <v>242383.27613499999</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="J54" s="5">
+        <v>5.18</v>
+      </c>
+      <c r="K54" s="5">
+        <v>1.5088645794039983</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="M54" s="4">
+        <v>365723.54</v>
+      </c>
+      <c r="N54" s="4">
+        <v>242383.27613499999</v>
+      </c>
+      <c r="O54" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P54" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>4.3129000000000001E-2</v>
+        <v>2.617E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B55" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D55" s="4">
+        <v>29800</v>
+      </c>
+      <c r="E55" s="5">
+        <v>14.344723999999999</v>
+      </c>
+      <c r="F55" s="4">
+        <v>427472.66140773002</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J55" s="5">
+        <v>2118.5</v>
+      </c>
+      <c r="K55" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L55" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M55" s="4">
+        <v>63131284.756950997</v>
+      </c>
+      <c r="N55" s="4">
+        <v>427472.66140773002</v>
+      </c>
+      <c r="O55" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="C55" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I55" s="3" t="s">
+      <c r="P55" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="J55" s="5">
-[...5 lines deleted...]
-      <c r="L55" s="3" t="s">
+      <c r="Q55" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="R55" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="M55" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S55" s="3" t="s">
-        <v>318</v>
+        <v>298</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>2.624E-3</v>
+        <v>4.6160000000000003E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D56" s="4">
+        <v>13700</v>
+      </c>
+      <c r="E56" s="5">
+        <v>73.989999999999995</v>
+      </c>
+      <c r="F56" s="4">
+        <v>1013663</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J56" s="5">
+        <v>73.989999999999995</v>
+      </c>
+      <c r="K56" s="5">
+        <v>1</v>
+      </c>
+      <c r="L56" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M56" s="4">
+        <v>1013663</v>
+      </c>
+      <c r="N56" s="4">
+        <v>1013663</v>
+      </c>
+      <c r="O56" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="P56" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="B56" s="3" t="s">
+      <c r="Q56" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R56" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="C56" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S56" s="3" t="s">
-        <v>302</v>
+        <v>132</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>34</v>
+        <v>316</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>4.4079999999999996E-3</v>
+        <v>1.0947E-2</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D57" s="4">
+        <v>55200</v>
+      </c>
+      <c r="E57" s="5">
+        <v>11.551615999999999</v>
+      </c>
+      <c r="F57" s="4">
+        <v>637649.05034364003</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J57" s="5">
+        <v>1706</v>
+      </c>
+      <c r="K57" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M57" s="4">
+        <v>94171177.262369007</v>
+      </c>
+      <c r="N57" s="4">
+        <v>637649.05034364003</v>
+      </c>
+      <c r="O57" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="P57" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="Q57" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="R57" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="C57" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S57" s="3" t="s">
-        <v>137</v>
+        <v>298</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>323</v>
+        <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>1.6046000000000001E-2</v>
+        <v>6.8859999999999998E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D58" s="4">
+        <v>26500</v>
+      </c>
+      <c r="E58" s="5">
+        <v>23.699095</v>
+      </c>
+      <c r="F58" s="4">
+        <v>628025.86586314999</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J58" s="5">
+        <v>3500</v>
+      </c>
+      <c r="K58" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L58" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M58" s="4">
+        <v>92749977.605517</v>
+      </c>
+      <c r="N58" s="4">
+        <v>628025.86586314999</v>
+      </c>
+      <c r="O58" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="P58" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="Q58" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="R58" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S58" s="3" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>9.2980000000000007E-3</v>
+        <v>6.7819999999999998E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D59" s="4">
+        <v>10357</v>
+      </c>
+      <c r="E59" s="5">
+        <v>146.10964999999999</v>
+      </c>
+      <c r="F59" s="4">
+        <v>1513263.96065714</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J59" s="5">
+        <v>205000</v>
+      </c>
+      <c r="K59" s="5">
+        <v>1403.0558556536134</v>
+      </c>
+      <c r="L59" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M59" s="4">
+        <v>2123193861.14957</v>
+      </c>
+      <c r="N59" s="4">
+        <v>1513263.96065714</v>
+      </c>
+      <c r="O59" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="P59" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="Q59" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="R59" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S59" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>6.2189999999999997E-3</v>
+        <v>1.6343E-2</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D60" s="4">
+        <v>16134</v>
+      </c>
+      <c r="E60" s="5">
+        <v>49.31</v>
+      </c>
+      <c r="F60" s="4">
+        <v>795567.54</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J60" s="5">
+        <v>49.31</v>
+      </c>
+      <c r="K60" s="5">
+        <v>1</v>
+      </c>
+      <c r="L60" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M60" s="4">
+        <v>795567.54</v>
+      </c>
+      <c r="N60" s="4">
+        <v>795567.54</v>
+      </c>
+      <c r="O60" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="P60" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="B60" s="3" t="s">
+      <c r="Q60" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="R60" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="C60" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S60" s="3" t="s">
-        <v>310</v>
+        <v>132</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>34</v>
+        <v>333</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>1.7177999999999999E-2</v>
+        <v>8.5920000000000007E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D61" s="4">
-        <v>16134</v>
+        <v>9800</v>
       </c>
       <c r="E61" s="5">
-        <v>52.41</v>
+        <v>96.25</v>
       </c>
       <c r="F61" s="4">
-        <v>845582.94</v>
+        <v>943250</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="5">
-        <v>52.41</v>
+        <v>96.25</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="4">
-        <v>845582.94</v>
+        <v>943250</v>
       </c>
       <c r="N61" s="4">
-        <v>845582.94</v>
+        <v>943250</v>
       </c>
       <c r="O61" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="P61" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="Q61" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="R61" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="P61" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S61" s="3" t="s">
-        <v>137</v>
+        <v>92</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>1.15E-2</v>
+        <v>1.0187E-2</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D62" s="4">
-        <v>11400</v>
+        <v>2222</v>
       </c>
       <c r="E62" s="5">
-        <v>83.76</v>
+        <v>141.46</v>
       </c>
       <c r="F62" s="4">
-        <v>954864</v>
+        <v>314324.12</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J62" s="5">
-        <v>83.76</v>
+        <v>141.46</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M62" s="4">
-        <v>954864</v>
+        <v>314324.12</v>
       </c>
       <c r="N62" s="4">
-        <v>954864</v>
+        <v>314324.12</v>
       </c>
       <c r="O62" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="P62" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="Q62" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R62" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="P62" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S62" s="3" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>1.2985999999999999E-2</v>
+        <v>3.3939999999999999E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D63" s="4">
+        <v>20500</v>
+      </c>
+      <c r="E63" s="5">
+        <v>28.811328</v>
+      </c>
+      <c r="F63" s="4">
+        <v>590632.08856687997</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H63" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I63" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J63" s="5">
+        <v>4255</v>
+      </c>
+      <c r="K63" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L63" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M63" s="4">
+        <v>87227478.938924</v>
+      </c>
+      <c r="N63" s="4">
+        <v>590632.08856687997</v>
+      </c>
+      <c r="O63" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="P63" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="B63" s="3" t="s">
+      <c r="Q63" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="R63" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="C63" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S63" s="3" t="s">
-        <v>102</v>
+        <v>298</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
-        <v>350</v>
+        <v>34</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>3.7810000000000001E-3</v>
+        <v>6.378E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D64" s="4">
+        <v>16067</v>
+      </c>
+      <c r="E64" s="5">
+        <v>148.05000000000001</v>
+      </c>
+      <c r="F64" s="4">
+        <v>2378719.35</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H64" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="I64" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J64" s="5">
+        <v>126</v>
+      </c>
+      <c r="K64" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L64" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="M64" s="4">
+        <v>2024442</v>
+      </c>
+      <c r="N64" s="4">
+        <v>2378719.35</v>
+      </c>
+      <c r="O64" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="P64" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="Q64" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R64" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S64" s="3" t="s">
-        <v>302</v>
+        <v>219</v>
       </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>6.7140000000000003E-3</v>
+        <v>2.5690000000000001E-2</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D65" s="4">
+        <v>111921</v>
+      </c>
+      <c r="E65" s="5">
+        <v>37</v>
+      </c>
+      <c r="F65" s="4">
+        <v>4141077</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H65" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I65" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J65" s="5">
+        <v>37</v>
+      </c>
+      <c r="K65" s="5">
+        <v>1</v>
+      </c>
+      <c r="L65" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M65" s="4">
+        <v>4141077</v>
+      </c>
+      <c r="N65" s="4">
+        <v>4141077</v>
+      </c>
+      <c r="O65" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="P65" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="B65" s="3" t="s">
+      <c r="Q65" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="R65" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="C65" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S65" s="3" t="s">
-        <v>229</v>
+        <v>132</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>34</v>
+        <v>356</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>3.6516E-2</v>
+        <v>4.4724E-2</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D66" s="4">
-        <v>150321</v>
+        <v>281428</v>
       </c>
       <c r="E66" s="5">
-        <v>20.399999999999999</v>
+        <v>17.29</v>
       </c>
       <c r="F66" s="4">
-        <v>3066548.4</v>
+        <v>4865890.12</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H66" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J66" s="5">
-        <v>20.399999999999999</v>
+        <v>17.29</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M66" s="4">
-        <v>3066548.4</v>
+        <v>4865890.12</v>
       </c>
       <c r="N66" s="4">
-        <v>3066548.4</v>
+        <v>4865890.12</v>
       </c>
       <c r="O66" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="P66" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="Q66" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R66" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="P66" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S66" s="3" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>4.1706E-2</v>
+        <v>5.2552000000000001E-2</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D67" s="4">
-        <v>380028</v>
+        <v>1800</v>
       </c>
       <c r="E67" s="5">
-        <v>8.18</v>
+        <v>387.73</v>
       </c>
       <c r="F67" s="4">
-        <v>3108629.04</v>
+        <v>697914</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J67" s="5">
-        <v>8.18</v>
+        <v>387.73</v>
       </c>
       <c r="K67" s="5">
         <v>1</v>
       </c>
       <c r="L67" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M67" s="4">
-        <v>3108629.04</v>
+        <v>697914</v>
       </c>
       <c r="N67" s="4">
-        <v>3108629.04</v>
+        <v>697914</v>
       </c>
       <c r="O67" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="P67" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q67" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R67" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="P67" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S67" s="3" t="s">
-        <v>137</v>
+        <v>92</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>4.2278000000000003E-2</v>
+        <v>7.5370000000000003E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D68" s="4">
+        <v>145716</v>
+      </c>
+      <c r="E68" s="5">
+        <v>9.3699239999999993</v>
+      </c>
+      <c r="F68" s="4">
+        <v>1365347.87956174</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H68" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I68" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J68" s="5">
+        <v>49.9</v>
+      </c>
+      <c r="K68" s="5">
+        <v>5.3255500773988818</v>
+      </c>
+      <c r="L68" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M68" s="4">
+        <v>7271228.5056760004</v>
+      </c>
+      <c r="N68" s="4">
+        <v>1365347.87956174</v>
+      </c>
+      <c r="O68" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="P68" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="B68" s="3" t="s">
+      <c r="Q68" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R68" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="C68" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O68" s="3" t="s">
+      <c r="S68" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="P68" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
-        <v>373</v>
+        <v>34</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>5.3290000000000004E-3</v>
+        <v>1.4746E-2</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D69" s="4">
+        <v>25511</v>
+      </c>
+      <c r="E69" s="5">
+        <v>21.126901</v>
+      </c>
+      <c r="F69" s="4">
+        <v>538968.38982540998</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H69" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I69" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J69" s="5">
+        <v>210.8</v>
+      </c>
+      <c r="K69" s="5">
+        <v>9.977800391908044</v>
+      </c>
+      <c r="L69" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M69" s="4">
+        <v>5377719.0112260003</v>
+      </c>
+      <c r="N69" s="4">
+        <v>538968.38982540998</v>
+      </c>
+      <c r="O69" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="P69" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="B69" s="3" t="s">
+      <c r="Q69" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="R69" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="C69" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O69" s="3" t="s">
+      <c r="S69" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="P69" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>378</v>
+        <v>34</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>4.1180000000000001E-3</v>
+        <v>5.8199999999999997E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D70" s="4">
+        <v>119535</v>
+      </c>
+      <c r="E70" s="5">
+        <v>18.312374999999999</v>
+      </c>
+      <c r="F70" s="4">
+        <v>2188969.745625</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H70" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="I70" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J70" s="5">
+        <v>15.585000000000001</v>
+      </c>
+      <c r="K70" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L70" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="M70" s="4">
+        <v>1862952.9750000001</v>
+      </c>
+      <c r="N70" s="4">
+        <v>2188969.745625</v>
+      </c>
+      <c r="O70" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="P70" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="B70" s="3" t="s">
+      <c r="Q70" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="R70" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="C70" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S70" s="3" t="s">
-        <v>387</v>
+        <v>245</v>
       </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>1.4536E-2</v>
+        <v>2.3640999999999999E-2</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D71" s="4">
+        <v>19382</v>
+      </c>
+      <c r="E71" s="5">
+        <v>25.991</v>
+      </c>
+      <c r="F71" s="4">
+        <v>503757.56199999998</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H71" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="I71" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J71" s="5">
+        <v>22.12</v>
+      </c>
+      <c r="K71" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L71" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="M71" s="4">
+        <v>428729.84</v>
+      </c>
+      <c r="N71" s="4">
+        <v>503757.56199999998</v>
+      </c>
+      <c r="O71" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="P71" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="Q71" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R71" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S71" s="3" t="s">
-        <v>395</v>
+        <v>219</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>6.9080000000000001E-3</v>
+        <v>5.4400000000000004E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D72" s="4">
-        <v>130964</v>
+        <v>81184</v>
       </c>
       <c r="E72" s="5">
-        <v>13.522752000000001</v>
+        <v>9.5211369999999995</v>
       </c>
       <c r="F72" s="4">
-        <v>1770993.6929279999</v>
+        <v>772963.98003568</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>244</v>
+        <v>79</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="J72" s="5">
-        <v>11.52</v>
+        <v>95</v>
       </c>
       <c r="K72" s="5">
-        <v>0.85189760190825059</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>245</v>
+        <v>81</v>
       </c>
       <c r="M72" s="4">
-        <v>1508705.28</v>
+        <v>7712480.3029300002</v>
       </c>
       <c r="N72" s="4">
-        <v>1770993.6929279999</v>
+        <v>772963.98003568</v>
       </c>
       <c r="O72" s="3" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="P72" s="3" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>107</v>
+        <v>170</v>
       </c>
       <c r="R72" s="3" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>248</v>
+        <v>380</v>
       </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>2.4086E-2</v>
+        <v>8.3479999999999995E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D73" s="4">
-        <v>78292</v>
+        <v>201000</v>
       </c>
       <c r="E73" s="5">
-        <v>9.5753830000000004</v>
+        <v>2.0166059999999999</v>
       </c>
       <c r="F73" s="4">
-        <v>749675.85995632003</v>
+        <v>405337.77183692</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>390</v>
+        <v>49</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="J73" s="5">
-        <v>96.9</v>
+        <v>15.69</v>
       </c>
       <c r="K73" s="5">
-        <v>10.119699857797977</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>392</v>
+        <v>51</v>
       </c>
       <c r="M73" s="4">
-        <v>7586494.6933939997</v>
+        <v>3153689.9077860001</v>
       </c>
       <c r="N73" s="4">
-        <v>749675.85995632003</v>
+        <v>405337.77183692</v>
       </c>
       <c r="O73" s="3" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="P73" s="3" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>175</v>
+        <v>109</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>1.0194999999999999E-2</v>
+        <v>4.3769999999999998E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D74" s="4">
-        <v>201000</v>
+        <v>3441</v>
       </c>
       <c r="E74" s="5">
-        <v>1.016561</v>
+        <v>98.911500000000004</v>
       </c>
       <c r="F74" s="4">
-        <v>204328.66242037999</v>
+        <v>340354.47149999999</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>54</v>
+        <v>270</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="J74" s="5">
-        <v>7.98</v>
+        <v>84.18</v>
       </c>
       <c r="K74" s="5">
-        <v>7.8499996938500116</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>56</v>
+        <v>271</v>
       </c>
       <c r="M74" s="4">
-        <v>1603979.937444</v>
+        <v>289663.38</v>
       </c>
       <c r="N74" s="4">
-        <v>204328.66242037999</v>
+        <v>340354.47149999999</v>
       </c>
       <c r="O74" s="3" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="P74" s="3" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>408</v>
+        <v>274</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>2.7780000000000001E-3</v>
+        <v>3.6749999999999999E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D75" s="4">
-        <v>9718</v>
+        <v>25661</v>
       </c>
       <c r="E75" s="5">
-        <v>70.477953999999997</v>
+        <v>18.923375</v>
       </c>
       <c r="F75" s="4">
-        <v>684904.756972</v>
+        <v>485592.725875</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
       <c r="I75" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J75" s="5">
-        <v>60.04</v>
+        <v>16.105</v>
       </c>
       <c r="K75" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="M75" s="4">
-        <v>583468.72</v>
+        <v>413270.40500000003</v>
       </c>
       <c r="N75" s="4">
-        <v>684904.756972</v>
+        <v>485592.725875</v>
       </c>
       <c r="O75" s="3" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="P75" s="3" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>100</v>
+        <v>153</v>
       </c>
       <c r="R75" s="3" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>9.3139999999999994E-3</v>
+        <v>5.2440000000000004E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D76" s="4">
-        <v>27424</v>
+        <v>339600</v>
       </c>
       <c r="E76" s="5">
-        <v>19.122017</v>
+        <v>1.799393</v>
       </c>
       <c r="F76" s="4">
-        <v>524402.18049599999</v>
+        <v>611073.98077220004</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>267</v>
+        <v>49</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>60</v>
+        <v>395</v>
       </c>
       <c r="J76" s="5">
-        <v>16.29</v>
+        <v>14</v>
       </c>
       <c r="K76" s="5">
-        <v>0.85189760190825059</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>268</v>
+        <v>51</v>
       </c>
       <c r="M76" s="4">
-        <v>446736.96</v>
+        <v>4754399.8609809997</v>
       </c>
       <c r="N76" s="4">
-        <v>524402.18049599999</v>
+        <v>611073.98077220004</v>
       </c>
       <c r="O76" s="3" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="P76" s="3" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>158</v>
+        <v>90</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>271</v>
+        <v>398</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>7.1320000000000003E-3</v>
+        <v>6.5989999999999998E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D77" s="4">
-        <v>14010</v>
+        <v>23649</v>
       </c>
       <c r="E77" s="5">
-        <v>44.843226999999999</v>
+        <v>45.841766999999997</v>
       </c>
       <c r="F77" s="4">
-        <v>628253.60435586004</v>
+        <v>1084111.9886147201</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>390</v>
+        <v>79</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>391</v>
+        <v>80</v>
       </c>
       <c r="J77" s="5">
-        <v>453.8</v>
+        <v>457.4</v>
       </c>
       <c r="K77" s="5">
-        <v>10.119699857797977</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>392</v>
+        <v>81</v>
       </c>
       <c r="M77" s="4">
-        <v>6357737.9106609998</v>
+        <v>10817053.024871999</v>
       </c>
       <c r="N77" s="4">
-        <v>628253.60435586004</v>
+        <v>1084111.9886147201</v>
       </c>
       <c r="O77" s="3" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="P77" s="3" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="R77" s="3" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="S77" s="3" t="s">
-        <v>395</v>
+        <v>380</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>8.5439999999999995E-3</v>
+        <v>1.1708E-2</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D78" s="4">
-        <v>22147</v>
+        <v>24047</v>
       </c>
       <c r="E78" s="5">
-        <v>15.661414000000001</v>
+        <v>16.745723999999999</v>
       </c>
       <c r="F78" s="4">
-        <v>346853.34554781998</v>
+        <v>402684.41857122001</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H78" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I78" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J78" s="5">
-        <v>21.37</v>
+        <v>23.3</v>
       </c>
       <c r="K78" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L78" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M78" s="4">
-        <v>473281.391841</v>
+        <v>560295.09948099998</v>
       </c>
       <c r="N78" s="4">
-        <v>346853.34554781998</v>
+        <v>402684.41857122001</v>
       </c>
       <c r="O78" s="3" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="P78" s="3" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>4.7169999999999998E-3</v>
+        <v>4.3489999999999996E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D79" s="4">
-        <v>163800</v>
+        <v>190200</v>
       </c>
       <c r="E79" s="5">
-        <v>6.9329419999999997</v>
+        <v>8.9550090000000004</v>
       </c>
       <c r="F79" s="4">
-        <v>1135615.97654819</v>
+        <v>1703242.7770590801</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J79" s="5">
-        <v>9.4600000000000009</v>
+        <v>12.46</v>
       </c>
       <c r="K79" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L79" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M79" s="4">
-        <v>1549548.006027</v>
+        <v>2369891.9978049998</v>
       </c>
       <c r="N79" s="4">
-        <v>1135615.97654819</v>
+        <v>1703242.7770590801</v>
       </c>
       <c r="O79" s="3" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="P79" s="3" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>1.5443999999999999E-2</v>
+        <v>1.8395000000000002E-2</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D80" s="4">
-        <v>9685</v>
+        <v>10032</v>
       </c>
       <c r="E80" s="5">
-        <v>96.314392999999995</v>
+        <v>93.823750000000004</v>
       </c>
       <c r="F80" s="4">
-        <v>932804.89136250003</v>
+        <v>941239.86</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H80" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="I80" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J80" s="5">
+        <v>79.849999999999994</v>
+      </c>
+      <c r="K80" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L80" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="M80" s="4">
+        <v>801055.2</v>
+      </c>
+      <c r="N80" s="4">
+        <v>941239.86</v>
+      </c>
+      <c r="O80" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="P80" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="Q80" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R80" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="S80" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="I80" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>1.2685999999999999E-2</v>
+        <v>1.0165E-2</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D81" s="4">
-        <v>181200</v>
+        <v>691500</v>
       </c>
       <c r="E81" s="5">
-        <v>0.61265800000000004</v>
+        <v>0.63777899999999998</v>
       </c>
       <c r="F81" s="4">
-        <v>111013.60686622999</v>
+        <v>441024.38030750997</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="J81" s="5">
-        <v>4.3899999999999997</v>
+        <v>4.54</v>
       </c>
       <c r="K81" s="5">
-        <v>7.165500123246602</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="M81" s="4">
-        <v>795468.01368199999</v>
+        <v>3139410.0051199999</v>
       </c>
       <c r="N81" s="4">
-        <v>111013.60686622999</v>
+        <v>441024.38030750997</v>
       </c>
       <c r="O81" s="3" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>1.5089999999999999E-3</v>
+        <v>4.7629999999999999E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D82" s="4">
-        <v>18719</v>
+        <v>20285</v>
       </c>
       <c r="E82" s="5">
-        <v>21.305378000000001</v>
+        <v>19.317</v>
       </c>
       <c r="F82" s="4">
-        <v>398815.36142249999</v>
+        <v>391845.34499999997</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H82" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="I82" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J82" s="5">
+        <v>16.440000000000001</v>
+      </c>
+      <c r="K82" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L82" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="M82" s="4">
+        <v>333485.40000000002</v>
+      </c>
+      <c r="N82" s="4">
+        <v>391845.34499999997</v>
+      </c>
+      <c r="O82" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="P82" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="Q82" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="R82" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="S82" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="I82" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>5.424E-3</v>
+        <v>4.2319999999999997E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D83" s="4">
-        <v>98351</v>
+        <v>125451</v>
       </c>
       <c r="E83" s="5">
-        <v>7.4972519999999996</v>
+        <v>10.608021000000001</v>
       </c>
       <c r="F83" s="4">
-        <v>737362.20593624003</v>
+        <v>1330786.8046571801</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H83" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I83" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J83" s="5">
-        <v>10.23</v>
+        <v>14.76</v>
       </c>
       <c r="K83" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L83" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M83" s="4">
-        <v>1006130.733913</v>
+        <v>1851656.758285</v>
       </c>
       <c r="N83" s="4">
-        <v>737362.20593624003</v>
+        <v>1330786.8046571801</v>
       </c>
       <c r="O83" s="3" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>1.0028E-2</v>
+        <v>1.4371999999999999E-2</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D84" s="4">
-        <v>199547</v>
+        <v>180214</v>
       </c>
       <c r="E84" s="5">
-        <v>10.905067000000001</v>
+        <v>12.496124999999999</v>
       </c>
       <c r="F84" s="4">
-        <v>2176073.3048755</v>
+        <v>2251976.67075</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="I84" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J84" s="5">
-        <v>9.2899999999999991</v>
+        <v>10.635</v>
       </c>
       <c r="K84" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="M84" s="4">
-        <v>1853791.63</v>
+        <v>1916575.89</v>
       </c>
       <c r="N84" s="4">
-        <v>2176073.3048755</v>
+        <v>2251976.67075</v>
       </c>
       <c r="O84" s="3" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>2.9595E-2</v>
+        <v>2.4320999999999999E-2</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D85" s="4">
+        <v>32566</v>
+      </c>
+      <c r="E85" s="5">
+        <v>14.371219</v>
+      </c>
+      <c r="F85" s="4">
+        <v>468013.10981250001</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H85" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="I85" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="J85" s="5">
+        <v>10.675000000000001</v>
+      </c>
+      <c r="K85" s="5">
+        <v>0.74280408542246978</v>
+      </c>
+      <c r="L85" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="M85" s="4">
+        <v>347642.05</v>
+      </c>
+      <c r="N85" s="4">
+        <v>468013.10981250001</v>
+      </c>
+      <c r="O85" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="P85" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="Q85" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="R85" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="B85" s="3" t="s">
+      <c r="S85" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="C85" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T85" s="4">
         <v>1</v>
       </c>
       <c r="W85" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>5.9449999999999998E-3</v>
+        <v>5.0540000000000003E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D86" s="4">
+        <v>13781</v>
+      </c>
+      <c r="E86" s="5">
+        <v>80.688744999999997</v>
+      </c>
+      <c r="F86" s="4">
+        <v>1111971.59555081</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H86" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="I86" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="B86" s="3" t="s">
+      <c r="J86" s="5">
+        <v>64.2</v>
+      </c>
+      <c r="K86" s="5">
+        <v>0.79564999687627802</v>
+      </c>
+      <c r="L86" s="3" t="s">
         <v>459</v>
       </c>
-      <c r="C86" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M86" s="4">
-        <v>472877.998884</v>
+        <v>884740.19652600004</v>
       </c>
       <c r="N86" s="4">
-        <v>594067.83919597999</v>
+        <v>1111971.59555081</v>
       </c>
       <c r="O86" s="3" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="P86" s="3" t="s">
         <v>460</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="R86" s="3" t="s">
         <v>461</v>
       </c>
       <c r="S86" s="3" t="s">
         <v>462</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>8.0789999999999994E-3</v>
+        <v>1.2009000000000001E-2</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
         <v>463</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>464</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D87" s="4">
-        <v>357829</v>
+        <v>401529</v>
       </c>
       <c r="E87" s="5">
-        <v>0.69447400000000004</v>
+        <v>0.97040800000000005</v>
       </c>
       <c r="F87" s="4">
-        <v>248502.88376031999</v>
+        <v>389646.85176599002</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="J87" s="5">
-        <v>13.12</v>
+        <v>17.79</v>
       </c>
       <c r="K87" s="5">
-        <v>18.891999351626584</v>
+        <v>18.332501343314036</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="M87" s="4">
-        <v>4694716.3188770004</v>
+        <v>7143201.4334180001</v>
       </c>
       <c r="N87" s="4">
-        <v>248502.88376031999</v>
+        <v>389646.85176599002</v>
       </c>
       <c r="O87" s="3" t="s">
         <v>463</v>
       </c>
       <c r="P87" s="3" t="s">
         <v>465</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="R87" s="3" t="s">
         <v>466</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>181</v>
+        <v>467</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>3.3790000000000001E-3</v>
+        <v>4.2079999999999999E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D88" s="4">
-        <v>1300</v>
+        <v>1000</v>
       </c>
       <c r="E88" s="5">
-        <v>437.41</v>
+        <v>421.96</v>
       </c>
       <c r="F88" s="4">
-        <v>568633</v>
+        <v>421960</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H88" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I88" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J88" s="5">
-        <v>437.41</v>
+        <v>421.96</v>
       </c>
       <c r="K88" s="5">
         <v>1</v>
       </c>
       <c r="L88" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M88" s="4">
-        <v>568633</v>
+        <v>421960</v>
       </c>
       <c r="N88" s="4">
-        <v>568633</v>
+        <v>421960</v>
       </c>
       <c r="O88" s="3" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>7.7330000000000003E-3</v>
+        <v>4.5570000000000003E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D89" s="4">
         <v>163000</v>
       </c>
       <c r="E89" s="5">
-        <v>4.12</v>
+        <v>5.48</v>
       </c>
       <c r="F89" s="4">
-        <v>671560</v>
+        <v>893240</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>64</v>
+        <v>449</v>
       </c>
       <c r="I89" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J89" s="5">
-        <v>4.12</v>
+        <v>5.48</v>
       </c>
       <c r="K89" s="5">
         <v>1</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>66</v>
+        <v>451</v>
       </c>
       <c r="M89" s="4">
-        <v>671560</v>
+        <v>893240</v>
       </c>
       <c r="N89" s="4">
-        <v>671560</v>
+        <v>893240</v>
       </c>
       <c r="O89" s="3" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>9.1330000000000005E-3</v>
+        <v>9.6469999999999993E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D90" s="4">
         <v>179125</v>
       </c>
       <c r="E90" s="5">
-        <v>1.2898499999999999</v>
+        <v>1.4948969999999999</v>
       </c>
       <c r="F90" s="4">
-        <v>231044.33858556001</v>
+        <v>267773.46557424002</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H90" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J90" s="5">
-        <v>1.76</v>
+        <v>2.08</v>
       </c>
       <c r="K90" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L90" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M90" s="4">
-        <v>315260.00122600002</v>
+        <v>372579.99965399998</v>
       </c>
       <c r="N90" s="4">
-        <v>231044.33858556001</v>
+        <v>267773.46557424002</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>3.1419999999999998E-3</v>
+        <v>2.892E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D91" s="4">
-        <v>3359</v>
+        <v>2259</v>
       </c>
       <c r="E91" s="5">
-        <v>102.66</v>
+        <v>110.76</v>
       </c>
       <c r="F91" s="4">
-        <v>344834.94</v>
+        <v>250206.84</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H91" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J91" s="5">
-        <v>102.66</v>
+        <v>110.76</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M91" s="4">
-        <v>344834.94</v>
+        <v>250206.84</v>
       </c>
       <c r="N91" s="4">
-        <v>344834.94</v>
+        <v>250206.84</v>
       </c>
       <c r="O91" s="3" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>4.6889999999999996E-3</v>
+        <v>2.702E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D92" s="4">
         <v>4642</v>
       </c>
       <c r="E92" s="5">
-        <v>25.648623000000001</v>
+        <v>25.438749999999999</v>
       </c>
       <c r="F92" s="4">
-        <v>119060.90564500001</v>
+        <v>118086.67750000001</v>
       </c>
       <c r="G92" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H92" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="I92" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J92" s="5">
+        <v>21.65</v>
+      </c>
+      <c r="K92" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L92" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="M92" s="4">
+        <v>100499.3</v>
+      </c>
+      <c r="N92" s="4">
+        <v>118086.67750000001</v>
+      </c>
+      <c r="O92" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="P92" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="Q92" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="H92" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R92" s="3" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>1.619E-3</v>
+        <v>1.2750000000000001E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B93" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D93" s="4">
+        <v>35109</v>
+      </c>
+      <c r="E93" s="5">
+        <v>5.0913019999999998</v>
+      </c>
+      <c r="F93" s="4">
+        <v>178750.54621259001</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J93" s="5">
+        <v>50.8</v>
+      </c>
+      <c r="K93" s="5">
+        <v>9.977800391908044</v>
+      </c>
+      <c r="L93" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M93" s="4">
+        <v>1783537.270053</v>
+      </c>
+      <c r="N93" s="4">
+        <v>178750.54621259001</v>
+      </c>
+      <c r="O93" s="3" t="s">
         <v>489</v>
       </c>
-      <c r="C93" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P93" s="3" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>318</v>
+        <v>380</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>9.6400000000000001E-4</v>
+        <v>1.9300000000000001E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B94" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D94" s="4">
+        <v>134425</v>
+      </c>
+      <c r="E94" s="5">
+        <v>3.5457130000000001</v>
+      </c>
+      <c r="F94" s="4">
+        <v>476632.40281250002</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H94" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="I94" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="J94" s="5">
+        <v>5.35</v>
+      </c>
+      <c r="K94" s="5">
+        <v>1.5088645794039983</v>
+      </c>
+      <c r="L94" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="M94" s="4">
+        <v>719173.75</v>
+      </c>
+      <c r="N94" s="4">
+        <v>476632.40281250002</v>
+      </c>
+      <c r="O94" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="C94" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I94" s="3" t="s">
+      <c r="P94" s="3" t="s">
         <v>495</v>
       </c>
-      <c r="J94" s="5">
-[...5 lines deleted...]
-      <c r="L94" s="3" t="s">
+      <c r="Q94" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R94" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="M94" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S94" s="3" t="s">
-        <v>499</v>
+        <v>311</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>3.4626999999999998E-2</v>
+        <v>5.1469999999999997E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D95" s="4">
+        <v>137663</v>
+      </c>
+      <c r="E95" s="5">
+        <v>18.857827</v>
+      </c>
+      <c r="F95" s="4">
+        <v>2596024.9653695999</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H95" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="I95" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="B95" s="3" t="s">
+      <c r="J95" s="5">
+        <v>119.8</v>
+      </c>
+      <c r="K95" s="5">
+        <v>6.3527998154638716</v>
+      </c>
+      <c r="L95" s="3" t="s">
         <v>501</v>
       </c>
-      <c r="C95" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M95" s="4">
-        <v>1615029.927778</v>
+        <v>16492026.920939</v>
       </c>
       <c r="N95" s="4">
-        <v>225389.70064893999</v>
+        <v>2596024.9653695999</v>
       </c>
       <c r="O95" s="3" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="P95" s="3" t="s">
         <v>502</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="R95" s="3" t="s">
         <v>503</v>
       </c>
       <c r="S95" s="3" t="s">
         <v>504</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>3.065E-3</v>
+        <v>2.8036999999999999E-2</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D96" s="4">
-        <v>79132</v>
+        <v>64965</v>
       </c>
       <c r="E96" s="5">
-        <v>0.967387</v>
+        <v>3.8224610000000001</v>
       </c>
       <c r="F96" s="4">
-        <v>76551.293514110002</v>
+        <v>248326.20163097</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H96" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I96" s="3" t="s">
-        <v>45</v>
+        <v>431</v>
       </c>
       <c r="J96" s="5">
-        <v>1.32</v>
+        <v>27.21</v>
       </c>
       <c r="K96" s="5">
-        <v>1.3645000053079051</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L96" s="3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="M96" s="4">
-        <v>104454.240406</v>
+        <v>1767697.652883</v>
       </c>
       <c r="N96" s="4">
-        <v>76551.293514110002</v>
+        <v>248326.20163097</v>
       </c>
       <c r="O96" s="3" t="s">
         <v>505</v>
       </c>
       <c r="P96" s="3" t="s">
         <v>507</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="R96" s="3" t="s">
         <v>508</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>169</v>
+        <v>509</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>509</v>
+        <v>34</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>1.041E-3</v>
+        <v>2.6809999999999998E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
         <v>510</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>511</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D97" s="4">
-        <v>3065</v>
+        <v>79132</v>
       </c>
       <c r="E97" s="5">
-        <v>168.67</v>
+        <v>2.069858</v>
       </c>
       <c r="F97" s="4">
-        <v>516973.55</v>
+        <v>163791.97930142001</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H97" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J97" s="5">
-        <v>168.67</v>
+        <v>2.88</v>
       </c>
       <c r="K97" s="5">
-        <v>1</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L97" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M97" s="4">
-        <v>516973.55</v>
+        <v>227900.15978799999</v>
       </c>
       <c r="N97" s="4">
-        <v>516973.55</v>
+        <v>163791.97930142001</v>
       </c>
       <c r="O97" s="3" t="s">
         <v>510</v>
       </c>
       <c r="P97" s="3" t="s">
         <v>512</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>135</v>
+        <v>90</v>
       </c>
       <c r="R97" s="3" t="s">
         <v>513</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>102</v>
+        <v>164</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>34</v>
+        <v>514</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>7.0299999999999998E-3</v>
+        <v>1.768E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B98" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D98" s="4">
+        <v>3265</v>
+      </c>
+      <c r="E98" s="5">
+        <v>219.53</v>
+      </c>
+      <c r="F98" s="4">
+        <v>716765.45</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H98" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I98" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J98" s="5">
+        <v>219.53</v>
+      </c>
+      <c r="K98" s="5">
+        <v>1</v>
+      </c>
+      <c r="L98" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M98" s="4">
+        <v>716765.45</v>
+      </c>
+      <c r="N98" s="4">
+        <v>716765.45</v>
+      </c>
+      <c r="O98" s="3" t="s">
         <v>515</v>
       </c>
-      <c r="C98" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P98" s="3" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>499</v>
+        <v>92</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>6.1009999999999997E-3</v>
+        <v>7.7409999999999996E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B99" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D99" s="4">
+        <v>10423</v>
+      </c>
+      <c r="E99" s="5">
+        <v>37.164715999999999</v>
+      </c>
+      <c r="F99" s="4">
+        <v>387367.82206271001</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="I99" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="J99" s="5">
+        <v>236.1</v>
+      </c>
+      <c r="K99" s="5">
+        <v>6.3527998154638716</v>
+      </c>
+      <c r="L99" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="M99" s="4">
+        <v>2460870.2285159999</v>
+      </c>
+      <c r="N99" s="4">
+        <v>387367.82206271001</v>
+      </c>
+      <c r="O99" s="3" t="s">
         <v>519</v>
       </c>
-      <c r="C99" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P99" s="3" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>310</v>
+        <v>504</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>2.4399999999999999E-3</v>
+        <v>4.1830000000000001E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B100" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D100" s="4">
+        <v>7729</v>
+      </c>
+      <c r="E100" s="5">
+        <v>29.863386999999999</v>
+      </c>
+      <c r="F100" s="4">
+        <v>230815.08142974001</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H100" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I100" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J100" s="5">
+        <v>41900</v>
+      </c>
+      <c r="K100" s="5">
+        <v>1403.0558556536134</v>
+      </c>
+      <c r="L100" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M100" s="4">
+        <v>323846451.57316202</v>
+      </c>
+      <c r="N100" s="4">
+        <v>230815.08142974001</v>
+      </c>
+      <c r="O100" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="C100" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H100" s="3" t="s">
+      <c r="P100" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="I100" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L100" s="3" t="s">
+      <c r="Q100" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="R100" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="M100" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S100" s="3" t="s">
-        <v>102</v>
+        <v>303</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>522</v>
+        <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>1.9868E-2</v>
+        <v>2.4919999999999999E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D101" s="4">
+        <v>3120780</v>
+      </c>
+      <c r="E101" s="5">
+        <v>0.103071</v>
+      </c>
+      <c r="F101" s="4">
+        <v>321660.39808671002</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="H101" s="3" t="s">
         <v>530</v>
       </c>
-      <c r="B101" s="3" t="s">
+      <c r="I101" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="C101" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G101" s="3" t="s">
+      <c r="J101" s="5">
+        <v>3.34</v>
+      </c>
+      <c r="K101" s="5">
+        <v>32.404995035554762</v>
+      </c>
+      <c r="L101" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="H101" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="M101" s="4">
-        <v>107436</v>
+        <v>10423403.603134001</v>
       </c>
       <c r="N101" s="4">
-        <v>107436</v>
+        <v>321660.39808671002</v>
       </c>
       <c r="O101" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="P101" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="P101" s="3" t="s">
+      <c r="Q101" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="R101" s="3" t="s">
         <v>534</v>
       </c>
-      <c r="Q101" s="3" t="s">
+      <c r="S101" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="R101" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>530</v>
+        <v>34</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>1.4610000000000001E-3</v>
+        <v>3.4740000000000001E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="B102" s="3" t="s">
+      <c r="C102" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D102" s="4">
+        <v>48420</v>
+      </c>
+      <c r="E102" s="5">
+        <v>42.98</v>
+      </c>
+      <c r="F102" s="4">
+        <v>2081091.6</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="H102" s="3" t="s">
         <v>538</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J102" s="5">
-        <v>25.69</v>
+        <v>42.98</v>
       </c>
       <c r="K102" s="5">
         <v>1</v>
       </c>
       <c r="L102" s="3" t="s">
-        <v>33</v>
+        <v>539</v>
       </c>
       <c r="M102" s="4">
-        <v>105329</v>
+        <v>2081091.6</v>
       </c>
       <c r="N102" s="4">
-        <v>105329</v>
+        <v>2081091.6</v>
       </c>
       <c r="O102" s="3" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>535</v>
+        <v>109</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>1.4319999999999999E-3</v>
+        <v>2.2475999999999999E-2</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>544</v>
+        <v>86</v>
       </c>
       <c r="D103" s="4">
-        <v>-81633.929999999993</v>
+        <v>79800</v>
       </c>
       <c r="E103" s="5">
-        <v>1</v>
+        <v>3.3874439999999999</v>
       </c>
       <c r="F103" s="4">
-        <v>-81633.929999999993</v>
+        <v>270317.99532443</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>545</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="J103" s="5">
-        <v>1</v>
+        <v>18.04</v>
       </c>
       <c r="K103" s="5">
-        <v>1</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L103" s="3" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="M103" s="4">
-        <v>-81633.929999999993</v>
+        <v>1439592.0209220001</v>
       </c>
       <c r="N103" s="4">
-        <v>-81633.929999999993</v>
+        <v>270317.99532443</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>34</v>
+        <v>543</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>34</v>
+        <v>109</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>34</v>
+        <v>547</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>35</v>
+        <v>375</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>-1.1100000000000001E-3</v>
+        <v>2.9190000000000002E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>544</v>
+        <v>86</v>
       </c>
       <c r="D104" s="4">
-        <v>-144705.29999999999</v>
+        <v>7100</v>
       </c>
       <c r="E104" s="5">
-        <v>1</v>
+        <v>40.75</v>
       </c>
       <c r="F104" s="4">
-        <v>-144705.29999999999</v>
+        <v>289325</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J104" s="5">
-        <v>1</v>
+        <v>40.75</v>
       </c>
       <c r="K104" s="5">
         <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M104" s="4">
-        <v>-144705.29999999999</v>
+        <v>289325</v>
       </c>
       <c r="N104" s="4">
-        <v>-144705.29999999999</v>
+        <v>289325</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>34</v>
+        <v>551</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>34</v>
+        <v>552</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>34</v>
+        <v>553</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>34</v>
+        <v>554</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>35</v>
+        <v>132</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>34</v>
+        <v>548</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>-1.9680000000000001E-3</v>
+        <v>3.124E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="C105" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D105" s="4">
+        <v>11200</v>
+      </c>
+      <c r="E105" s="5">
+        <v>24.79</v>
+      </c>
+      <c r="F105" s="4">
+        <v>277648</v>
+      </c>
+      <c r="G105" s="3" t="s">
         <v>550</v>
-      </c>
-[...10 lines deleted...]
-        <v>551</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J105" s="5">
-        <v>1</v>
+        <v>24.79</v>
       </c>
       <c r="K105" s="5">
         <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M105" s="4">
-        <v>669671.84</v>
+        <v>277648</v>
       </c>
       <c r="N105" s="4">
-        <v>669671.84</v>
+        <v>277648</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>34</v>
+        <v>557</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>34</v>
+        <v>558</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>548</v>
+        <v>559</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>553</v>
+        <v>92</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>34</v>
+        <v>555</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>9.1070000000000005E-3</v>
+        <v>2.9979999999999998E-3</v>
+      </c>
+    </row>
+    <row r="106" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A106" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="D106" s="4">
+        <v>-101269.59</v>
+      </c>
+      <c r="E106" s="5">
+        <v>1</v>
+      </c>
+      <c r="F106" s="4">
+        <v>-101269.59</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I106" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J106" s="5">
+        <v>1</v>
+      </c>
+      <c r="K106" s="5">
+        <v>1</v>
+      </c>
+      <c r="L106" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M106" s="4">
+        <v>-101269.59</v>
+      </c>
+      <c r="N106" s="4">
+        <v>-101269.59</v>
+      </c>
+      <c r="O106" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P106" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="Q106" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R106" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S106" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T106" s="4">
+        <v>1</v>
+      </c>
+      <c r="W106" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X106" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y106" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z106" s="6">
+        <v>-1.093E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>554</v>
+        <v>564</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="D107" s="4">
+        <v>-137857.45000000001</v>
+      </c>
+      <c r="E107" s="5">
+        <v>1</v>
+      </c>
+      <c r="F107" s="4">
+        <v>-137857.45000000001</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I107" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J107" s="5">
+        <v>1</v>
+      </c>
+      <c r="K107" s="5">
+        <v>1</v>
+      </c>
+      <c r="L107" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M107" s="4">
+        <v>-137857.45000000001</v>
+      </c>
+      <c r="N107" s="4">
+        <v>-137857.45000000001</v>
+      </c>
+      <c r="O107" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P107" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q107" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R107" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S107" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T107" s="4">
+        <v>1</v>
+      </c>
+      <c r="W107" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X107" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y107" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z107" s="6">
+        <v>-1.488E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>555</v>
-[...4 lines deleted...]
-        <v>556</v>
+        <v>566</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="D108" s="4">
+        <v>1670182.57</v>
+      </c>
+      <c r="E108" s="5">
+        <v>1</v>
+      </c>
+      <c r="F108" s="4">
+        <v>1670182.57</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="H108" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I108" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J108" s="5">
+        <v>1</v>
+      </c>
+      <c r="K108" s="5">
+        <v>1</v>
+      </c>
+      <c r="L108" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M108" s="4">
+        <v>1670182.57</v>
+      </c>
+      <c r="N108" s="4">
+        <v>1670182.57</v>
+      </c>
+      <c r="O108" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P108" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q108" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="R108" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="S108" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="T108" s="4">
+        <v>1</v>
+      </c>
+      <c r="W108" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X108" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y108" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z108" s="6">
+        <v>1.8037999999999998E-2</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>557</v>
+        <v>572</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>558</v>
+        <v>573</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>559</v>
+        <v>574</v>
+      </c>
+    </row>
+    <row r="113" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A113" s="3" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="114" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A114" s="3" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="115" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A115" s="3" t="s">
+        <v>577</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>June</vt:lpstr>
+      <vt:lpstr>September</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>