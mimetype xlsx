--- v1 (2025-11-17)
+++ v2 (2026-02-27)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{147B95FF-7AE4-42EC-A9F2-56C2F1B508C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7B73A197-65FA-4FB2-8185-15DA675D97DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{ED113D0C-FFFC-4333-B82F-718AA8971F67}"/>
+    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{9CB0C97A-1BAF-4E2F-AB29-1752E95453A3}"/>
   </bookViews>
   <sheets>
-    <sheet name="September" sheetId="1" r:id="rId1"/>
+    <sheet name="December" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1398" uniqueCount="578">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1437" uniqueCount="585">
   <si>
     <t>GMO Climate Change Select Transition Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -208,50 +208,65 @@
   <si>
     <t>China</t>
   </si>
   <si>
     <t>CNH</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>EURTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (EUR)</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
     <t>ILSTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (ILS)</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>ILS</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>JPYTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (JPY)</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JPY</t>
@@ -733,71 +748,50 @@
   <si>
     <t>EDP</t>
   </si>
   <si>
     <t>PTEDP0AM0009</t>
   </si>
   <si>
     <t>XLIS</t>
   </si>
   <si>
     <t>443510607</t>
   </si>
   <si>
     <t>Hubbell Inc</t>
   </si>
   <si>
     <t>BDFG6S3</t>
   </si>
   <si>
     <t>HUBB</t>
   </si>
   <si>
     <t>US4435106079</t>
   </si>
   <si>
-    <t>4491235</t>
-[...19 lines deleted...]
-  <si>
     <t>4513612</t>
   </si>
   <si>
     <t>Kemira Oyj</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>KEMIRA</t>
   </si>
   <si>
     <t>FI0009004824</t>
   </si>
   <si>
     <t>XHEL</t>
   </si>
   <si>
     <t>465741106</t>
   </si>
   <si>
     <t>Itron Inc</t>
@@ -988,74 +982,104 @@
   <si>
     <t>IGO</t>
   </si>
   <si>
     <t>AU000000IGO4</t>
   </si>
   <si>
     <t>XASX</t>
   </si>
   <si>
     <t>6483489</t>
   </si>
   <si>
     <t>Kansai Electric Power Co Inc</t>
   </si>
   <si>
     <t>9503</t>
   </si>
   <si>
     <t>JP3228600007</t>
   </si>
   <si>
     <t>65290E101</t>
   </si>
   <si>
-    <t>Nextracker Inc-Cl A</t>
+    <t>Nextpower Inc-Cl A</t>
   </si>
   <si>
     <t>BR1GTS6</t>
   </si>
   <si>
     <t>NXT</t>
   </si>
   <si>
     <t>US65290E1010</t>
   </si>
   <si>
+    <t>6536651</t>
+  </si>
+  <si>
+    <t>Byd Co Ltd-H</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>CNE100000296</t>
+  </si>
+  <si>
+    <t>XHKG</t>
+  </si>
+  <si>
     <t>6635677</t>
   </si>
   <si>
     <t>Renesas Electronics Corp</t>
   </si>
   <si>
     <t>6723</t>
   </si>
   <si>
     <t>JP3164720009</t>
   </si>
   <si>
+    <t>6668468</t>
+  </si>
+  <si>
+    <t>Paladin Energy Ltd</t>
+  </si>
+  <si>
+    <t>PDN</t>
+  </si>
+  <si>
+    <t>AU000000PDN8</t>
+  </si>
+  <si>
     <t>6744250</t>
   </si>
   <si>
     <t>Gs Yuasa Corp</t>
   </si>
   <si>
     <t>6674</t>
   </si>
   <si>
     <t>JP3385820000</t>
   </si>
   <si>
     <t>6771645</t>
   </si>
   <si>
     <t>Samsung Sdi Co Ltd</t>
   </si>
   <si>
     <t>006400</t>
   </si>
   <si>
     <t>KR7006400006</t>
   </si>
   <si>
     <t>682189105</t>
@@ -1105,50 +1129,62 @@
   <si>
     <t>6986427</t>
   </si>
   <si>
     <t>Yokogawa Electric Corp</t>
   </si>
   <si>
     <t>6841</t>
   </si>
   <si>
     <t>JP3955000009</t>
   </si>
   <si>
     <t>7130836</t>
   </si>
   <si>
     <t>Nexans Sa</t>
   </si>
   <si>
     <t>NEX</t>
   </si>
   <si>
     <t>FR0000044448</t>
   </si>
   <si>
+    <t>7144569</t>
+  </si>
+  <si>
+    <t>Enel Spa</t>
+  </si>
+  <si>
+    <t>ENEL</t>
+  </si>
+  <si>
+    <t>IT0003128367</t>
+  </si>
+  <si>
     <t>83417M104</t>
   </si>
   <si>
     <t>Solaredge Technologies Inc</t>
   </si>
   <si>
     <t>BWC52Q6</t>
   </si>
   <si>
     <t>SEDG</t>
   </si>
   <si>
     <t>US83417M1045</t>
   </si>
   <si>
     <t>86771W105</t>
   </si>
   <si>
     <t>Sunrun Inc</t>
   </si>
   <si>
     <t>BYXB1Y8</t>
   </si>
   <si>
     <t>RUN</t>
@@ -1222,74 +1258,56 @@
   <si>
     <t>ALO</t>
   </si>
   <si>
     <t>FR0010220475</t>
   </si>
   <si>
     <t>B16MKT5</t>
   </si>
   <si>
     <t>Austevoll Seafood Asa</t>
   </si>
   <si>
     <t>AUSS</t>
   </si>
   <si>
     <t>NO0010073489</t>
   </si>
   <si>
     <t>B1VRCG6</t>
   </si>
   <si>
     <t>Cmoc Group Ltd-H</t>
   </si>
   <si>
-    <t>HKD</t>
-[...1 lines deleted...]
-  <si>
     <t>3993</t>
   </si>
   <si>
     <t>CNE100000114</t>
   </si>
   <si>
-    <t>XHKG</t>
-[...13 lines deleted...]
-  <si>
     <t>B288C92</t>
   </si>
   <si>
     <t>Iberdrola Sa</t>
   </si>
   <si>
     <t>IBE</t>
   </si>
   <si>
     <t>ES0144580Y14</t>
   </si>
   <si>
     <t>B59GZJ7</t>
   </si>
   <si>
     <t>Goldwind Science&amp;technolog-H</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>CNE100000PP1</t>
   </si>
   <si>
     <t>B6632T7</t>
@@ -1384,68 +1402,68 @@
   <si>
     <t>IVN</t>
   </si>
   <si>
     <t>CA46579R1047</t>
   </si>
   <si>
     <t>46579R104</t>
   </si>
   <si>
     <t>BDC5ST8</t>
   </si>
   <si>
     <t>Valeo</t>
   </si>
   <si>
     <t>FR0013176526</t>
   </si>
   <si>
     <t>BDR05C0</t>
   </si>
   <si>
     <t>National Grid Plc</t>
   </si>
   <si>
-    <t>United Kingdom</t>
-[...7 lines deleted...]
-  <si>
     <t>NG/</t>
   </si>
   <si>
     <t>GB00BDR05C01</t>
   </si>
   <si>
     <t>XLON</t>
   </si>
   <si>
+    <t>BDX85Z1</t>
+  </si>
+  <si>
+    <t>Cnh Industrial Nv</t>
+  </si>
+  <si>
+    <t>NL0010545661</t>
+  </si>
+  <si>
     <t>BF41XY8</t>
   </si>
   <si>
     <t>Landis   Gyr Group Ag</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>LAND</t>
   </si>
   <si>
     <t>CH0371153492</t>
   </si>
   <si>
     <t>XSWX</t>
   </si>
   <si>
     <t>BH3T8K8</t>
@@ -1492,86 +1510,77 @@
   <si>
     <t>Largo Inc</t>
   </si>
   <si>
     <t>LGO</t>
   </si>
   <si>
     <t>CA5170971017</t>
   </si>
   <si>
     <t>517097101</t>
   </si>
   <si>
     <t>BLS09M3</t>
   </si>
   <si>
     <t>Pentair Plc</t>
   </si>
   <si>
     <t>PNR</t>
   </si>
   <si>
     <t>IE00BLS09M33</t>
   </si>
   <si>
-    <t>BMHRMH8</t>
-[...8 lines deleted...]
-    <t>FR0012532810</t>
+    <t>BMY5XY9</t>
+  </si>
+  <si>
+    <t>Capstone Copper Corp</t>
+  </si>
+  <si>
+    <t>CS</t>
+  </si>
+  <si>
+    <t>CA14071L1085</t>
+  </si>
+  <si>
+    <t>14071L108</t>
   </si>
   <si>
     <t>BMYDHR4</t>
   </si>
   <si>
     <t>Cadeler A/S</t>
   </si>
   <si>
     <t>CADLR</t>
   </si>
   <si>
     <t>DK0061412772</t>
   </si>
   <si>
-    <t>BN4MX14</t>
-[...10 lines deleted...]
-  <si>
     <t>BN4MYF5</t>
   </si>
   <si>
     <t>Vestas Wind Systems A/S</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>VWS</t>
   </si>
   <si>
     <t>DK0061539921</t>
   </si>
   <si>
     <t>XCSE</t>
   </si>
   <si>
     <t>BP3R5T6</t>
@@ -1618,96 +1627,108 @@
   <si>
     <t>BRJCHK4</t>
   </si>
   <si>
     <t>Rockwool A/S-B Shs</t>
   </si>
   <si>
     <t>ROCKB</t>
   </si>
   <si>
     <t>DK0063855168</t>
   </si>
   <si>
     <t>BSPBZK8</t>
   </si>
   <si>
     <t>Cs Wind Corp</t>
   </si>
   <si>
     <t>112610</t>
   </si>
   <si>
     <t>KR7112610001</t>
   </si>
   <si>
+    <t>BTK05J6</t>
+  </si>
+  <si>
+    <t>Anglo American Plc</t>
+  </si>
+  <si>
+    <t>AAL</t>
+  </si>
+  <si>
+    <t>GB00BTK05J60</t>
+  </si>
+  <si>
+    <t>833635105</t>
+  </si>
+  <si>
+    <t>Quimica Y Minera Chil-Sp Adr</t>
+  </si>
+  <si>
+    <t>Depository Receipt/Share</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>2771122</t>
+  </si>
+  <si>
+    <t>SQM</t>
+  </si>
+  <si>
+    <t>US8336351056</t>
+  </si>
+  <si>
     <t>B9L4K92</t>
   </si>
   <si>
     <t>Energy Absolute Pcl-Nvdr</t>
   </si>
   <si>
-    <t>Depository Receipt/Share</t>
-[...1 lines deleted...]
-  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>THB</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>EA-R</t>
   </si>
   <si>
     <t>TH3545010R19</t>
   </si>
   <si>
     <t>XBKK</t>
-  </si>
-[...19 lines deleted...]
-    <t>US8336351056</t>
   </si>
   <si>
     <t>BJ0K6Z9</t>
   </si>
   <si>
     <t>Klabin Sa - Unit</t>
   </si>
   <si>
     <t>Equity Unit</t>
   </si>
   <si>
     <t>KLBN11</t>
   </si>
   <si>
     <t>BRKLBNCDAM18</t>
   </si>
   <si>
     <t>737630103</t>
   </si>
   <si>
     <t>Potlatchdeltic Corp</t>
   </si>
   <si>
     <t>Real Estate Investment Trust (REIT)</t>
   </si>
@@ -2164,92 +2185,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{336B54D9-424B-45D8-A8D0-4A1A731A27CC}">
-  <dimension ref="A1:Z115"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8FD05982-1738-435C-B527-E6D535BD4144}">
+  <dimension ref="A1:Z118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
-    <col min="15" max="15" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45930</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -2299,7855 +2320,8077 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>182732.42</v>
+        <v>173214.38</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>182732.42</v>
+        <v>173214.38</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>182732.42</v>
+        <v>173214.38</v>
       </c>
       <c r="N4" s="4">
-        <v>182732.42</v>
+        <v>173214.38</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>1.9729999999999999E-3</v>
+        <v>1.7639999999999999E-3</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>0.03</v>
+        <v>265904.65999999997</v>
       </c>
       <c r="E5" s="5">
-        <v>0.187774</v>
+        <v>0.18249000000000001</v>
       </c>
       <c r="F5" s="4">
-        <v>5.6332200000000004E-3</v>
+        <v>48524.961905199998</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>5.3255500773988818</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>2.9999000000000001E-2</v>
+        <v>265904.65577700001</v>
       </c>
       <c r="N5" s="4">
-        <v>5.6332200000000004E-3</v>
+        <v>48524.961905199998</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>0</v>
+        <v>4.9399999999999997E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>5268.06</v>
+        <v>10312.709999999999</v>
       </c>
       <c r="E6" s="5">
-        <v>0.71870100000000003</v>
+        <v>0.72952799999999995</v>
       </c>
       <c r="F6" s="4">
-        <v>3786.1578266500001</v>
+        <v>7523.4068940400002</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>1.3913999987115637</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>5268.0599949999996</v>
+        <v>10312.710012</v>
       </c>
       <c r="N6" s="4">
-        <v>3786.1578266500001</v>
+        <v>7523.4068940400002</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>4.0000000000000003E-5</v>
+        <v>7.6000000000000004E-5</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
         <v>0.01</v>
       </c>
       <c r="E7" s="5">
-        <v>0.14030400000000001</v>
+        <v>0.14326800000000001</v>
       </c>
       <c r="F7" s="4">
-        <v>1.4030399999999999E-3</v>
+        <v>1.43268E-3</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>7.127399848984652</v>
+        <v>6.9799500933568321</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
         <v>0.01</v>
       </c>
       <c r="N7" s="4">
-        <v>1.4030399999999999E-3</v>
+        <v>1.43268E-3</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>5121.91</v>
+        <v>3205.03</v>
       </c>
       <c r="E8" s="5">
-        <v>1.175</v>
+        <v>1.17045</v>
       </c>
       <c r="F8" s="4">
-        <v>6018.2442499999997</v>
+        <v>3751.3273635</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>5121.91</v>
+        <v>3194.1141499999999</v>
       </c>
       <c r="N8" s="4">
-        <v>6018.2442499999997</v>
+        <v>3751.3273635</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>6.3999999999999997E-5</v>
+        <v>3.8000000000000002E-5</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>0.01</v>
+        <v>4483.17</v>
       </c>
       <c r="E9" s="5">
-        <v>0.30270900000000001</v>
+        <v>1.3450500000000001</v>
       </c>
       <c r="F9" s="4">
-        <v>3.0270900000000001E-3</v>
+        <v>6030.0878085000004</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>3.3034999756366878</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>9.9989999999999992E-3</v>
+        <v>4483.17</v>
       </c>
       <c r="N9" s="4">
-        <v>3.0270900000000001E-3</v>
+        <v>6030.0878085000004</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>0</v>
+        <v>6.0999999999999999E-5</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>2596325</v>
+        <v>0.01</v>
       </c>
       <c r="E10" s="5">
-        <v>6.7710000000000001E-3</v>
+        <v>0.31376500000000002</v>
       </c>
       <c r="F10" s="4">
-        <v>17580.153705519999</v>
+        <v>3.1376500000000001E-3</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>147.68496434146536</v>
+        <v>3.1871000468312483</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>2596324.3731169999</v>
+        <v>0.01</v>
       </c>
       <c r="N10" s="4">
-        <v>17580.153705519999</v>
+        <v>3.1376500000000001E-3</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>1.8900000000000001E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>204</v>
+        <v>1942760</v>
       </c>
       <c r="E11" s="5">
-        <v>7.1299999999999998E-4</v>
+        <v>6.3800000000000003E-3</v>
       </c>
       <c r="F11" s="4">
-        <v>0.14539753</v>
+        <v>12394.39854541</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>1403.0558556536134</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>204.000855</v>
+        <v>1942759.643406</v>
       </c>
       <c r="N11" s="4">
-        <v>0.14539753</v>
+        <v>12394.39854541</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>0</v>
+        <v>1.26E-4</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>47374.47</v>
+        <v>204</v>
       </c>
       <c r="E12" s="5">
-        <v>5.4547999999999999E-2</v>
+        <v>6.9399999999999996E-4</v>
       </c>
       <c r="F12" s="4">
-        <v>2584.1794626999999</v>
+        <v>0.14161257999999999</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>18.332501343314036</v>
+        <v>1440.5485608919878</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>47374.473470999998</v>
+        <v>203.999798</v>
       </c>
       <c r="N12" s="4">
-        <v>2584.1794626999999</v>
+        <v>0.14161257999999999</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2.6999999999999999E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>27743.21</v>
+        <v>47374.47</v>
       </c>
       <c r="E13" s="5">
-        <v>0.10022200000000001</v>
+        <v>5.5619000000000002E-2</v>
       </c>
       <c r="F13" s="4">
-        <v>2780.4936960099999</v>
+        <v>2634.9158764099998</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>9.977800391908044</v>
+        <v>17.979499774357279</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4">
-        <v>27743.211089</v>
+        <v>47374.469405000003</v>
       </c>
       <c r="N13" s="4">
-        <v>2780.4936960099999</v>
+        <v>2634.9158764099998</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>3.0000000000000001E-5</v>
+        <v>2.5999999999999998E-5</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>9124.7199999999993</v>
+        <v>68106.710000000006</v>
       </c>
       <c r="E14" s="5">
-        <v>1</v>
+        <v>9.9139000000000005E-2</v>
       </c>
       <c r="F14" s="4">
-        <v>9124.7199999999993</v>
+        <v>6752.0296227299996</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H14" s="3" t="s">
-        <v>31</v>
+        <v>84</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>32</v>
+        <v>85</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>1</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L14" s="3" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
       <c r="M14" s="4">
-        <v>9124.7199999999993</v>
+        <v>68106.708608999994</v>
       </c>
       <c r="N14" s="4">
-        <v>9124.7199999999993</v>
+        <v>6752.0296227299996</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>9.7999999999999997E-5</v>
+        <v>6.7999999999999999E-5</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="D15" s="4">
-        <v>9409</v>
+        <v>-490953.18</v>
       </c>
       <c r="E15" s="5">
-        <v>107.07</v>
+        <v>1</v>
       </c>
       <c r="F15" s="4">
-        <v>1007421.63</v>
+        <v>-490953.18</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>87</v>
+        <v>38</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>107.07</v>
+        <v>1</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>1007421.63</v>
+        <v>-490953.18</v>
       </c>
       <c r="N15" s="4">
-        <v>1007421.63</v>
+        <v>-490953.18</v>
       </c>
       <c r="O15" s="3" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>89</v>
+        <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.0880000000000001E-2</v>
+        <v>-5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D16" s="4">
-        <v>34073</v>
+        <v>9709</v>
       </c>
       <c r="E16" s="5">
-        <v>2.25</v>
+        <v>104.32</v>
       </c>
       <c r="F16" s="4">
-        <v>76664.25</v>
+        <v>1012842.88</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>2.25</v>
+        <v>104.32</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>76664.25</v>
+        <v>1012842.88</v>
       </c>
       <c r="N16" s="4">
-        <v>76664.25</v>
+        <v>1012842.88</v>
       </c>
       <c r="O16" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="P16" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q16" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="P16" s="3" t="s">
+      <c r="R16" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="Q16" s="3" t="s">
+      <c r="S16" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="R16" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>8.2700000000000004E-4</v>
+        <v>1.0316000000000001E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D17" s="4">
-        <v>9700</v>
+        <v>34073</v>
       </c>
       <c r="E17" s="5">
-        <v>138.69999999999999</v>
+        <v>1.39</v>
       </c>
       <c r="F17" s="4">
-        <v>1345390</v>
+        <v>47361.47</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>138.69999999999999</v>
+        <v>1.39</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>1345390</v>
+        <v>47361.47</v>
       </c>
       <c r="N17" s="4">
-        <v>1345390</v>
+        <v>47361.47</v>
       </c>
       <c r="O17" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="P17" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q17" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="P17" s="3" t="s">
+      <c r="R17" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="Q17" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R17" s="3" t="s">
+      <c r="S17" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="S17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>1.453E-2</v>
+        <v>4.8200000000000001E-4</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D18" s="4">
-        <v>15100</v>
+        <v>9400</v>
       </c>
       <c r="E18" s="5">
-        <v>81.08</v>
+        <v>144.83000000000001</v>
       </c>
       <c r="F18" s="4">
-        <v>1224308</v>
+        <v>1361402</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>81.08</v>
+        <v>144.83000000000001</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>1224308</v>
+        <v>1361402</v>
       </c>
       <c r="N18" s="4">
-        <v>1224308</v>
+        <v>1361402</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>108</v>
       </c>
       <c r="Q18" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R18" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="R18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S18" s="3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>105</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.3221999999999999E-2</v>
+        <v>1.3866E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D19" s="4">
-        <v>8200</v>
+        <v>25300</v>
       </c>
       <c r="E19" s="5">
-        <v>32.89</v>
+        <v>141.44</v>
       </c>
       <c r="F19" s="4">
-        <v>269698</v>
+        <v>3578432</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>32.89</v>
+        <v>141.44</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>269698</v>
+        <v>3578432</v>
       </c>
       <c r="N19" s="4">
-        <v>269698</v>
+        <v>3578432</v>
       </c>
       <c r="O19" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="P19" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="P19" s="3" t="s">
+      <c r="Q19" s="3" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>2.9120000000000001E-3</v>
+        <v>3.6448000000000001E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D20" s="4">
-        <v>150917</v>
+        <v>8200</v>
       </c>
       <c r="E20" s="5">
-        <v>33.58</v>
+        <v>53.14</v>
       </c>
       <c r="F20" s="4">
-        <v>5067792.8600000003</v>
+        <v>435748</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>33.58</v>
+        <v>53.14</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>5067792.8600000003</v>
+        <v>435748</v>
       </c>
       <c r="N20" s="4">
-        <v>5067792.8600000003</v>
+        <v>435748</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>116</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>5.4732999999999997E-2</v>
+        <v>4.4380000000000001E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D21" s="4">
-        <v>306499</v>
+        <v>106261</v>
       </c>
       <c r="E21" s="5">
-        <v>8.15</v>
+        <v>29.29</v>
       </c>
       <c r="F21" s="4">
-        <v>2497966.85</v>
+        <v>3112384.69</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>8.15</v>
+        <v>29.29</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>2497966.85</v>
+        <v>3112384.69</v>
       </c>
       <c r="N21" s="4">
-        <v>2497966.85</v>
+        <v>3112384.69</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>121</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>2.6977999999999999E-2</v>
+        <v>3.1701E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D22" s="4">
-        <v>12400</v>
+        <v>380399</v>
       </c>
       <c r="E22" s="5">
-        <v>97.64</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="F22" s="4">
-        <v>1210736</v>
+        <v>3507278.78</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>97.64</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>1210736</v>
+        <v>3507278.78</v>
       </c>
       <c r="N22" s="4">
-        <v>1210736</v>
+        <v>3507278.78</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="Q22" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R22" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="R22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S22" s="3" t="s">
-        <v>132</v>
+        <v>104</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>126</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.3076000000000001E-2</v>
+        <v>3.5722999999999998E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D23" s="4">
-        <v>26959</v>
+        <v>12800</v>
       </c>
       <c r="E23" s="5">
-        <v>43.96</v>
+        <v>80.34</v>
       </c>
       <c r="F23" s="4">
-        <v>1185117.6399999999</v>
+        <v>1028352</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>43.96</v>
+        <v>80.34</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>1185117.6399999999</v>
+        <v>1028352</v>
       </c>
       <c r="N23" s="4">
-        <v>1185117.6399999999</v>
+        <v>1028352</v>
       </c>
       <c r="O23" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="P23" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q23" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="P23" s="3" t="s">
+      <c r="R23" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="Q23" s="3" t="s">
+      <c r="S23" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="R23" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.2799E-2</v>
+        <v>1.0474000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D24" s="4">
-        <v>17400</v>
+        <v>22959</v>
       </c>
       <c r="E24" s="5">
-        <v>59.7</v>
+        <v>45.06</v>
       </c>
       <c r="F24" s="4">
-        <v>1038780</v>
+        <v>1034532.54</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>59.7</v>
+        <v>45.06</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>1038780</v>
+        <v>1034532.54</v>
       </c>
       <c r="N24" s="4">
-        <v>1038780</v>
+        <v>1034532.54</v>
       </c>
       <c r="O24" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="P24" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="P24" s="3" t="s">
+      <c r="Q24" s="3" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>143</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.1219E-2</v>
+        <v>1.0536999999999999E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D25" s="4">
-        <v>578568</v>
+        <v>20100</v>
       </c>
       <c r="E25" s="5">
-        <v>2.58</v>
+        <v>52.84</v>
       </c>
       <c r="F25" s="4">
-        <v>1492705.44</v>
+        <v>1062084</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>2.58</v>
+        <v>52.84</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>1492705.44</v>
+        <v>1062084</v>
       </c>
       <c r="N25" s="4">
-        <v>1492705.44</v>
+        <v>1062084</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>146</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>147</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>132</v>
+        <v>97</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>144</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.6121E-2</v>
+        <v>1.0817E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D26" s="4">
-        <v>3700</v>
+        <v>593968</v>
       </c>
       <c r="E26" s="5">
-        <v>100.52</v>
+        <v>2.1</v>
       </c>
       <c r="F26" s="4">
-        <v>371924</v>
+        <v>1247332.8</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>100.52</v>
+        <v>2.1</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>371924</v>
+        <v>1247332.8</v>
       </c>
       <c r="N26" s="4">
-        <v>371924</v>
+        <v>1247332.8</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>152</v>
       </c>
       <c r="Q26" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R26" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="R26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S26" s="3" t="s">
-        <v>92</v>
+        <v>137</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>149</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>4.0159999999999996E-3</v>
+        <v>1.2704E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D27" s="4">
-        <v>11837</v>
+        <v>3700</v>
       </c>
       <c r="E27" s="5">
-        <v>67.63</v>
+        <v>99.32</v>
       </c>
       <c r="F27" s="4">
-        <v>800536.31</v>
+        <v>367484</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>67.63</v>
+        <v>99.32</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>800536.31</v>
+        <v>367484</v>
       </c>
       <c r="N27" s="4">
-        <v>800536.31</v>
+        <v>367484</v>
       </c>
       <c r="O27" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="P27" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="P27" s="3" t="s">
+      <c r="Q27" s="3" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>159</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>8.6449999999999999E-3</v>
+        <v>3.7429999999999998E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D28" s="4">
-        <v>25596</v>
+        <v>11837</v>
       </c>
       <c r="E28" s="5">
-        <v>22.624694999999999</v>
+        <v>67.03</v>
       </c>
       <c r="F28" s="4">
-        <v>579101.68175938004</v>
+        <v>793434.11</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>31.48</v>
+        <v>67.03</v>
       </c>
       <c r="K28" s="5">
-        <v>1.3913999987115637</v>
+        <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>805762.07925299997</v>
+        <v>793434.11</v>
       </c>
       <c r="N28" s="4">
-        <v>579101.68175938004</v>
+        <v>793434.11</v>
       </c>
       <c r="O28" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="P28" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="Q28" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R28" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="S28" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="T28" s="4">
+        <v>1</v>
+      </c>
+      <c r="W28" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="P28" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>6.254E-3</v>
+        <v>8.0809999999999996E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="C29" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D29" s="4">
+        <v>33996</v>
+      </c>
+      <c r="E29" s="5">
+        <v>26.846616999999998</v>
+      </c>
+      <c r="F29" s="4">
+        <v>912677.58526354004</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J29" s="5">
+        <v>36.799999999999997</v>
+      </c>
+      <c r="K29" s="5">
+        <v>1.3707500016140581</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M29" s="4">
+        <v>1251052.8014730001</v>
+      </c>
+      <c r="N29" s="4">
+        <v>912677.58526354004</v>
+      </c>
+      <c r="O29" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="P29" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="C29" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O29" s="3" t="s">
+      <c r="Q29" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R29" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="P29" s="3" t="s">
+      <c r="S29" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="Q29" s="3" t="s">
+      <c r="T29" s="4">
+        <v>1</v>
+      </c>
+      <c r="W29" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="R29" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>4.1603000000000001E-2</v>
+        <v>9.2960000000000004E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D30" s="4">
-        <v>800</v>
+        <v>135484</v>
       </c>
       <c r="E30" s="5">
-        <v>457.26</v>
+        <v>36</v>
       </c>
       <c r="F30" s="4">
-        <v>365808</v>
+        <v>4877424</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>457.26</v>
+        <v>36</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>365808</v>
+        <v>4877424</v>
       </c>
       <c r="N30" s="4">
-        <v>365808</v>
+        <v>4877424</v>
       </c>
       <c r="O30" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="P30" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="P30" s="3" t="s">
+      <c r="Q30" s="3" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>176</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>3.9500000000000004E-3</v>
+        <v>4.9679000000000001E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D31" s="4">
-        <v>5030</v>
+        <v>880</v>
       </c>
       <c r="E31" s="5">
-        <v>55.28</v>
+        <v>465.57</v>
       </c>
       <c r="F31" s="4">
-        <v>278058.40000000002</v>
+        <v>409701.6</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>55.28</v>
+        <v>465.57</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>278058.40000000002</v>
+        <v>409701.6</v>
       </c>
       <c r="N31" s="4">
-        <v>278058.40000000002</v>
+        <v>409701.6</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>153</v>
+        <v>95</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>177</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>3.003E-3</v>
+        <v>4.1729999999999996E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D32" s="4">
-        <v>6570</v>
+        <v>6830</v>
       </c>
       <c r="E32" s="5">
-        <v>112.96</v>
+        <v>60.02</v>
       </c>
       <c r="F32" s="4">
-        <v>742147.2</v>
+        <v>409936.6</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>112.96</v>
+        <v>60.02</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>742147.2</v>
+        <v>409936.6</v>
       </c>
       <c r="N32" s="4">
-        <v>742147.2</v>
+        <v>409936.6</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>90</v>
+        <v>158</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>186</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>8.0149999999999996E-3</v>
+        <v>4.1749999999999999E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D33" s="4">
-        <v>9727</v>
+        <v>5470</v>
       </c>
       <c r="E33" s="5">
-        <v>45.01</v>
+        <v>146.75</v>
       </c>
       <c r="F33" s="4">
-        <v>437812.27</v>
+        <v>802722.5</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>45.01</v>
+        <v>146.75</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>437812.27</v>
+        <v>802722.5</v>
       </c>
       <c r="N33" s="4">
-        <v>437812.27</v>
+        <v>802722.5</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>189</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>153</v>
+        <v>95</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>191</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>132</v>
+        <v>97</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>4.7280000000000004E-3</v>
+        <v>8.1759999999999992E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D34" s="4">
-        <v>11072</v>
+        <v>8827</v>
       </c>
       <c r="E34" s="5">
-        <v>220.53</v>
+        <v>43.59</v>
       </c>
       <c r="F34" s="4">
-        <v>2441708.16</v>
+        <v>384768.93</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>220.53</v>
+        <v>43.59</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>2441708.16</v>
+        <v>384768.93</v>
       </c>
       <c r="N34" s="4">
-        <v>2441708.16</v>
+        <v>384768.93</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>194</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>130</v>
+        <v>158</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>196</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>2.6370000000000001E-2</v>
+        <v>3.9189999999999997E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D35" s="4">
-        <v>150638</v>
+        <v>7672</v>
       </c>
       <c r="E35" s="5">
-        <v>1.96</v>
+        <v>261.23</v>
       </c>
       <c r="F35" s="4">
-        <v>295250.48</v>
+        <v>2004156.56</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>1.96</v>
+        <v>261.23</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>295250.48</v>
+        <v>2004156.56</v>
       </c>
       <c r="N35" s="4">
-        <v>295250.48</v>
+        <v>2004156.56</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>199</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>200</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>97</v>
+        <v>135</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>201</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>202</v>
+        <v>137</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>3.1879999999999999E-3</v>
+        <v>2.0413000000000001E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D36" s="4">
-        <v>18384</v>
+        <v>126438</v>
       </c>
       <c r="E36" s="5">
-        <v>12.82</v>
+        <v>2</v>
       </c>
       <c r="F36" s="4">
-        <v>235682.88</v>
+        <v>252876</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>12.82</v>
+        <v>2</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>235682.88</v>
+        <v>252876</v>
       </c>
       <c r="N36" s="4">
-        <v>235682.88</v>
+        <v>252876</v>
       </c>
       <c r="O36" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="P36" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="P36" s="3" t="s">
+      <c r="Q36" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R36" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="Q36" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R36" s="3" t="s">
+      <c r="S36" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="S36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.545E-3</v>
+        <v>2.575E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D37" s="4">
-        <v>151978</v>
+        <v>1284</v>
       </c>
       <c r="E37" s="5">
-        <v>8.7899999999999991</v>
+        <v>15.51</v>
       </c>
       <c r="F37" s="4">
-        <v>1335886.6200000001</v>
+        <v>19914.84</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>8.7899999999999991</v>
+        <v>15.51</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>1335886.6200000001</v>
+        <v>19914.84</v>
       </c>
       <c r="N37" s="4">
-        <v>1335886.6200000001</v>
+        <v>19914.84</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>210</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>211</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>212</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>132</v>
+        <v>97</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>208</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>1.4427000000000001E-2</v>
+        <v>2.02E-4</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D38" s="4">
-        <v>46053</v>
+        <v>155978</v>
       </c>
       <c r="E38" s="5">
-        <v>34.051499999999997</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="F38" s="4">
-        <v>1568173.7294999999</v>
+        <v>1528584.4</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H38" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J38" s="5">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="K38" s="5">
+        <v>1</v>
+      </c>
+      <c r="L38" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M38" s="4">
+        <v>1528584.4</v>
+      </c>
+      <c r="N38" s="4">
+        <v>1528584.4</v>
+      </c>
+      <c r="O38" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="I38" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L38" s="3" t="s">
+      <c r="P38" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="M38" s="4">
-[...5 lines deleted...]
-      <c r="O38" s="3" t="s">
+      <c r="Q38" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R38" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="S38" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T38" s="4">
+        <v>1</v>
+      </c>
+      <c r="W38" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="P38" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>1.6936E-2</v>
+        <v>1.5569E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D39" s="4">
+        <v>46980</v>
+      </c>
+      <c r="E39" s="5">
+        <v>34.904654000000001</v>
+      </c>
+      <c r="F39" s="4">
+        <v>1639820.6449200001</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H39" s="3" t="s">
         <v>220</v>
-      </c>
-[...19 lines deleted...]
-        <v>222</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J39" s="5">
-        <v>4.0369999999999999</v>
+        <v>29.72</v>
       </c>
       <c r="K39" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L39" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="M39" s="4">
+        <v>1396245.6</v>
+      </c>
+      <c r="N39" s="4">
+        <v>1639820.6449200001</v>
+      </c>
+      <c r="O39" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="P39" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="Q39" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R39" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="M39" s="4">
-[...8 lines deleted...]
-      <c r="P39" s="3" t="s">
+      <c r="S39" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="Q39" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>5.3039999999999997E-3</v>
+        <v>1.6702000000000002E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D40" s="4">
+        <v>90044</v>
+      </c>
+      <c r="E40" s="5">
+        <v>4.5979720000000004</v>
+      </c>
+      <c r="F40" s="4">
+        <v>414019.76825700002</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H40" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="I40" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J40" s="5">
+        <v>3.915</v>
+      </c>
+      <c r="K40" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L40" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="C40" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M40" s="4">
-        <v>1333961</v>
+        <v>352522.26</v>
       </c>
       <c r="N40" s="4">
-        <v>1333961</v>
+        <v>414019.76825700002</v>
       </c>
       <c r="O40" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="P40" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="P40" s="3" t="s">
+      <c r="Q40" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R40" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="Q40" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R40" s="3" t="s">
+      <c r="S40" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="S40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>227</v>
+        <v>34</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.4407E-2</v>
+        <v>4.2170000000000003E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D41" s="4">
-        <v>4708</v>
+        <v>2680</v>
       </c>
       <c r="E41" s="5">
-        <v>83.19</v>
+        <v>444.11</v>
       </c>
       <c r="F41" s="4">
-        <v>391658.52</v>
+        <v>1190214.8</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H41" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J41" s="5">
+        <v>444.11</v>
+      </c>
+      <c r="K41" s="5">
+        <v>1</v>
+      </c>
+      <c r="L41" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M41" s="4">
+        <v>1190214.8</v>
+      </c>
+      <c r="N41" s="4">
+        <v>1190214.8</v>
+      </c>
+      <c r="O41" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="I41" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L41" s="3" t="s">
+      <c r="P41" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="M41" s="4">
-[...5 lines deleted...]
-      <c r="O41" s="3" t="s">
+      <c r="Q41" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R41" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="S41" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="T41" s="4">
+        <v>1</v>
+      </c>
+      <c r="W41" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="P41" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>4.2290000000000001E-3</v>
+        <v>1.2123E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D42" s="4">
         <v>27649</v>
       </c>
       <c r="E42" s="5">
-        <v>22.419</v>
+        <v>22.995730999999999</v>
       </c>
       <c r="F42" s="4">
-        <v>619862.93099999998</v>
+        <v>635808.96641899995</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J42" s="5">
-        <v>19.079999999999998</v>
+        <v>19.579999999999998</v>
       </c>
       <c r="K42" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L42" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="M42" s="4">
+        <v>541367.42000000004</v>
+      </c>
+      <c r="N42" s="4">
+        <v>635808.96641899995</v>
+      </c>
+      <c r="O42" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="P42" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="Q42" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R42" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="M42" s="4">
-[...8 lines deleted...]
-      <c r="P42" s="3" t="s">
+      <c r="S42" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="Q42" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>6.6940000000000003E-3</v>
+        <v>6.476E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D43" s="4">
-        <v>11600</v>
+        <v>17800</v>
       </c>
       <c r="E43" s="5">
-        <v>124.56</v>
+        <v>92.86</v>
       </c>
       <c r="F43" s="4">
-        <v>1444896</v>
+        <v>1652908</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>124.56</v>
+        <v>92.86</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>1444896</v>
+        <v>1652908</v>
       </c>
       <c r="N43" s="4">
-        <v>1444896</v>
+        <v>1652908</v>
       </c>
       <c r="O43" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="P43" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="Q43" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R43" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="P43" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S43" s="3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>1.5605000000000001E-2</v>
+        <v>1.6834999999999999E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D44" s="4">
-        <v>3248</v>
+        <v>3949</v>
       </c>
       <c r="E44" s="5">
-        <v>279.18</v>
+        <v>275.87830500000001</v>
       </c>
       <c r="F44" s="4">
-        <v>906776.64</v>
+        <v>1089443.4264450001</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J44" s="5">
-        <v>237.6</v>
+        <v>234.9</v>
       </c>
       <c r="K44" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="M44" s="4">
-        <v>771724.80000000005</v>
+        <v>927620.1</v>
       </c>
       <c r="N44" s="4">
-        <v>906776.64</v>
+        <v>1089443.4264450001</v>
       </c>
       <c r="O44" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="P44" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="P44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q44" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>9.7929999999999996E-3</v>
+        <v>1.1096E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D45" s="4">
+        <v>22089</v>
+      </c>
+      <c r="E45" s="5">
+        <v>18.938006000000001</v>
+      </c>
+      <c r="F45" s="4">
+        <v>418321.62005625002</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H45" s="3" t="s">
         <v>255</v>
-      </c>
-[...19 lines deleted...]
-        <v>257</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J45" s="5">
-        <v>16.015000000000001</v>
+        <v>16.125</v>
       </c>
       <c r="K45" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="M45" s="4">
-        <v>395714.63500000001</v>
+        <v>356185.125</v>
       </c>
       <c r="N45" s="4">
-        <v>464964.69612500002</v>
+        <v>418321.62005625002</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="P45" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="Q45" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R45" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="S45" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="Q45" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>5.0210000000000003E-3</v>
+        <v>4.2599999999999999E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D46" s="4">
+        <v>11551</v>
+      </c>
+      <c r="E46" s="5">
+        <v>35.973404000000002</v>
+      </c>
+      <c r="F46" s="4">
+        <v>415528.78382850002</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H46" s="3" t="s">
         <v>261</v>
-      </c>
-[...19 lines deleted...]
-        <v>263</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J46" s="5">
-        <v>27.21</v>
+        <v>30.63</v>
       </c>
       <c r="K46" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L46" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="M46" s="4">
+        <v>353807.13</v>
+      </c>
+      <c r="N46" s="4">
+        <v>415528.78382850002</v>
+      </c>
+      <c r="O46" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="P46" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="Q46" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R46" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="M46" s="4">
-[...8 lines deleted...]
-      <c r="P46" s="3" t="s">
+      <c r="S46" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="Q46" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>5.4910000000000002E-3</v>
+        <v>4.2319999999999997E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D47" s="4">
+        <v>16042</v>
+      </c>
+      <c r="E47" s="5">
+        <v>25.814411</v>
+      </c>
+      <c r="F47" s="4">
+        <v>414114.78126199997</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H47" s="3" t="s">
         <v>268</v>
-      </c>
-[...19 lines deleted...]
-        <v>270</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J47" s="5">
-        <v>21</v>
+        <v>21.98</v>
       </c>
       <c r="K47" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L47" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="M47" s="4">
+        <v>352603.16</v>
+      </c>
+      <c r="N47" s="4">
+        <v>414114.78126199997</v>
+      </c>
+      <c r="O47" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="P47" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="Q47" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R47" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="M47" s="4">
-[...8 lines deleted...]
-      <c r="P47" s="3" t="s">
+      <c r="S47" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="Q47" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>5.1009999999999996E-3</v>
+        <v>4.2180000000000004E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D48" s="4">
-        <v>2432</v>
+        <v>1999</v>
       </c>
       <c r="E48" s="5">
-        <v>200.8075</v>
+        <v>218.33025499999999</v>
       </c>
       <c r="F48" s="4">
-        <v>488363.84</v>
+        <v>436442.17974499997</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J48" s="5">
-        <v>170.9</v>
+        <v>185.9</v>
       </c>
       <c r="K48" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="M48" s="4">
-        <v>415628.79999999999</v>
+        <v>371614.1</v>
       </c>
       <c r="N48" s="4">
-        <v>488363.84</v>
+        <v>436442.17974499997</v>
       </c>
       <c r="O48" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="P48" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="P48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q48" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>5.274E-3</v>
+        <v>4.4450000000000002E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D49" s="4">
         <v>5892</v>
       </c>
       <c r="E49" s="5">
-        <v>50.407499999999999</v>
+        <v>41.739953</v>
       </c>
       <c r="F49" s="4">
-        <v>297000.99</v>
+        <v>245931.80307600001</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J49" s="5">
-        <v>42.9</v>
+        <v>35.54</v>
       </c>
       <c r="K49" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L49" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="M49" s="4">
+        <v>209401.68</v>
+      </c>
+      <c r="N49" s="4">
+        <v>245931.80307600001</v>
+      </c>
+      <c r="O49" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="P49" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="Q49" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R49" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="M49" s="4">
-[...8 lines deleted...]
-      <c r="P49" s="3" t="s">
+      <c r="S49" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="Q49" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>3.2070000000000002E-3</v>
+        <v>2.5040000000000001E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D50" s="4">
-        <v>39606</v>
+        <v>40662</v>
       </c>
       <c r="E50" s="5">
-        <v>39.01</v>
+        <v>44.311999</v>
       </c>
       <c r="F50" s="4">
-        <v>1545030.06</v>
+        <v>1801814.4830070001</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J50" s="5">
-        <v>33.200000000000003</v>
+        <v>37.729999999999997</v>
       </c>
       <c r="K50" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="M50" s="4">
-        <v>1314919.2</v>
+        <v>1534177.26</v>
       </c>
       <c r="N50" s="4">
-        <v>1545030.06</v>
+        <v>1801814.4830070001</v>
       </c>
       <c r="O50" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="P50" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="P50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q50" s="3" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>1.6685999999999999E-2</v>
+        <v>1.8352E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D51" s="4">
-        <v>17197</v>
+        <v>18383</v>
       </c>
       <c r="E51" s="5">
-        <v>28.017875</v>
+        <v>26.395764</v>
       </c>
       <c r="F51" s="4">
-        <v>481823.39637500001</v>
+        <v>485233.32501625002</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J51" s="5">
-        <v>23.844999999999999</v>
+        <v>22.475000000000001</v>
       </c>
       <c r="K51" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="M51" s="4">
-        <v>410062.46500000003</v>
+        <v>413157.92499999999</v>
       </c>
       <c r="N51" s="4">
-        <v>481823.39637500001</v>
+        <v>485233.32501625002</v>
       </c>
       <c r="O51" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="P51" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="P51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q51" s="3" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>5.2030000000000002E-3</v>
+        <v>4.9420000000000002E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D52" s="4">
         <v>4300</v>
       </c>
       <c r="E52" s="5">
-        <v>115.651584</v>
+        <v>128.10618299999999</v>
       </c>
       <c r="F52" s="4">
-        <v>497301.68940650998</v>
+        <v>550856.48665028997</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="J52" s="5">
-        <v>17080</v>
+        <v>20080</v>
       </c>
       <c r="K52" s="5">
-        <v>147.68496434146536</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="M52" s="4">
-        <v>73443982.266949996</v>
+        <v>86343984.151561007</v>
       </c>
       <c r="N52" s="4">
-        <v>497301.68940650998</v>
+        <v>550856.48665028997</v>
       </c>
       <c r="O52" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="P52" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="P52" s="3" t="s">
+      <c r="Q52" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R52" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="S52" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="Q52" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>5.3699999999999998E-3</v>
+        <v>5.6100000000000004E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D53" s="4">
+        <v>18330</v>
+      </c>
+      <c r="E53" s="5">
+        <v>231.16193999999999</v>
+      </c>
+      <c r="F53" s="4">
+        <v>4237194.1272430699</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J53" s="5">
+        <v>333000</v>
+      </c>
+      <c r="K53" s="5">
+        <v>1440.5485608919878</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M53" s="4">
+        <v>6103883902.2199802</v>
+      </c>
+      <c r="N53" s="4">
+        <v>4237194.1272430699</v>
+      </c>
+      <c r="O53" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="P53" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="Q53" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R53" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="C53" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P53" s="3" t="s">
+      <c r="S53" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="Q53" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>4.4950999999999998E-2</v>
+        <v>4.3158000000000002E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D54" s="4">
+        <v>77132</v>
+      </c>
+      <c r="E54" s="5">
+        <v>5.4681699999999998</v>
+      </c>
+      <c r="F54" s="4">
+        <v>421770.88844000001</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H54" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="I54" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H54" s="3" t="s">
+      <c r="J54" s="5">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="K54" s="5">
+        <v>1.4995876134063133</v>
+      </c>
+      <c r="L54" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="I54" s="3" t="s">
+      <c r="M54" s="4">
+        <v>632482.4</v>
+      </c>
+      <c r="N54" s="4">
+        <v>421770.88844000001</v>
+      </c>
+      <c r="O54" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="P54" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="J54" s="5">
-[...5 lines deleted...]
-      <c r="L54" s="3" t="s">
+      <c r="Q54" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R54" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="M54" s="4">
-[...8 lines deleted...]
-      <c r="P54" s="3" t="s">
+      <c r="S54" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="Q54" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.617E-3</v>
+        <v>4.2950000000000002E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D55" s="4">
+        <v>25600</v>
+      </c>
+      <c r="E55" s="5">
+        <v>15.662383999999999</v>
+      </c>
+      <c r="F55" s="4">
+        <v>400956.96832435002</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J55" s="5">
+        <v>2455</v>
+      </c>
+      <c r="K55" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L55" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M55" s="4">
+        <v>62847988.464250997</v>
+      </c>
+      <c r="N55" s="4">
+        <v>400956.96832435002</v>
+      </c>
+      <c r="O55" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="P55" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="Q55" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R55" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="C55" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S55" s="3" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>4.6160000000000003E-3</v>
+        <v>4.0829999999999998E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D56" s="4">
-        <v>13700</v>
+        <v>10700</v>
       </c>
       <c r="E56" s="5">
-        <v>73.989999999999995</v>
+        <v>87.11</v>
       </c>
       <c r="F56" s="4">
-        <v>1013663</v>
+        <v>932077</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="5">
-        <v>73.989999999999995</v>
+        <v>87.11</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M56" s="4">
-        <v>1013663</v>
+        <v>932077</v>
       </c>
       <c r="N56" s="4">
-        <v>1013663</v>
+        <v>932077</v>
       </c>
       <c r="O56" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="P56" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="Q56" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R56" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="P56" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S56" s="3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>1.0947E-2</v>
+        <v>9.4929999999999997E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D57" s="4">
+        <v>38300</v>
+      </c>
+      <c r="E57" s="5">
+        <v>12.250273</v>
+      </c>
+      <c r="F57" s="4">
+        <v>469185.45641421003</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I57" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="J57" s="5">
+        <v>95.35</v>
+      </c>
+      <c r="K57" s="5">
+        <v>7.783499774395259</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M57" s="4">
+        <v>3651904.8941489998</v>
+      </c>
+      <c r="N57" s="4">
+        <v>469185.45641421003</v>
+      </c>
+      <c r="O57" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="P57" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="C57" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P57" s="3" t="s">
+      <c r="Q57" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="R57" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="Q57" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R57" s="3" t="s">
+      <c r="S57" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="S57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>6.8859999999999998E-3</v>
+        <v>4.7780000000000001E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D58" s="4">
-        <v>26500</v>
+        <v>58200</v>
       </c>
       <c r="E58" s="5">
-        <v>23.699095</v>
+        <v>13.652751</v>
       </c>
       <c r="F58" s="4">
-        <v>628025.86586314999</v>
+        <v>794589.93907302001</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="J58" s="5">
-        <v>3500</v>
+        <v>2140</v>
       </c>
       <c r="K58" s="5">
-        <v>147.68496434146536</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="M58" s="4">
-        <v>92749977.605517</v>
+        <v>124547977.139219</v>
       </c>
       <c r="N58" s="4">
-        <v>628025.86586314999</v>
+        <v>794589.93907302001</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>325</v>
       </c>
       <c r="P58" s="3" t="s">
         <v>327</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="R58" s="3" t="s">
         <v>328</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>6.7819999999999998E-3</v>
+        <v>8.0929999999999995E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
         <v>329</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D59" s="4">
-        <v>10357</v>
+        <v>54464</v>
       </c>
       <c r="E59" s="5">
-        <v>146.10964999999999</v>
+        <v>6.395092</v>
       </c>
       <c r="F59" s="4">
-        <v>1513263.96065714</v>
+        <v>348302.26345600002</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>69</v>
+        <v>304</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>70</v>
+        <v>305</v>
       </c>
       <c r="J59" s="5">
-        <v>205000</v>
+        <v>9.59</v>
       </c>
       <c r="K59" s="5">
-        <v>1403.0558556536134</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>71</v>
+        <v>306</v>
       </c>
       <c r="M59" s="4">
-        <v>2123193861.14957</v>
+        <v>522309.76</v>
       </c>
       <c r="N59" s="4">
-        <v>1513263.96065714</v>
+        <v>348302.26345600002</v>
       </c>
       <c r="O59" s="3" t="s">
         <v>329</v>
       </c>
       <c r="P59" s="3" t="s">
         <v>331</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>130</v>
+        <v>102</v>
       </c>
       <c r="R59" s="3" t="s">
         <v>332</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>1.6343E-2</v>
+        <v>3.5469999999999998E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
         <v>333</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D60" s="4">
-        <v>16134</v>
+        <v>22500</v>
       </c>
       <c r="E60" s="5">
-        <v>49.31</v>
+        <v>23.924213000000002</v>
       </c>
       <c r="F60" s="4">
-        <v>795567.54</v>
+        <v>538294.68244600995</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="J60" s="5">
-        <v>49.31</v>
+        <v>3750</v>
       </c>
       <c r="K60" s="5">
-        <v>1</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="M60" s="4">
-        <v>795567.54</v>
+        <v>84374984.512970999</v>
       </c>
       <c r="N60" s="4">
-        <v>795567.54</v>
+        <v>538294.68244600995</v>
       </c>
       <c r="O60" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="P60" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="P60" s="3" t="s">
+      <c r="Q60" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="R60" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="Q60" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S60" s="3" t="s">
-        <v>132</v>
+        <v>296</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>333</v>
+        <v>34</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>8.5920000000000007E-3</v>
+        <v>5.4819999999999999E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="C61" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D61" s="4">
+        <v>8443</v>
+      </c>
+      <c r="E61" s="5">
+        <v>187.08151000000001</v>
+      </c>
+      <c r="F61" s="4">
+        <v>1579527.61098192</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H61" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J61" s="5">
+        <v>269500</v>
+      </c>
+      <c r="K61" s="5">
+        <v>1440.5485608919878</v>
+      </c>
+      <c r="L61" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M61" s="4">
+        <v>2275386226.8891602</v>
+      </c>
+      <c r="N61" s="4">
+        <v>1579527.61098192</v>
+      </c>
+      <c r="O61" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="P61" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="C61" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O61" s="3" t="s">
+      <c r="Q61" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R61" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="P61" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S61" s="3" t="s">
-        <v>92</v>
+        <v>301</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>338</v>
+        <v>34</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>1.0187E-2</v>
+        <v>1.6088000000000002E-2</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D62" s="4">
-        <v>2222</v>
+        <v>13134</v>
       </c>
       <c r="E62" s="5">
-        <v>141.46</v>
+        <v>54.15</v>
       </c>
       <c r="F62" s="4">
-        <v>314324.12</v>
+        <v>711206.1</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J62" s="5">
-        <v>141.46</v>
+        <v>54.15</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M62" s="4">
-        <v>314324.12</v>
+        <v>711206.1</v>
       </c>
       <c r="N62" s="4">
-        <v>314324.12</v>
+        <v>711206.1</v>
       </c>
       <c r="O62" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="P62" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="Q62" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R62" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="P62" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S62" s="3" t="s">
-        <v>92</v>
+        <v>137</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>3.3939999999999999E-3</v>
+        <v>7.2439999999999996E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D63" s="4">
-        <v>20500</v>
+        <v>7100</v>
       </c>
       <c r="E63" s="5">
-        <v>28.811328</v>
+        <v>110.47</v>
       </c>
       <c r="F63" s="4">
-        <v>590632.08856687997</v>
+        <v>784337</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>65</v>
+        <v>32</v>
       </c>
       <c r="J63" s="5">
-        <v>4255</v>
+        <v>110.47</v>
       </c>
       <c r="K63" s="5">
-        <v>147.68496434146536</v>
+        <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="M63" s="4">
-        <v>87227478.938924</v>
+        <v>784337</v>
       </c>
       <c r="N63" s="4">
-        <v>590632.08856687997</v>
+        <v>784337</v>
       </c>
       <c r="O63" s="3" t="s">
         <v>348</v>
       </c>
       <c r="P63" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="Q63" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R63" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="Q63" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S63" s="3" t="s">
-        <v>298</v>
+        <v>97</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
-        <v>34</v>
+        <v>346</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>6.378E-3</v>
+        <v>7.9880000000000003E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="B64" s="3" t="s">
+      <c r="C64" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D64" s="4">
+        <v>4422</v>
+      </c>
+      <c r="E64" s="5">
+        <v>111.91</v>
+      </c>
+      <c r="F64" s="4">
+        <v>494866.02</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H64" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I64" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J64" s="5">
+        <v>111.91</v>
+      </c>
+      <c r="K64" s="5">
+        <v>1</v>
+      </c>
+      <c r="L64" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M64" s="4">
+        <v>494866.02</v>
+      </c>
+      <c r="N64" s="4">
+        <v>494866.02</v>
+      </c>
+      <c r="O64" s="3" t="s">
         <v>353</v>
-      </c>
-[...37 lines deleted...]
-        <v>352</v>
       </c>
       <c r="P64" s="3" t="s">
         <v>354</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R64" s="3" t="s">
         <v>355</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>219</v>
+        <v>97</v>
       </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
-        <v>34</v>
+        <v>351</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>2.5690000000000001E-2</v>
+        <v>5.0400000000000002E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D65" s="4">
-        <v>111921</v>
+        <v>19000</v>
       </c>
       <c r="E65" s="5">
-        <v>37</v>
+        <v>32.001027000000001</v>
       </c>
       <c r="F65" s="4">
-        <v>4141077</v>
+        <v>608019.39455803996</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="J65" s="5">
-        <v>37</v>
+        <v>5016</v>
       </c>
       <c r="K65" s="5">
-        <v>1</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="M65" s="4">
-        <v>4141077</v>
+        <v>95303982.506953001</v>
       </c>
       <c r="N65" s="4">
-        <v>4141077</v>
+        <v>608019.39455803996</v>
       </c>
       <c r="O65" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="P65" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="P65" s="3" t="s">
+      <c r="Q65" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R65" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="Q65" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S65" s="3" t="s">
-        <v>132</v>
+        <v>296</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>356</v>
+        <v>34</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>4.4724E-2</v>
+        <v>6.1929999999999997E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="B66" s="3" t="s">
+      <c r="C66" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D66" s="4">
+        <v>15226</v>
+      </c>
+      <c r="E66" s="5">
+        <v>147.74581000000001</v>
+      </c>
+      <c r="F66" s="4">
+        <v>2249577.7030600002</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H66" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="I66" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J66" s="5">
+        <v>125.8</v>
+      </c>
+      <c r="K66" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L66" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="M66" s="4">
+        <v>1915430.8</v>
+      </c>
+      <c r="N66" s="4">
+        <v>2249577.7030600002</v>
+      </c>
+      <c r="O66" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="P66" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="C66" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O66" s="3" t="s">
+      <c r="Q66" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R66" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="P66" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S66" s="3" t="s">
-        <v>132</v>
+        <v>224</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>361</v>
+        <v>34</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>5.2552000000000001E-2</v>
+        <v>2.2912999999999999E-2</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D67" s="4">
+        <v>38917</v>
+      </c>
+      <c r="E67" s="5">
+        <v>10.425592999999999</v>
+      </c>
+      <c r="F67" s="4">
+        <v>405732.78916004999</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H67" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="I67" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J67" s="5">
+        <v>8.8770000000000007</v>
+      </c>
+      <c r="K67" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L67" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="M67" s="4">
+        <v>345466.20899999997</v>
+      </c>
+      <c r="N67" s="4">
+        <v>405732.78916004999</v>
+      </c>
+      <c r="O67" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="P67" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="B67" s="3" t="s">
+      <c r="Q67" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R67" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="C67" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S67" s="3" t="s">
-        <v>92</v>
+        <v>272</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
-        <v>366</v>
+        <v>34</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>7.5370000000000003E-3</v>
+        <v>4.1320000000000003E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D68" s="4">
+        <v>113821</v>
+      </c>
+      <c r="E68" s="5">
+        <v>28.85</v>
+      </c>
+      <c r="F68" s="4">
+        <v>3283735.85</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H68" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I68" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J68" s="5">
+        <v>28.85</v>
+      </c>
+      <c r="K68" s="5">
+        <v>1</v>
+      </c>
+      <c r="L68" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M68" s="4">
+        <v>3283735.85</v>
+      </c>
+      <c r="N68" s="4">
+        <v>3283735.85</v>
+      </c>
+      <c r="O68" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="P68" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="B68" s="3" t="s">
+      <c r="Q68" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R68" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="C68" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S68" s="3" t="s">
-        <v>375</v>
+        <v>137</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
-        <v>34</v>
+        <v>368</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>1.4746E-2</v>
+        <v>3.3445999999999997E-2</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D69" s="4">
+        <v>273721</v>
+      </c>
+      <c r="E69" s="5">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="F69" s="4">
+        <v>5036466.4000000004</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H69" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I69" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J69" s="5">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="K69" s="5">
+        <v>1</v>
+      </c>
+      <c r="L69" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M69" s="4">
+        <v>5036466.4000000004</v>
+      </c>
+      <c r="N69" s="4">
+        <v>5036466.4000000004</v>
+      </c>
+      <c r="O69" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="P69" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B69" s="3" t="s">
+      <c r="Q69" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R69" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="C69" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S69" s="3" t="s">
-        <v>380</v>
+        <v>137</v>
       </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>34</v>
+        <v>373</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>5.8199999999999997E-3</v>
+        <v>5.1298999999999997E-2</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D70" s="4">
+        <v>1880</v>
+      </c>
+      <c r="E70" s="5">
+        <v>402.32</v>
+      </c>
+      <c r="F70" s="4">
+        <v>756361.6</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H70" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I70" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J70" s="5">
+        <v>402.32</v>
+      </c>
+      <c r="K70" s="5">
+        <v>1</v>
+      </c>
+      <c r="L70" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M70" s="4">
+        <v>756361.6</v>
+      </c>
+      <c r="N70" s="4">
+        <v>756361.6</v>
+      </c>
+      <c r="O70" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="P70" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="B70" s="3" t="s">
+      <c r="Q70" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R70" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="C70" s="3" t="s">
-[...41 lines deleted...]
-      <c r="Q70" s="3" t="s">
+      <c r="S70" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="R70" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>34</v>
+        <v>378</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>2.3640999999999999E-2</v>
+        <v>7.7039999999999999E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D71" s="4">
+        <v>60416</v>
+      </c>
+      <c r="E71" s="5">
+        <v>9.3891150000000003</v>
+      </c>
+      <c r="F71" s="4">
+        <v>567252.73963227996</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H71" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I71" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J71" s="5">
+        <v>51.45</v>
+      </c>
+      <c r="K71" s="5">
+        <v>5.4797499129815712</v>
+      </c>
+      <c r="L71" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M71" s="4">
+        <v>3108403.1506380001</v>
+      </c>
+      <c r="N71" s="4">
+        <v>567252.73963227996</v>
+      </c>
+      <c r="O71" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="P71" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="B71" s="3" t="s">
+      <c r="Q71" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R71" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="C71" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P71" s="3" t="s">
+      <c r="S71" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="Q71" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>5.4400000000000004E-3</v>
+        <v>5.777E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="B72" s="3" t="s">
+      <c r="C72" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D72" s="4">
+        <v>26909</v>
+      </c>
+      <c r="E72" s="5">
+        <v>24.110600000000002</v>
+      </c>
+      <c r="F72" s="4">
+        <v>648792.12043402996</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I72" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J72" s="5">
+        <v>243.2</v>
+      </c>
+      <c r="K72" s="5">
+        <v>10.086849794097136</v>
+      </c>
+      <c r="L72" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M72" s="4">
+        <v>6544268.6664110003</v>
+      </c>
+      <c r="N72" s="4">
+        <v>648792.12043402996</v>
+      </c>
+      <c r="O72" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="P72" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="C72" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P72" s="3" t="s">
+      <c r="Q72" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="R72" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="Q72" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R72" s="3" t="s">
+      <c r="S72" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="S72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>8.3479999999999995E-3</v>
+        <v>6.6080000000000002E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D73" s="4">
-        <v>201000</v>
+        <v>117221</v>
       </c>
       <c r="E73" s="5">
-        <v>2.0166059999999999</v>
+        <v>22.796074999999998</v>
       </c>
       <c r="F73" s="4">
-        <v>405337.77183692</v>
+        <v>2672178.6489645001</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>49</v>
+        <v>239</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>395</v>
+        <v>55</v>
       </c>
       <c r="J73" s="5">
-        <v>15.69</v>
+        <v>19.41</v>
       </c>
       <c r="K73" s="5">
-        <v>7.7803997725011103</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>51</v>
+        <v>240</v>
       </c>
       <c r="M73" s="4">
-        <v>3153689.9077860001</v>
+        <v>2275259.61</v>
       </c>
       <c r="N73" s="4">
-        <v>405337.77183692</v>
+        <v>2672178.6489645001</v>
       </c>
       <c r="O73" s="3" t="s">
         <v>393</v>
       </c>
       <c r="P73" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="Q73" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R73" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="Q73" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S73" s="3" t="s">
-        <v>398</v>
+        <v>243</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>4.3769999999999998E-3</v>
+        <v>2.7217000000000002E-2</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D74" s="4">
-        <v>3441</v>
+        <v>19382</v>
       </c>
       <c r="E74" s="5">
-        <v>98.911500000000004</v>
+        <v>29.560907</v>
       </c>
       <c r="F74" s="4">
-        <v>340354.47149999999</v>
+        <v>572949.48978299997</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>270</v>
+        <v>220</v>
       </c>
       <c r="I74" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J74" s="5">
-        <v>84.18</v>
+        <v>25.17</v>
       </c>
       <c r="K74" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>271</v>
+        <v>221</v>
       </c>
       <c r="M74" s="4">
-        <v>289663.38</v>
+        <v>487844.94</v>
       </c>
       <c r="N74" s="4">
-        <v>340354.47149999999</v>
+        <v>572949.48978299997</v>
       </c>
       <c r="O74" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="P74" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="P74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q74" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>274</v>
+        <v>224</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>3.6749999999999999E-3</v>
+        <v>5.8349999999999999E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D75" s="4">
+        <v>81184</v>
+      </c>
+      <c r="E75" s="5">
+        <v>9.6660509999999995</v>
+      </c>
+      <c r="F75" s="4">
+        <v>784728.63183253002</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J75" s="5">
+        <v>97.5</v>
+      </c>
+      <c r="K75" s="5">
+        <v>10.086849794097136</v>
+      </c>
+      <c r="L75" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M75" s="4">
+        <v>7915439.8384220004</v>
+      </c>
+      <c r="N75" s="4">
+        <v>784728.63183253002</v>
+      </c>
+      <c r="O75" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="P75" s="3" t="s">
         <v>403</v>
       </c>
-      <c r="B75" s="3" t="s">
+      <c r="Q75" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="R75" s="3" t="s">
         <v>404</v>
       </c>
-      <c r="C75" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S75" s="3" t="s">
-        <v>267</v>
+        <v>392</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>5.2440000000000004E-3</v>
+        <v>7.9920000000000008E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D76" s="4">
-        <v>339600</v>
+        <v>159000</v>
       </c>
       <c r="E76" s="5">
-        <v>1.799393</v>
+        <v>2.4718960000000001</v>
       </c>
       <c r="F76" s="4">
-        <v>611073.98077220004</v>
+        <v>393031.41260357999</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H76" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>395</v>
+        <v>321</v>
       </c>
       <c r="J76" s="5">
-        <v>14</v>
+        <v>19.239999999999998</v>
       </c>
       <c r="K76" s="5">
-        <v>7.7803997725011103</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L76" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M76" s="4">
-        <v>4754399.8609809997</v>
+        <v>3059159.91133</v>
       </c>
       <c r="N76" s="4">
-        <v>611073.98077220004</v>
+        <v>393031.41260357999</v>
       </c>
       <c r="O76" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="P76" s="3" t="s">
         <v>407</v>
       </c>
-      <c r="P76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q76" s="3" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>398</v>
+        <v>324</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>6.5989999999999998E-3</v>
+        <v>4.0029999999999996E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D77" s="4">
+        <v>19938</v>
+      </c>
+      <c r="E77" s="5">
+        <v>21.686219000000001</v>
+      </c>
+      <c r="F77" s="4">
+        <v>432379.83940649999</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J77" s="5">
+        <v>18.465</v>
+      </c>
+      <c r="K77" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L77" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="M77" s="4">
+        <v>368155.17</v>
+      </c>
+      <c r="N77" s="4">
+        <v>432379.83940649999</v>
+      </c>
+      <c r="O77" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="P77" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="B77" s="3" t="s">
+      <c r="Q77" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R77" s="3" t="s">
         <v>412</v>
       </c>
-      <c r="C77" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S77" s="3" t="s">
-        <v>380</v>
+        <v>265</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>1.1708E-2</v>
+        <v>4.4039999999999999E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D78" s="4">
+        <v>319000</v>
+      </c>
+      <c r="E78" s="5">
+        <v>1.7228749999999999</v>
+      </c>
+      <c r="F78" s="4">
+        <v>549597.22489882004</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H78" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I78" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="J78" s="5">
+        <v>13.41</v>
+      </c>
+      <c r="K78" s="5">
+        <v>7.783499774395259</v>
+      </c>
+      <c r="L78" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M78" s="4">
+        <v>4277789.8760080002</v>
+      </c>
+      <c r="N78" s="4">
+        <v>549597.22489882004</v>
+      </c>
+      <c r="O78" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="P78" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="B78" s="3" t="s">
+      <c r="Q78" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R78" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="C78" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S78" s="3" t="s">
-        <v>164</v>
+        <v>324</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
-        <v>419</v>
+        <v>34</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>4.3489999999999996E-3</v>
+        <v>5.5970000000000004E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D79" s="4">
+        <v>23649</v>
+      </c>
+      <c r="E79" s="5">
+        <v>51.205283000000001</v>
+      </c>
+      <c r="F79" s="4">
+        <v>1210953.7169681301</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H79" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I79" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J79" s="5">
+        <v>516.5</v>
+      </c>
+      <c r="K79" s="5">
+        <v>10.086849794097136</v>
+      </c>
+      <c r="L79" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M79" s="4">
+        <v>12214708.250661001</v>
+      </c>
+      <c r="N79" s="4">
+        <v>1210953.7169681301</v>
+      </c>
+      <c r="O79" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="P79" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="Q79" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="R79" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S79" s="3" t="s">
-        <v>164</v>
+        <v>392</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
-        <v>424</v>
+        <v>34</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>1.8395000000000002E-2</v>
+        <v>1.2333999999999999E-2</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D80" s="4">
+        <v>31947</v>
+      </c>
+      <c r="E80" s="5">
+        <v>13.022068000000001</v>
+      </c>
+      <c r="F80" s="4">
+        <v>416016.01313149999</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H80" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I80" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J80" s="5">
+        <v>17.850000000000001</v>
+      </c>
+      <c r="K80" s="5">
+        <v>1.3707500016140581</v>
+      </c>
+      <c r="L80" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M80" s="4">
+        <v>570253.95067100006</v>
+      </c>
+      <c r="N80" s="4">
+        <v>416016.01313149999</v>
+      </c>
+      <c r="O80" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="P80" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="Q80" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R80" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="S80" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="T80" s="4">
+        <v>1</v>
+      </c>
+      <c r="W80" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>1.0165E-2</v>
+        <v>4.2370000000000003E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D81" s="4">
+        <v>190200</v>
+      </c>
+      <c r="E81" s="5">
+        <v>9.2139340000000001</v>
+      </c>
+      <c r="F81" s="4">
+        <v>1752490.2425679399</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H81" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I81" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J81" s="5">
+        <v>12.63</v>
+      </c>
+      <c r="K81" s="5">
+        <v>1.3707500016140581</v>
+      </c>
+      <c r="L81" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M81" s="4">
+        <v>2402226.0028280001</v>
+      </c>
+      <c r="N81" s="4">
+        <v>1752490.2425679399</v>
+      </c>
+      <c r="O81" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="P81" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="Q81" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R81" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="B81" s="3" t="s">
+      <c r="S81" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="T81" s="4">
+        <v>1</v>
+      </c>
+      <c r="W81" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="C81" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>4.7629999999999999E-3</v>
+        <v>1.7850000000000001E-2</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D82" s="4">
-        <v>20285</v>
+        <v>10032</v>
       </c>
       <c r="E82" s="5">
-        <v>19.317</v>
+        <v>111.748918</v>
       </c>
       <c r="F82" s="4">
-        <v>391845.34499999997</v>
+        <v>1121065.1403600001</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H82" s="3" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J82" s="5">
-        <v>16.440000000000001</v>
+        <v>95.15</v>
       </c>
       <c r="K82" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L82" s="3" t="s">
-        <v>264</v>
+        <v>180</v>
       </c>
       <c r="M82" s="4">
-        <v>333485.40000000002</v>
+        <v>954544.8</v>
       </c>
       <c r="N82" s="4">
-        <v>391845.34499999997</v>
+        <v>1121065.1403600001</v>
       </c>
       <c r="O82" s="3" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>153</v>
+        <v>95</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>4.2319999999999997E-3</v>
+        <v>1.1417999999999999E-2</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D83" s="4">
+        <v>633100</v>
+      </c>
+      <c r="E83" s="5">
+        <v>0.63536099999999995</v>
+      </c>
+      <c r="F83" s="4">
+        <v>402247.23281555</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H83" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="J83" s="5">
+        <v>4.4400000000000004</v>
+      </c>
+      <c r="K83" s="5">
+        <v>6.9881499844269079</v>
+      </c>
+      <c r="L83" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M83" s="4">
+        <v>2810963.993735</v>
+      </c>
+      <c r="N83" s="4">
+        <v>402247.23281555</v>
+      </c>
+      <c r="O83" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="P83" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="Q83" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R83" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="B83" s="3" t="s">
+      <c r="S83" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="C83" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>443</v>
+        <v>34</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>1.4371999999999999E-2</v>
+        <v>4.0969999999999999E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D84" s="4">
-        <v>180214</v>
+        <v>20285</v>
       </c>
       <c r="E84" s="5">
-        <v>12.496124999999999</v>
+        <v>17.816407000000002</v>
       </c>
       <c r="F84" s="4">
-        <v>2251976.67075</v>
+        <v>361405.80585250002</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>215</v>
+        <v>261</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J84" s="5">
-        <v>10.635</v>
+        <v>15.17</v>
       </c>
       <c r="K84" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>216</v>
+        <v>262</v>
       </c>
       <c r="M84" s="4">
-        <v>1916575.89</v>
+        <v>307723.45</v>
       </c>
       <c r="N84" s="4">
-        <v>2251976.67075</v>
+        <v>361405.80585250002</v>
       </c>
       <c r="O84" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="P84" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="Q84" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R84" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="P84" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S84" s="3" t="s">
-        <v>219</v>
+        <v>265</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>2.4320999999999999E-2</v>
+        <v>3.6809999999999998E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D85" s="4">
+        <v>81951</v>
+      </c>
+      <c r="E85" s="5">
+        <v>11.387926</v>
+      </c>
+      <c r="F85" s="4">
+        <v>933251.94966259005</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H85" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I85" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J85" s="5">
+        <v>15.61</v>
+      </c>
+      <c r="K85" s="5">
+        <v>1.3707500016140581</v>
+      </c>
+      <c r="L85" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M85" s="4">
+        <v>1279255.1115059999</v>
+      </c>
+      <c r="N85" s="4">
+        <v>933251.94966259005</v>
+      </c>
+      <c r="O85" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="P85" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="B85" s="3" t="s">
+      <c r="Q85" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R85" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="C85" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H85" s="3" t="s">
+      <c r="S85" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="T85" s="4">
+        <v>1</v>
+      </c>
+      <c r="W85" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="I85" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>5.0540000000000003E-3</v>
+        <v>9.5049999999999996E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D86" s="4">
-        <v>13781</v>
+        <v>166051</v>
       </c>
       <c r="E86" s="5">
-        <v>80.688744999999997</v>
+        <v>13.664726</v>
       </c>
       <c r="F86" s="4">
-        <v>1111971.59555081</v>
+        <v>2269041.37551325</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>457</v>
+        <v>220</v>
       </c>
       <c r="I86" s="3" t="s">
-        <v>458</v>
+        <v>55</v>
       </c>
       <c r="J86" s="5">
-        <v>64.2</v>
+        <v>11.635</v>
       </c>
       <c r="K86" s="5">
-        <v>0.79564999687627802</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>459</v>
+        <v>221</v>
       </c>
       <c r="M86" s="4">
-        <v>884740.19652600004</v>
+        <v>1932003.385</v>
       </c>
       <c r="N86" s="4">
-        <v>1111971.59555081</v>
+        <v>2269041.37551325</v>
       </c>
       <c r="O86" s="3" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>460</v>
+        <v>221</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>461</v>
+        <v>452</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>462</v>
+        <v>224</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>1.2009000000000001E-2</v>
+        <v>2.3111E-2</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D87" s="4">
-        <v>401529</v>
+        <v>27420</v>
       </c>
       <c r="E87" s="5">
-        <v>0.97040800000000005</v>
+        <v>15.353745999999999</v>
       </c>
       <c r="F87" s="4">
-        <v>389646.85176599002</v>
+        <v>420999.70846499997</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="J87" s="5">
-        <v>17.79</v>
+        <v>11.414999999999999</v>
       </c>
       <c r="K87" s="5">
-        <v>18.332501343314036</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="M87" s="4">
-        <v>7143201.4334180001</v>
+        <v>312999.3</v>
       </c>
       <c r="N87" s="4">
-        <v>389646.85176599002</v>
+        <v>420999.70846499997</v>
       </c>
       <c r="O87" s="3" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>109</v>
+        <v>158</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>4.2079999999999999E-3</v>
+        <v>4.2880000000000001E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D88" s="4">
-        <v>1000</v>
+        <v>38100</v>
       </c>
       <c r="E88" s="5">
-        <v>421.96</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="F88" s="4">
-        <v>421960</v>
+        <v>351282</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H88" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I88" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J88" s="5">
-        <v>421.96</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="K88" s="5">
         <v>1</v>
       </c>
       <c r="L88" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M88" s="4">
-        <v>421960</v>
+        <v>351282</v>
       </c>
       <c r="N88" s="4">
-        <v>421960</v>
+        <v>351282</v>
       </c>
       <c r="O88" s="3" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>470</v>
+        <v>50</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>471</v>
+        <v>460</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>4.5570000000000003E-3</v>
+        <v>3.578E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>472</v>
+        <v>461</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>473</v>
+        <v>462</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D89" s="4">
-        <v>163000</v>
+        <v>18894</v>
       </c>
       <c r="E89" s="5">
-        <v>5.48</v>
+        <v>64.878510000000006</v>
       </c>
       <c r="F89" s="4">
-        <v>893240</v>
+        <v>1225814.57873146</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>449</v>
+        <v>463</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>32</v>
+        <v>464</v>
       </c>
       <c r="J89" s="5">
-        <v>5.48</v>
+        <v>51.4</v>
       </c>
       <c r="K89" s="5">
-        <v>1</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>451</v>
+        <v>465</v>
       </c>
       <c r="M89" s="4">
-        <v>893240</v>
+        <v>971151.60163299995</v>
       </c>
       <c r="N89" s="4">
-        <v>893240</v>
+        <v>1225814.57873146</v>
       </c>
       <c r="O89" s="3" t="s">
-        <v>472</v>
+        <v>461</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>109</v>
+        <v>135</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>475</v>
+        <v>467</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>92</v>
+        <v>468</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>9.6469999999999993E-3</v>
+        <v>1.2485E-2</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D90" s="4">
-        <v>179125</v>
+        <v>401529</v>
       </c>
       <c r="E90" s="5">
-        <v>1.4948969999999999</v>
+        <v>0.86654200000000003</v>
       </c>
       <c r="F90" s="4">
-        <v>267773.46557424002</v>
+        <v>347941.92385773</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H90" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="I90" s="3" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="J90" s="5">
-        <v>2.08</v>
+        <v>15.58</v>
       </c>
       <c r="K90" s="5">
-        <v>1.3913999987115637</v>
+        <v>17.979499774357279</v>
       </c>
       <c r="L90" s="3" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="M90" s="4">
-        <v>372579.99965399998</v>
+        <v>6255821.7414889997</v>
       </c>
       <c r="N90" s="4">
-        <v>267773.46557424002</v>
+        <v>347941.92385773</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>164</v>
+        <v>473</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>480</v>
+        <v>34</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>2.892E-3</v>
+        <v>3.5439999999999998E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D91" s="4">
-        <v>2259</v>
+        <v>1000</v>
       </c>
       <c r="E91" s="5">
-        <v>110.76</v>
+        <v>389.2</v>
       </c>
       <c r="F91" s="4">
-        <v>250206.84</v>
+        <v>389200</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H91" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J91" s="5">
-        <v>110.76</v>
+        <v>389.2</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M91" s="4">
-        <v>250206.84</v>
+        <v>389200</v>
       </c>
       <c r="N91" s="4">
-        <v>250206.84</v>
+        <v>389200</v>
       </c>
       <c r="O91" s="3" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>2.702E-3</v>
+        <v>3.9639999999999996E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D92" s="4">
-        <v>4642</v>
+        <v>163000</v>
       </c>
       <c r="E92" s="5">
-        <v>25.438749999999999</v>
+        <v>4.2699999999999996</v>
       </c>
       <c r="F92" s="4">
-        <v>118086.67750000001</v>
+        <v>696010</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H92" s="3" t="s">
-        <v>215</v>
+        <v>59</v>
       </c>
       <c r="I92" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J92" s="5">
-        <v>21.65</v>
+        <v>4.2699999999999996</v>
       </c>
       <c r="K92" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
-        <v>216</v>
+        <v>61</v>
       </c>
       <c r="M92" s="4">
-        <v>100499.3</v>
+        <v>696010</v>
       </c>
       <c r="N92" s="4">
-        <v>118086.67750000001</v>
+        <v>696010</v>
       </c>
       <c r="O92" s="3" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="Q92" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R92" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="S92" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="R92" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>1.2750000000000001E-3</v>
+        <v>7.0889999999999998E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D93" s="4">
-        <v>35109</v>
+        <v>179125</v>
       </c>
       <c r="E93" s="5">
-        <v>5.0913019999999998</v>
+        <v>0.955681</v>
       </c>
       <c r="F93" s="4">
-        <v>178750.54621259001</v>
+        <v>171186.39430968001</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H93" s="3" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="I93" s="3" t="s">
-        <v>80</v>
+        <v>45</v>
       </c>
       <c r="J93" s="5">
-        <v>50.8</v>
+        <v>1.31</v>
       </c>
       <c r="K93" s="5">
-        <v>9.977800391908044</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L93" s="3" t="s">
-        <v>81</v>
+        <v>46</v>
       </c>
       <c r="M93" s="4">
-        <v>1783537.270053</v>
+        <v>234653.75027600001</v>
       </c>
       <c r="N93" s="4">
-        <v>178750.54621259001</v>
+        <v>171186.39430968001</v>
       </c>
       <c r="O93" s="3" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>380</v>
+        <v>169</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>34</v>
+        <v>486</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>1.9300000000000001E-3</v>
+        <v>1.743E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D94" s="4">
-        <v>134425</v>
+        <v>2259</v>
       </c>
       <c r="E94" s="5">
-        <v>3.5457130000000001</v>
+        <v>104.14</v>
       </c>
       <c r="F94" s="4">
-        <v>476632.40281250002</v>
+        <v>235252.26</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H94" s="3" t="s">
-        <v>306</v>
+        <v>31</v>
       </c>
       <c r="I94" s="3" t="s">
-        <v>307</v>
+        <v>32</v>
       </c>
       <c r="J94" s="5">
-        <v>5.35</v>
+        <v>104.14</v>
       </c>
       <c r="K94" s="5">
-        <v>1.5088645794039983</v>
+        <v>1</v>
       </c>
       <c r="L94" s="3" t="s">
-        <v>308</v>
+        <v>33</v>
       </c>
       <c r="M94" s="4">
-        <v>719173.75</v>
+        <v>235252.26</v>
       </c>
       <c r="N94" s="4">
-        <v>476632.40281250002</v>
+        <v>235252.26</v>
       </c>
       <c r="O94" s="3" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>311</v>
+        <v>97</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>5.1469999999999997E-3</v>
+        <v>2.3960000000000001E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D95" s="4">
-        <v>137663</v>
+        <v>85900</v>
       </c>
       <c r="E95" s="5">
-        <v>18.857827</v>
+        <v>10.052891000000001</v>
       </c>
       <c r="F95" s="4">
-        <v>2596024.9653695999</v>
+        <v>863543.31570308004</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H95" s="3" t="s">
-        <v>499</v>
+        <v>44</v>
       </c>
       <c r="I95" s="3" t="s">
-        <v>500</v>
+        <v>45</v>
       </c>
       <c r="J95" s="5">
-        <v>119.8</v>
+        <v>13.78</v>
       </c>
       <c r="K95" s="5">
-        <v>6.3527998154638716</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L95" s="3" t="s">
-        <v>501</v>
+        <v>46</v>
       </c>
       <c r="M95" s="4">
-        <v>16492026.920939</v>
+        <v>1183702.0013929999</v>
       </c>
       <c r="N95" s="4">
-        <v>2596024.9653695999</v>
+        <v>863543.31570308004</v>
       </c>
       <c r="O95" s="3" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>503</v>
+        <v>494</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>504</v>
+        <v>169</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>34</v>
+        <v>495</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>2.8036999999999999E-2</v>
+        <v>8.7950000000000007E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>505</v>
+        <v>496</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>506</v>
+        <v>497</v>
       </c>
       <c r="C96" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D96" s="4">
+        <v>59890</v>
+      </c>
+      <c r="E96" s="5">
+        <v>4.7626369999999998</v>
+      </c>
+      <c r="F96" s="4">
+        <v>285234.30010360002</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H96" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J96" s="5">
+        <v>48.04</v>
+      </c>
+      <c r="K96" s="5">
+        <v>10.086849794097136</v>
+      </c>
+      <c r="L96" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="D96" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="M96" s="4">
-        <v>1767697.652883</v>
+        <v>2877115.5412690002</v>
       </c>
       <c r="N96" s="4">
-        <v>248326.20163097</v>
+        <v>285234.30010360002</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>505</v>
+        <v>496</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>508</v>
+        <v>499</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>509</v>
+        <v>392</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>2.6809999999999998E-3</v>
+        <v>2.905E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>510</v>
+        <v>500</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>511</v>
+        <v>501</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D97" s="4">
-        <v>79132</v>
+        <v>121026</v>
       </c>
       <c r="E97" s="5">
-        <v>2.069858</v>
+        <v>27.265865000000002</v>
       </c>
       <c r="F97" s="4">
-        <v>163791.97930142001</v>
+        <v>3299878.6716145701</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H97" s="3" t="s">
-        <v>44</v>
+        <v>502</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>45</v>
+        <v>503</v>
       </c>
       <c r="J97" s="5">
-        <v>2.88</v>
+        <v>173.4</v>
       </c>
       <c r="K97" s="5">
-        <v>1.3913999987115637</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L97" s="3" t="s">
-        <v>46</v>
+        <v>504</v>
       </c>
       <c r="M97" s="4">
-        <v>227900.15978799999</v>
+        <v>20985908.917008001</v>
       </c>
       <c r="N97" s="4">
-        <v>163791.97930142001</v>
+        <v>3299878.6716145701</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>510</v>
+        <v>500</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>164</v>
+        <v>507</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>514</v>
+        <v>34</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>1.768E-3</v>
+        <v>3.3611000000000002E-2</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D98" s="4">
-        <v>3265</v>
+        <v>59165</v>
       </c>
       <c r="E98" s="5">
-        <v>219.53</v>
+        <v>4.6793500000000003</v>
       </c>
       <c r="F98" s="4">
-        <v>716765.45</v>
+        <v>276853.74526877998</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H98" s="3" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="I98" s="3" t="s">
-        <v>32</v>
+        <v>437</v>
       </c>
       <c r="J98" s="5">
-        <v>219.53</v>
+        <v>32.700000000000003</v>
       </c>
       <c r="K98" s="5">
-        <v>1</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L98" s="3" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="M98" s="4">
-        <v>716765.45</v>
+        <v>1934695.495688</v>
       </c>
       <c r="N98" s="4">
-        <v>716765.45</v>
+        <v>276853.74526877998</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>517</v>
+        <v>510</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>130</v>
+        <v>95</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>518</v>
+        <v>511</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>92</v>
+        <v>512</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>7.7409999999999996E-3</v>
+        <v>2.8189999999999999E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D99" s="4">
-        <v>10423</v>
+        <v>79132</v>
       </c>
       <c r="E99" s="5">
-        <v>37.164715999999999</v>
+        <v>1.6487320000000001</v>
       </c>
       <c r="F99" s="4">
-        <v>387367.82206271001</v>
+        <v>130467.49589640999</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H99" s="3" t="s">
-        <v>499</v>
+        <v>44</v>
       </c>
       <c r="I99" s="3" t="s">
-        <v>500</v>
+        <v>45</v>
       </c>
       <c r="J99" s="5">
-        <v>236.1</v>
+        <v>2.2599999999999998</v>
       </c>
       <c r="K99" s="5">
-        <v>6.3527998154638716</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L99" s="3" t="s">
-        <v>501</v>
+        <v>46</v>
       </c>
       <c r="M99" s="4">
-        <v>2460870.2285159999</v>
+        <v>178838.32021000001</v>
       </c>
       <c r="N99" s="4">
-        <v>387367.82206271001</v>
+        <v>130467.49589640999</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>504</v>
+        <v>169</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>34</v>
+        <v>517</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>4.1830000000000001E-3</v>
+        <v>1.328E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D100" s="4">
-        <v>7729</v>
+        <v>3465</v>
       </c>
       <c r="E100" s="5">
-        <v>29.863386999999999</v>
+        <v>227.51</v>
       </c>
       <c r="F100" s="4">
-        <v>230815.08142974001</v>
+        <v>788322.15</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H100" s="3" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="J100" s="5">
-        <v>41900</v>
+        <v>227.51</v>
       </c>
       <c r="K100" s="5">
-        <v>1403.0558556536134</v>
+        <v>1</v>
       </c>
       <c r="L100" s="3" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="M100" s="4">
-        <v>323846451.57316202</v>
+        <v>788322.15</v>
       </c>
       <c r="N100" s="4">
-        <v>230815.08142974001</v>
+        <v>788322.15</v>
       </c>
       <c r="O100" s="3" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>90</v>
+        <v>135</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>303</v>
+        <v>97</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>2.4919999999999999E-3</v>
+        <v>8.0289999999999997E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D101" s="4">
-        <v>3120780</v>
+        <v>10423</v>
       </c>
       <c r="E101" s="5">
-        <v>0.103071</v>
+        <v>35.442480000000003</v>
       </c>
       <c r="F101" s="4">
-        <v>321660.39808671002</v>
+        <v>369416.97591043002</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>529</v>
+        <v>92</v>
       </c>
       <c r="H101" s="3" t="s">
-        <v>530</v>
+        <v>502</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>531</v>
+        <v>503</v>
       </c>
       <c r="J101" s="5">
-        <v>3.34</v>
+        <v>225.4</v>
       </c>
       <c r="K101" s="5">
-        <v>32.404995035554762</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L101" s="3" t="s">
-        <v>532</v>
+        <v>504</v>
       </c>
       <c r="M101" s="4">
-        <v>10423403.603134001</v>
+        <v>2349344.2578779999</v>
       </c>
       <c r="N101" s="4">
-        <v>321660.39808671002</v>
+        <v>369416.97591043002</v>
       </c>
       <c r="O101" s="3" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>153</v>
+        <v>95</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="S101" s="3" t="s">
-        <v>535</v>
+        <v>507</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>3.4740000000000001E-3</v>
+        <v>3.7620000000000002E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D102" s="4">
-        <v>48420</v>
+        <v>12195</v>
       </c>
       <c r="E102" s="5">
-        <v>42.98</v>
+        <v>28.877887999999999</v>
       </c>
       <c r="F102" s="4">
-        <v>2081091.6</v>
+        <v>352165.49234667001</v>
       </c>
       <c r="G102" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H102" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I102" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J102" s="5">
+        <v>41600</v>
+      </c>
+      <c r="K102" s="5">
+        <v>1440.5485608919878</v>
+      </c>
+      <c r="L102" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M102" s="4">
+        <v>507311493.195813</v>
+      </c>
+      <c r="N102" s="4">
+        <v>352165.49234667001</v>
+      </c>
+      <c r="O102" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="P102" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="Q102" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R102" s="3" t="s">
         <v>529</v>
       </c>
-      <c r="H102" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="S102" s="3" t="s">
-        <v>92</v>
+        <v>301</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>536</v>
+        <v>34</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>2.2475999999999999E-2</v>
+        <v>3.5869999999999999E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>544</v>
+        <v>531</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D103" s="4">
-        <v>79800</v>
+        <v>20004</v>
       </c>
       <c r="E103" s="5">
-        <v>3.3874439999999999</v>
+        <v>41.494793000000001</v>
       </c>
       <c r="F103" s="4">
-        <v>270317.99532443</v>
+        <v>830061.82917000004</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>545</v>
+        <v>92</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="J103" s="5">
-        <v>18.04</v>
+        <v>30.85</v>
       </c>
       <c r="K103" s="5">
-        <v>5.3255500773988818</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L103" s="3" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="M103" s="4">
-        <v>1439592.0209220001</v>
+        <v>617123.4</v>
       </c>
       <c r="N103" s="4">
-        <v>270317.99532443</v>
+        <v>830061.82917000004</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>546</v>
+        <v>532</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>547</v>
+        <v>533</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>375</v>
+        <v>457</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>2.9190000000000002E-3</v>
+        <v>8.4539999999999997E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>548</v>
+        <v>534</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>549</v>
+        <v>535</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D104" s="4">
-        <v>7100</v>
+        <v>50320</v>
       </c>
       <c r="E104" s="5">
-        <v>40.75</v>
+        <v>68.8</v>
       </c>
       <c r="F104" s="4">
-        <v>289325</v>
+        <v>3462016</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>550</v>
+        <v>536</v>
       </c>
       <c r="H104" s="3" t="s">
-        <v>31</v>
+        <v>537</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J104" s="5">
-        <v>40.75</v>
+        <v>68.8</v>
       </c>
       <c r="K104" s="5">
         <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
-        <v>33</v>
+        <v>538</v>
       </c>
       <c r="M104" s="4">
-        <v>289325</v>
+        <v>3462016</v>
       </c>
       <c r="N104" s="4">
-        <v>289325</v>
+        <v>3462016</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>551</v>
+        <v>539</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>552</v>
+        <v>540</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>553</v>
+        <v>114</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>554</v>
+        <v>541</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>132</v>
+        <v>97</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>548</v>
+        <v>534</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>3.124E-3</v>
+        <v>3.5262000000000002E-2</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>555</v>
+        <v>542</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D105" s="4">
-        <v>11200</v>
+        <v>4900280</v>
       </c>
       <c r="E105" s="5">
-        <v>24.79</v>
+        <v>8.5700999999999999E-2</v>
       </c>
       <c r="F105" s="4">
-        <v>277648</v>
+        <v>419957.34010475001</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>550</v>
+        <v>536</v>
       </c>
       <c r="H105" s="3" t="s">
-        <v>31</v>
+        <v>544</v>
       </c>
       <c r="I105" s="3" t="s">
-        <v>32</v>
+        <v>545</v>
       </c>
       <c r="J105" s="5">
-        <v>24.79</v>
+        <v>2.7</v>
       </c>
       <c r="K105" s="5">
-        <v>1</v>
+        <v>31.505003467125633</v>
       </c>
       <c r="L105" s="3" t="s">
-        <v>33</v>
+        <v>546</v>
       </c>
       <c r="M105" s="4">
-        <v>277648</v>
+        <v>13230757.456045</v>
       </c>
       <c r="N105" s="4">
-        <v>277648</v>
+        <v>419957.34010475001</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>557</v>
+        <v>542</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>558</v>
+        <v>547</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>553</v>
+        <v>158</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>559</v>
+        <v>548</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>92</v>
+        <v>549</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>555</v>
+        <v>34</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>2.9979999999999998E-3</v>
+        <v>4.2770000000000004E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>560</v>
+        <v>550</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>562</v>
+        <v>91</v>
       </c>
       <c r="D106" s="4">
-        <v>-101269.59</v>
+        <v>317948</v>
       </c>
       <c r="E106" s="5">
-        <v>1</v>
+        <v>3.4235139999999999</v>
       </c>
       <c r="F106" s="4">
-        <v>-101269.59</v>
+        <v>1088499.38044619</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>563</v>
+        <v>552</v>
       </c>
       <c r="H106" s="3" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="I106" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="J106" s="5">
-        <v>1</v>
+        <v>18.760000000000002</v>
       </c>
       <c r="K106" s="5">
-        <v>1</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L106" s="3" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="M106" s="4">
-        <v>-101269.59</v>
+        <v>5964704.38528</v>
       </c>
       <c r="N106" s="4">
-        <v>-101269.59</v>
+        <v>1088499.38044619</v>
       </c>
       <c r="O106" s="3" t="s">
-        <v>34</v>
+        <v>550</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>34</v>
+        <v>114</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>34</v>
+        <v>554</v>
       </c>
       <c r="S106" s="3" t="s">
-        <v>35</v>
+        <v>387</v>
       </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>-1.093E-3</v>
+        <v>1.1087E-2</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>564</v>
+        <v>555</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>565</v>
+        <v>556</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>562</v>
+        <v>91</v>
       </c>
       <c r="D107" s="4">
-        <v>-137857.45000000001</v>
+        <v>7100</v>
       </c>
       <c r="E107" s="5">
-        <v>1</v>
+        <v>39.78</v>
       </c>
       <c r="F107" s="4">
-        <v>-137857.45000000001</v>
+        <v>282438</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="H107" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J107" s="5">
-        <v>1</v>
+        <v>39.78</v>
       </c>
       <c r="K107" s="5">
         <v>1</v>
       </c>
       <c r="L107" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M107" s="4">
-        <v>-137857.45000000001</v>
+        <v>282438</v>
       </c>
       <c r="N107" s="4">
-        <v>-137857.45000000001</v>
+        <v>282438</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>34</v>
+        <v>558</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>34</v>
+        <v>559</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>34</v>
+        <v>560</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>34</v>
+        <v>561</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>35</v>
+        <v>137</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>34</v>
+        <v>555</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>-1.488E-3</v>
+        <v>2.8760000000000001E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>568</v>
+        <v>91</v>
       </c>
       <c r="D108" s="4">
-        <v>1670182.57</v>
+        <v>24400</v>
       </c>
       <c r="E108" s="5">
-        <v>1</v>
+        <v>23.69</v>
       </c>
       <c r="F108" s="4">
-        <v>1670182.57</v>
+        <v>578036</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>569</v>
+        <v>557</v>
       </c>
       <c r="H108" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J108" s="5">
-        <v>1</v>
+        <v>23.69</v>
       </c>
       <c r="K108" s="5">
         <v>1</v>
       </c>
       <c r="L108" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M108" s="4">
-        <v>1670182.57</v>
+        <v>578036</v>
       </c>
       <c r="N108" s="4">
-        <v>1670182.57</v>
+        <v>578036</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>34</v>
+        <v>564</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>34</v>
+        <v>565</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>570</v>
+        <v>560</v>
       </c>
       <c r="R108" s="3" t="s">
         <v>566</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>571</v>
+        <v>97</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>34</v>
+        <v>562</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>1.8037999999999998E-2</v>
+        <v>5.8869999999999999E-3</v>
+      </c>
+    </row>
+    <row r="109" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A109" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="D109" s="4">
+        <v>-106132.52</v>
+      </c>
+      <c r="E109" s="5">
+        <v>1</v>
+      </c>
+      <c r="F109" s="4">
+        <v>-106132.52</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="H109" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I109" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J109" s="5">
+        <v>1</v>
+      </c>
+      <c r="K109" s="5">
+        <v>1</v>
+      </c>
+      <c r="L109" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M109" s="4">
+        <v>-106132.52</v>
+      </c>
+      <c r="N109" s="4">
+        <v>-106132.52</v>
+      </c>
+      <c r="O109" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P109" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="Q109" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R109" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S109" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T109" s="4">
+        <v>1</v>
+      </c>
+      <c r="W109" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X109" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y109" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z109" s="6">
+        <v>-1.0809999999999999E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>572</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="D110" s="4">
+        <v>-158689.84</v>
+      </c>
+      <c r="E110" s="5">
+        <v>1</v>
+      </c>
+      <c r="F110" s="4">
+        <v>-158689.84</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="H110" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I110" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J110" s="5">
+        <v>1</v>
+      </c>
+      <c r="K110" s="5">
+        <v>1</v>
+      </c>
+      <c r="L110" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M110" s="4">
+        <v>-158689.84</v>
+      </c>
+      <c r="N110" s="4">
+        <v>-158689.84</v>
+      </c>
+      <c r="O110" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P110" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q110" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R110" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S110" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T110" s="4">
+        <v>1</v>
+      </c>
+      <c r="W110" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X110" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y110" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z110" s="6">
+        <v>-1.616E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
         <v>573</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A112" s="3" t="s">
+      <c r="B111" s="3" t="s">
         <v>574</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="D111" s="4">
+        <v>1086603.9099999999</v>
+      </c>
+      <c r="E111" s="5">
+        <v>1</v>
+      </c>
+      <c r="F111" s="4">
+        <v>1086603.9099999999</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I111" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J111" s="5">
+        <v>1</v>
+      </c>
+      <c r="K111" s="5">
+        <v>1</v>
+      </c>
+      <c r="L111" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M111" s="4">
+        <v>1086603.9099999999</v>
+      </c>
+      <c r="N111" s="4">
+        <v>1086603.9099999999</v>
+      </c>
+      <c r="O111" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P111" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q111" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="R111" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="S111" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="T111" s="4">
+        <v>1</v>
+      </c>
+      <c r="W111" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X111" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y111" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z111" s="6">
+        <v>1.1067E-2</v>
       </c>
     </row>
     <row r="113" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
     </row>
     <row r="114" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
     </row>
     <row r="115" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>577</v>
+        <v>581</v>
+      </c>
+    </row>
+    <row r="116" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A116" s="3" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="117" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A117" s="3" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="118" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A118" s="3" t="s">
+        <v>584</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>September</vt:lpstr>
+      <vt:lpstr>December</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>