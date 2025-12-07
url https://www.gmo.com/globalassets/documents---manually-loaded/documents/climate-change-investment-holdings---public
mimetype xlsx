--- v0 (2025-10-06)
+++ v1 (2025-12-07)
@@ -1,82 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_06\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{46D141D6-9963-4580-9FE6-3654F5DA41CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9AA87FDD-64C6-44F1-830F-99A11204FF19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="780" yWindow="780" windowWidth="11520" windowHeight="8325" xr2:uid="{444E8B1F-8209-4BC3-AEB7-CDE09816F28C}"/>
+    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{672D8E28-BAF4-4CCE-9D4F-8AACC0905D19}"/>
   </bookViews>
   <sheets>
-    <sheet name="June" sheetId="1" r:id="rId1"/>
+    <sheet name="September" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1476" uniqueCount="604">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1528" uniqueCount="627">
   <si>
     <t>GMO Climate Change Transition Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -187,1376 +190,1403 @@
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>BRL</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>CADTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CAD)</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CAD</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
-    <t>CHFTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (CHF)</t>
+    <t>CNHTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (CNH)</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>CNH</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>DKKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (DKK)</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>DKK</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>EURTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (EUR)</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>EU</t>
+  </si>
+  <si>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>JPYTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (JPY)</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>KRWTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (KRW)</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>KRW</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>MYRTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (MYR)</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>MYR</t>
+  </si>
+  <si>
+    <t>MY</t>
+  </si>
+  <si>
+    <t>SGDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (SGD)</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
+    <t>SG</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>ZARTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (ZAR)</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>ZAR</t>
+  </si>
+  <si>
+    <t>ZA</t>
+  </si>
+  <si>
+    <t>001084102</t>
+  </si>
+  <si>
+    <t>Agco Corp</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2010278</t>
+  </si>
+  <si>
+    <t>AGCO</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US0010841023</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>00770K202</t>
+  </si>
+  <si>
+    <t>Aemetis Inc</t>
+  </si>
+  <si>
+    <t>B9KR326</t>
+  </si>
+  <si>
+    <t>AMTX</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>US00770K2024</t>
+  </si>
+  <si>
+    <t>XNMS</t>
+  </si>
+  <si>
+    <t>00790R104</t>
+  </si>
+  <si>
+    <t>Advanced Drainage Systems In</t>
+  </si>
+  <si>
+    <t>BP7RS59</t>
+  </si>
+  <si>
+    <t>WMS</t>
+  </si>
+  <si>
+    <t>US00790R1041</t>
+  </si>
+  <si>
+    <t>012653101</t>
+  </si>
+  <si>
+    <t>Albemarle Corp</t>
+  </si>
+  <si>
+    <t>2046853</t>
+  </si>
+  <si>
+    <t>ALB</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>US0126531013</t>
+  </si>
+  <si>
+    <t>013872106</t>
+  </si>
+  <si>
+    <t>Alcoa Corp</t>
+  </si>
+  <si>
+    <t>BYNF418</t>
+  </si>
+  <si>
+    <t>AA</t>
+  </si>
+  <si>
+    <t>US0138721065</t>
+  </si>
+  <si>
+    <t>02361E108</t>
+  </si>
+  <si>
+    <t>Ameresco Inc-Cl A</t>
+  </si>
+  <si>
+    <t>B3SWPT2</t>
+  </si>
+  <si>
+    <t>AMRC</t>
+  </si>
+  <si>
+    <t>US02361E1082</t>
+  </si>
+  <si>
+    <t>04271T100</t>
+  </si>
+  <si>
+    <t>Array Technologies Inc</t>
+  </si>
+  <si>
+    <t>BLBLMD5</t>
+  </si>
+  <si>
+    <t>ARRY</t>
+  </si>
+  <si>
+    <t>US04271T1007</t>
+  </si>
+  <si>
+    <t>054540208</t>
+  </si>
+  <si>
+    <t>Axcelis Technologies Inc</t>
+  </si>
+  <si>
+    <t>BD420Q8</t>
+  </si>
+  <si>
+    <t>ACLS</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0545402085</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>099724106</t>
+  </si>
+  <si>
+    <t>Borgwarner Inc</t>
+  </si>
+  <si>
+    <t>2111955</t>
+  </si>
+  <si>
+    <t>BWA</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0997241064</t>
+  </si>
+  <si>
+    <t>14448C104</t>
+  </si>
+  <si>
+    <t>Carrier Global Corp</t>
+  </si>
+  <si>
+    <t>BK4N0D7</t>
+  </si>
+  <si>
+    <t>CARR</t>
+  </si>
+  <si>
+    <t>US14448C1045</t>
+  </si>
+  <si>
+    <t>184499101</t>
+  </si>
+  <si>
+    <t>Clean Energy Fuels Corp</t>
+  </si>
+  <si>
+    <t>B1Y1PC2</t>
+  </si>
+  <si>
+    <t>CLNE</t>
+  </si>
+  <si>
+    <t>US1844991018</t>
+  </si>
+  <si>
+    <t>209115104</t>
+  </si>
+  <si>
+    <t>Consolidated Edison Inc</t>
+  </si>
+  <si>
+    <t>2216850</t>
+  </si>
+  <si>
+    <t>ED</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>US2091151041</t>
+  </si>
+  <si>
+    <t>22052L104</t>
+  </si>
+  <si>
+    <t>Corteva Inc</t>
+  </si>
+  <si>
+    <t>BK73B42</t>
+  </si>
+  <si>
+    <t>CTVA</t>
+  </si>
+  <si>
+    <t>US22052L1044</t>
+  </si>
+  <si>
+    <t>2347608</t>
+  </si>
+  <si>
+    <t>First Quantum Minerals Ltd</t>
+  </si>
+  <si>
+    <t>FM</t>
+  </si>
+  <si>
+    <t>CA3359341052</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>335934105</t>
+  </si>
+  <si>
+    <t>237266101</t>
+  </si>
+  <si>
+    <t>Darling Ingredients Inc</t>
+  </si>
+  <si>
+    <t>2250289</t>
+  </si>
+  <si>
+    <t>DAR</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>US2372661015</t>
+  </si>
+  <si>
+    <t>244199105</t>
+  </si>
+  <si>
+    <t>Deere &amp; Co</t>
+  </si>
+  <si>
+    <t>2261203</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>US2441991054</t>
+  </si>
+  <si>
+    <t>281020107</t>
+  </si>
+  <si>
+    <t>Edison International</t>
+  </si>
+  <si>
+    <t>2829515</t>
+  </si>
+  <si>
+    <t>EIX</t>
+  </si>
+  <si>
+    <t>US2810201077</t>
+  </si>
+  <si>
+    <t>29275Y102</t>
+  </si>
+  <si>
+    <t>Enersys</t>
+  </si>
+  <si>
+    <t>B020GQ5</t>
+  </si>
+  <si>
+    <t>ENS</t>
+  </si>
+  <si>
+    <t>US29275Y1029</t>
+  </si>
+  <si>
+    <t>30161N101</t>
+  </si>
+  <si>
+    <t>Exelon Corp</t>
+  </si>
+  <si>
+    <t>2670519</t>
+  </si>
+  <si>
+    <t>EXC</t>
+  </si>
+  <si>
+    <t>US30161N1019</t>
+  </si>
+  <si>
+    <t>336433107</t>
+  </si>
+  <si>
+    <t>First Solar Inc</t>
+  </si>
+  <si>
+    <t>B1HMF22</t>
+  </si>
+  <si>
+    <t>FSLR</t>
+  </si>
+  <si>
+    <t>US3364331070</t>
+  </si>
+  <si>
+    <t>35671D857</t>
+  </si>
+  <si>
+    <t>Freeport-Mcmoran Inc</t>
+  </si>
+  <si>
+    <t>2352118</t>
+  </si>
+  <si>
+    <t>FCX</t>
+  </si>
+  <si>
+    <t>US35671D8570</t>
+  </si>
+  <si>
+    <t>374396406</t>
+  </si>
+  <si>
+    <t>Gevo Inc</t>
+  </si>
+  <si>
+    <t>BGDLVV9</t>
+  </si>
+  <si>
+    <t>GEVO</t>
+  </si>
+  <si>
+    <t>US3743964062</t>
+  </si>
+  <si>
+    <t>XNCM</t>
+  </si>
+  <si>
+    <t>384313607</t>
+  </si>
+  <si>
+    <t>Graftech International Ltd</t>
+  </si>
+  <si>
+    <t>BV6G2Q8</t>
+  </si>
+  <si>
+    <t>EAF</t>
+  </si>
+  <si>
+    <t>US3843136074</t>
+  </si>
+  <si>
+    <t>393222104</t>
+  </si>
+  <si>
+    <t>Green Plains Inc</t>
+  </si>
+  <si>
+    <t>B11FJD6</t>
+  </si>
+  <si>
+    <t>GPRE</t>
+  </si>
+  <si>
+    <t>US3932221043</t>
+  </si>
+  <si>
+    <t>4031879</t>
+  </si>
+  <si>
+    <t>Veolia Environnement</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>VIE</t>
+  </si>
+  <si>
+    <t>FR0000124141</t>
+  </si>
+  <si>
+    <t>XPAR</t>
+  </si>
+  <si>
+    <t>4103596</t>
+  </si>
+  <si>
+    <t>Edp Sa</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>EDP</t>
+  </si>
+  <si>
+    <t>PTEDP0AM0009</t>
+  </si>
+  <si>
+    <t>XLIS</t>
+  </si>
+  <si>
+    <t>443510607</t>
+  </si>
+  <si>
+    <t>Hubbell Inc</t>
+  </si>
+  <si>
+    <t>BDFG6S3</t>
+  </si>
+  <si>
+    <t>HUBB</t>
+  </si>
+  <si>
+    <t>US4435106079</t>
+  </si>
+  <si>
+    <t>4491235</t>
+  </si>
+  <si>
+    <t>Kingspan Group Plc</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>IE</t>
+  </si>
+  <si>
+    <t>KSP</t>
+  </si>
+  <si>
+    <t>IE0004927939</t>
+  </si>
+  <si>
+    <t>XDUB</t>
+  </si>
+  <si>
+    <t>4513612</t>
+  </si>
+  <si>
+    <t>Kemira Oyj</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>KEMIRA</t>
+  </si>
+  <si>
+    <t>FI0009004824</t>
+  </si>
+  <si>
+    <t>XHEL</t>
+  </si>
+  <si>
+    <t>465741106</t>
+  </si>
+  <si>
+    <t>Itron Inc</t>
+  </si>
+  <si>
+    <t>2471949</t>
+  </si>
+  <si>
+    <t>ITRI</t>
+  </si>
+  <si>
+    <t>US4657411066</t>
+  </si>
+  <si>
+    <t>4834108</t>
+  </si>
+  <si>
+    <t>Schneider Electric Se</t>
+  </si>
+  <si>
+    <t>SU</t>
+  </si>
+  <si>
+    <t>FR0000121972</t>
+  </si>
+  <si>
+    <t>4942904</t>
+  </si>
+  <si>
+    <t>E.on Se</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>EOAN</t>
+  </si>
+  <si>
+    <t>DE000ENAG999</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
+    <t>5271782</t>
+  </si>
+  <si>
+    <t>Endesa Sa</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>ELE</t>
+  </si>
+  <si>
+    <t>ES0130670112</t>
+  </si>
+  <si>
+    <t>XMAD</t>
+  </si>
+  <si>
+    <t>5337093</t>
+  </si>
+  <si>
+    <t>Erg Spa</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>ERG</t>
+  </si>
+  <si>
+    <t>IT0001157020</t>
+  </si>
+  <si>
+    <t>MTAA</t>
+  </si>
+  <si>
+    <t>5579107</t>
+  </si>
+  <si>
+    <t>Acciona Sa</t>
+  </si>
+  <si>
+    <t>ANA</t>
+  </si>
+  <si>
+    <t>ES0125220311</t>
+  </si>
+  <si>
+    <t>5769209</t>
+  </si>
+  <si>
+    <t>Arcadis Nv</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>ARCAD</t>
+  </si>
+  <si>
+    <t>NL0006237562</t>
+  </si>
+  <si>
+    <t>XAMS</t>
+  </si>
+  <si>
+    <t>5889505</t>
+  </si>
+  <si>
+    <t>Infineon Technologies Ag</t>
+  </si>
+  <si>
+    <t>IFX</t>
+  </si>
+  <si>
+    <t>DE0006231004</t>
+  </si>
+  <si>
+    <t>5962343</t>
+  </si>
+  <si>
+    <t>Stmicroelectronics Nv</t>
+  </si>
+  <si>
+    <t>STMMI</t>
+  </si>
+  <si>
+    <t>NL0000226223</t>
+  </si>
+  <si>
+    <t>6250724</t>
+  </si>
+  <si>
+    <t>Daikin Industries Ltd</t>
+  </si>
+  <si>
+    <t>6367</t>
+  </si>
+  <si>
+    <t>JP3481800005</t>
+  </si>
+  <si>
+    <t>XTKS</t>
+  </si>
+  <si>
+    <t>6346913</t>
+  </si>
+  <si>
+    <t>Lg Chem Ltd</t>
+  </si>
+  <si>
+    <t>051910</t>
+  </si>
+  <si>
+    <t>KR7051910008</t>
+  </si>
+  <si>
+    <t>XKRX</t>
+  </si>
+  <si>
+    <t>6439567</t>
+  </si>
+  <si>
+    <t>Igo Ltd</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>AUD</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>IGO</t>
+  </si>
+  <si>
+    <t>AU000000IGO4</t>
+  </si>
+  <si>
+    <t>XASX</t>
+  </si>
+  <si>
+    <t>6483489</t>
+  </si>
+  <si>
+    <t>Kansai Electric Power Co Inc</t>
+  </si>
+  <si>
+    <t>9503</t>
+  </si>
+  <si>
+    <t>JP3228600007</t>
+  </si>
+  <si>
+    <t>65290E101</t>
+  </si>
+  <si>
+    <t>Nextracker Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BR1GTS6</t>
+  </si>
+  <si>
+    <t>NXT</t>
+  </si>
+  <si>
+    <t>US65290E1010</t>
+  </si>
+  <si>
+    <t>6635677</t>
+  </si>
+  <si>
+    <t>Renesas Electronics Corp</t>
+  </si>
+  <si>
+    <t>6723</t>
+  </si>
+  <si>
+    <t>JP3164720009</t>
+  </si>
+  <si>
+    <t>6744250</t>
+  </si>
+  <si>
+    <t>Gs Yuasa Corp</t>
+  </si>
+  <si>
+    <t>6674</t>
+  </si>
+  <si>
+    <t>JP3385820000</t>
+  </si>
+  <si>
+    <t>6771645</t>
+  </si>
+  <si>
+    <t>Samsung Sdi Co Ltd</t>
+  </si>
+  <si>
+    <t>006400</t>
+  </si>
+  <si>
+    <t>KR7006400006</t>
+  </si>
+  <si>
+    <t>682189105</t>
+  </si>
+  <si>
+    <t>On Semiconductor</t>
+  </si>
+  <si>
+    <t>2583576</t>
+  </si>
+  <si>
+    <t>ON</t>
+  </si>
+  <si>
+    <t>US6821891057</t>
+  </si>
+  <si>
+    <t>686688102</t>
+  </si>
+  <si>
+    <t>Ormat Technologies Inc</t>
+  </si>
+  <si>
+    <t>B03L311</t>
+  </si>
+  <si>
+    <t>ORA</t>
+  </si>
+  <si>
+    <t>US6866881021</t>
+  </si>
+  <si>
+    <t>690742101</t>
+  </si>
+  <si>
+    <t>Owens Corning</t>
+  </si>
+  <si>
+    <t>B1FW7Q2</t>
+  </si>
+  <si>
+    <t>OC</t>
+  </si>
+  <si>
+    <t>US6907421019</t>
+  </si>
+  <si>
+    <t>6986427</t>
+  </si>
+  <si>
+    <t>Yokogawa Electric Corp</t>
+  </si>
+  <si>
+    <t>6841</t>
+  </si>
+  <si>
+    <t>JP3955000009</t>
+  </si>
+  <si>
+    <t>7130836</t>
+  </si>
+  <si>
+    <t>Nexans Sa</t>
+  </si>
+  <si>
+    <t>NEX</t>
+  </si>
+  <si>
+    <t>FR0000044448</t>
+  </si>
+  <si>
+    <t>83417M104</t>
+  </si>
+  <si>
+    <t>Solaredge Technologies Inc</t>
+  </si>
+  <si>
+    <t>BWC52Q6</t>
+  </si>
+  <si>
+    <t>SEDG</t>
+  </si>
+  <si>
+    <t>US83417M1045</t>
+  </si>
+  <si>
+    <t>86771W105</t>
+  </si>
+  <si>
+    <t>Sunrun Inc</t>
+  </si>
+  <si>
+    <t>BYXB1Y8</t>
+  </si>
+  <si>
+    <t>RUN</t>
+  </si>
+  <si>
+    <t>US86771W1053</t>
+  </si>
+  <si>
+    <t>920253101</t>
+  </si>
+  <si>
+    <t>Valmont Industries</t>
+  </si>
+  <si>
+    <t>2926825</t>
+  </si>
+  <si>
+    <t>VMI</t>
+  </si>
+  <si>
+    <t>US9202531011</t>
+  </si>
+  <si>
+    <t>B02GKC7</t>
+  </si>
+  <si>
+    <t>Suzano Sa</t>
+  </si>
+  <si>
+    <t>SUZB3</t>
+  </si>
+  <si>
+    <t>BRSUZBACNOR0</t>
+  </si>
+  <si>
+    <t>BVMF</t>
+  </si>
+  <si>
+    <t>B02L486</t>
+  </si>
+  <si>
+    <t>Mowi Asa</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>MOWI</t>
+  </si>
+  <si>
+    <t>NO0003054108</t>
+  </si>
+  <si>
+    <t>XOSL</t>
+  </si>
+  <si>
+    <t>B06YV46</t>
+  </si>
+  <si>
+    <t>Neste OYJ</t>
+  </si>
+  <si>
+    <t>NESTE</t>
+  </si>
+  <si>
+    <t>FI0009013296</t>
+  </si>
+  <si>
+    <t>B0DJ8Q5</t>
+  </si>
+  <si>
+    <t>Alstom</t>
+  </si>
+  <si>
+    <t>ALO</t>
+  </si>
+  <si>
+    <t>FR0010220475</t>
+  </si>
+  <si>
+    <t>B16MKT5</t>
+  </si>
+  <si>
+    <t>Austevoll Seafood Asa</t>
+  </si>
+  <si>
+    <t>AUSS</t>
+  </si>
+  <si>
+    <t>NO0010073489</t>
+  </si>
+  <si>
+    <t>B1VRCG6</t>
+  </si>
+  <si>
+    <t>Cmoc Group Ltd-H</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>3993</t>
+  </si>
+  <si>
+    <t>CNE100000114</t>
+  </si>
+  <si>
+    <t>XHKG</t>
+  </si>
+  <si>
+    <t>B1W4V69</t>
+  </si>
+  <si>
+    <t>Prysmian Spa</t>
+  </si>
+  <si>
+    <t>PRY</t>
+  </si>
+  <si>
+    <t>IT0004176001</t>
+  </si>
+  <si>
+    <t>B288C92</t>
+  </si>
+  <si>
+    <t>Iberdrola Sa</t>
+  </si>
+  <si>
+    <t>IBE</t>
+  </si>
+  <si>
+    <t>ES0144580Y14</t>
+  </si>
+  <si>
+    <t>B3ZQM29</t>
+  </si>
+  <si>
+    <t>Phosagro Pjsc</t>
+  </si>
+  <si>
+    <t>Russian Federation</t>
+  </si>
+  <si>
+    <t>RUB</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>PHOR</t>
+  </si>
+  <si>
+    <t>RU000A0JRKT8</t>
+  </si>
+  <si>
+    <t>MISX</t>
+  </si>
+  <si>
+    <t>B59GZJ7</t>
+  </si>
+  <si>
+    <t>Goldwind Science&amp;technolog-H</t>
+  </si>
+  <si>
+    <t>2208</t>
+  </si>
+  <si>
+    <t>CNE100000PP1</t>
+  </si>
+  <si>
+    <t>B5B1TX2</t>
+  </si>
+  <si>
+    <t>Mmc Norilsk Nickel Pjsc</t>
+  </si>
+  <si>
+    <t>GMKN</t>
+  </si>
+  <si>
+    <t>RU0007288411</t>
+  </si>
+  <si>
+    <t>B6632T7</t>
+  </si>
+  <si>
+    <t>Bakkafrost P/F</t>
+  </si>
+  <si>
+    <t>BAKKA</t>
+  </si>
+  <si>
+    <t>FO0000000179</t>
+  </si>
+  <si>
+    <t>B68XHC3</t>
+  </si>
+  <si>
+    <t>Northland Power Inc</t>
+  </si>
+  <si>
+    <t>NPI</t>
+  </si>
+  <si>
+    <t>CA6665111002</t>
+  </si>
+  <si>
+    <t>666511100</t>
+  </si>
+  <si>
+    <t>B987K72</t>
+  </si>
+  <si>
+    <t>Nexgen Energy Ltd</t>
+  </si>
+  <si>
+    <t>NXE</t>
+  </si>
+  <si>
+    <t>CA65340P1062</t>
+  </si>
+  <si>
+    <t>65340P106</t>
+  </si>
+  <si>
+    <t>BD2P9X9</t>
+  </si>
+  <si>
+    <t>Knorr-Bremse Ag</t>
+  </si>
+  <si>
+    <t>KBX</t>
+  </si>
+  <si>
+    <t>DE000KBX1006</t>
+  </si>
+  <si>
+    <t>BD5LQM2</t>
+  </si>
+  <si>
+    <t>Cecep Solar Energy Co Lt-A</t>
+  </si>
+  <si>
+    <t>CNY</t>
+  </si>
+  <si>
+    <t>000591</t>
+  </si>
+  <si>
+    <t>CNE0000000K1</t>
+  </si>
+  <si>
+    <t>XSEC</t>
+  </si>
+  <si>
+    <t>BD6FXN3</t>
+  </si>
+  <si>
+    <t>Redeia Corp Sa</t>
+  </si>
+  <si>
+    <t>RED</t>
+  </si>
+  <si>
+    <t>ES0173093024</t>
+  </si>
+  <si>
+    <t>BD73C40</t>
+  </si>
+  <si>
+    <t>Ivanhoe Mines Ltd-Cl A</t>
+  </si>
+  <si>
+    <t>IVN</t>
+  </si>
+  <si>
+    <t>CA46579R1047</t>
+  </si>
+  <si>
+    <t>46579R104</t>
+  </si>
+  <si>
+    <t>BDC5ST8</t>
+  </si>
+  <si>
+    <t>Valeo</t>
+  </si>
+  <si>
+    <t>FR0013176526</t>
+  </si>
+  <si>
+    <t>BDR05C0</t>
+  </si>
+  <si>
+    <t>National Grid Plc</t>
+  </si>
+  <si>
+    <t>NG/</t>
+  </si>
+  <si>
+    <t>GB00BDR05C01</t>
+  </si>
+  <si>
+    <t>XLON</t>
+  </si>
+  <si>
+    <t>BF41XY8</t>
+  </si>
+  <si>
+    <t>Landis   Gyr Group Ag</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>CNHTCash</t>
-[...392 lines deleted...]
-    <t>Grupo Mexico Sab De Cv-Ser B</t>
+    <t>LAND</t>
+  </si>
+  <si>
+    <t>CH0371153492</t>
+  </si>
+  <si>
+    <t>XSWX</t>
+  </si>
+  <si>
+    <t>BH3T8K8</t>
+  </si>
+  <si>
+    <t>Orbia Advance Corp Sab De Cv</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>MXN</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
-    <t>GMEXICOB</t>
-[...2 lines deleted...]
-    <t>MXP370841019</t>
+    <t>ORBIA*</t>
+  </si>
+  <si>
+    <t>MX01OR010004</t>
   </si>
   <si>
     <t>XMEX</t>
   </si>
   <si>
-    <t>281020107</t>
-[...895 lines deleted...]
-  <si>
     <t>BJF8Q36</t>
   </si>
   <si>
     <t>Greenlane Renewables Inc</t>
   </si>
   <si>
     <t>GRN</t>
   </si>
   <si>
     <t>CA3953321096</t>
   </si>
   <si>
     <t>395332109</t>
   </si>
   <si>
     <t>BK9ZQ96</t>
   </si>
   <si>
     <t>Trane Technologies Plc</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>IE00BK9ZQ967</t>
@@ -1603,77 +1633,80 @@
   <si>
     <t>BLS09M3</t>
   </si>
   <si>
     <t>Pentair Plc</t>
   </si>
   <si>
     <t>PNR</t>
   </si>
   <si>
     <t>IE00BLS09M33</t>
   </si>
   <si>
     <t>BMHRMH8</t>
   </si>
   <si>
     <t>Waga Energy Sa</t>
   </si>
   <si>
     <t>WAGA</t>
   </si>
   <si>
     <t>FR0012532810</t>
   </si>
   <si>
+    <t>BMYDHR4</t>
+  </si>
+  <si>
+    <t>Cadeler A/S</t>
+  </si>
+  <si>
+    <t>CADLR</t>
+  </si>
+  <si>
+    <t>DK0061412772</t>
+  </si>
+  <si>
     <t>BN4MX14</t>
   </si>
   <si>
     <t>Sunrise Energy Metals Ltd</t>
   </si>
   <si>
     <t>SRL</t>
   </si>
   <si>
     <t>AU0000143729</t>
   </si>
   <si>
     <t>BN4MYF5</t>
   </si>
   <si>
     <t>Vestas Wind Systems A/S</t>
   </si>
   <si>
-    <t>Denmark</t>
-[...7 lines deleted...]
-  <si>
     <t>VWS</t>
   </si>
   <si>
     <t>DK0061539921</t>
   </si>
   <si>
     <t>XCSE</t>
   </si>
   <si>
     <t>BP3R5T6</t>
   </si>
   <si>
     <t>Yutong Bus Co Ltd-A</t>
   </si>
   <si>
     <t>600066</t>
   </si>
   <si>
     <t>CNE000000PY4</t>
   </si>
   <si>
     <t>XSSC</t>
   </si>
   <si>
     <t>BRBK3M0</t>
@@ -1717,69 +1750,108 @@
   <si>
     <t>BSPBZK8</t>
   </si>
   <si>
     <t>Cs Wind Corp</t>
   </si>
   <si>
     <t>112610</t>
   </si>
   <si>
     <t>KR7112610001</t>
   </si>
   <si>
     <t>US71922G4073</t>
   </si>
   <si>
     <t>Phosagro Reg S Blocked Gdrs</t>
   </si>
   <si>
     <t>Depository Receipt/Share</t>
   </si>
   <si>
     <t>OOTC</t>
   </si>
   <si>
+    <t>B9L4K92</t>
+  </si>
+  <si>
+    <t>Energy Absolute Pcl-Nvdr</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>THB</t>
+  </si>
+  <si>
+    <t>TH</t>
+  </si>
+  <si>
+    <t>EA-R</t>
+  </si>
+  <si>
+    <t>TH3545010R19</t>
+  </si>
+  <si>
+    <t>XBKK</t>
+  </si>
+  <si>
     <t>833635105</t>
   </si>
   <si>
     <t>Quimica Y Minera Chil-Sp Adr</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>2771122</t>
   </si>
   <si>
     <t>SQM</t>
   </si>
   <si>
     <t>US8336351056</t>
+  </si>
+  <si>
+    <t>BJ0K6Z9</t>
+  </si>
+  <si>
+    <t>Klabin Sa - Unit</t>
+  </si>
+  <si>
+    <t>Equity Unit</t>
+  </si>
+  <si>
+    <t>KLBN11</t>
+  </si>
+  <si>
+    <t>BRKLBNCDAM18</t>
   </si>
   <si>
     <t>737630103</t>
   </si>
   <si>
     <t>Potlatchdeltic Corp</t>
   </si>
   <si>
     <t>Real Estate Investment Trust (REIT)</t>
   </si>
   <si>
     <t>B0XXJN1</t>
   </si>
   <si>
     <t>PCH</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>US7376301039</t>
   </si>
   <si>
     <t>962166104</t>
   </si>
@@ -2239,92 +2311,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A8FE8B8A-F1A3-4D06-90E5-253F0A875A03}">
-  <dimension ref="A1:Z121"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{73EA4CE1-638B-4748-BC31-1C032633E47A}">
+  <dimension ref="A1:Z125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="35.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45838</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -2374,111 +2446,111 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>828892.87</v>
+        <v>848303.51</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>828892.87</v>
+        <v>848303.51</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>828892.87</v>
+        <v>848303.51</v>
       </c>
       <c r="N4" s="4">
-        <v>828892.87</v>
+        <v>848303.51</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>2.696E-3</v>
+        <v>2.3029999999999999E-3</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
         <v>260000</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
         <v>260000</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
@@ -2508,8171 +2580,8467 @@
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>8.4500000000000005E-4</v>
+        <v>7.0600000000000003E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
         <v>0.05</v>
       </c>
       <c r="E6" s="5">
-        <v>0.183222</v>
+        <v>0.187774</v>
       </c>
       <c r="F6" s="4">
-        <v>9.16112E-3</v>
+        <v>9.3886999999999998E-3</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>5.4578500338905203</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4">
-        <v>0.05</v>
+        <v>4.9999000000000002E-2</v>
       </c>
       <c r="N6" s="4">
-        <v>9.16112E-3</v>
+        <v>9.3886999999999998E-3</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>7237.49</v>
+        <v>14474.99</v>
       </c>
       <c r="E7" s="5">
-        <v>0.73286899999999999</v>
+        <v>0.71870100000000003</v>
       </c>
       <c r="F7" s="4">
-        <v>5304.1333821899998</v>
+        <v>10403.183843610001</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>42</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4">
-        <v>7237.4900280000002</v>
+        <v>14474.989986</v>
       </c>
       <c r="N7" s="4">
-        <v>5304.1333821899998</v>
+        <v>10403.183843610001</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>1.7E-5</v>
+        <v>2.8E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>41581.699999999997</v>
+        <v>8.98</v>
       </c>
       <c r="E8" s="5">
-        <v>1.256281</v>
+        <v>0.14030400000000001</v>
       </c>
       <c r="F8" s="4">
-        <v>52238.316582910003</v>
+        <v>1.2599264800000001</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>42</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.79599999812144007</v>
+        <v>7.127399848984652</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4">
-        <v>41581.699901</v>
+        <v>8.9799989999999994</v>
       </c>
       <c r="N8" s="4">
-        <v>52238.316582910003</v>
+        <v>1.2599264800000001</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>1.6899999999999999E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>8.98</v>
+        <v>33664.050000000003</v>
       </c>
       <c r="E9" s="5">
-        <v>0.139603</v>
+        <v>0.157411</v>
       </c>
       <c r="F9" s="4">
-        <v>1.25363841</v>
+        <v>5299.0885908600003</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>42</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>7.1631498346852469</v>
+        <v>6.3527998154638716</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4">
-        <v>8.9799989999999994</v>
+        <v>33664.049021999999</v>
       </c>
       <c r="N9" s="4">
-        <v>1.25363841</v>
+        <v>5299.0885908600003</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>0</v>
+        <v>1.4E-5</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>48377.760000000002</v>
+        <v>16430.98</v>
       </c>
       <c r="E10" s="5">
-        <v>1.1738500000000001</v>
+        <v>1.175</v>
       </c>
       <c r="F10" s="4">
-        <v>56788.233575999999</v>
+        <v>19306.4015</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>42</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4">
-        <v>48377.760000000002</v>
+        <v>16430.98</v>
       </c>
       <c r="N10" s="4">
-        <v>56788.233575999999</v>
+        <v>19306.4015</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>1.84E-4</v>
+        <v>5.1999999999999997E-5</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>40701.43</v>
+        <v>75.19</v>
       </c>
       <c r="E11" s="5">
-        <v>1.37035</v>
+        <v>1.3462499999999999</v>
       </c>
       <c r="F11" s="4">
-        <v>55775.204600500001</v>
+        <v>101.2245375</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>42</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>0.72974057722479657</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4">
-        <v>40701.43</v>
+        <v>75.19</v>
       </c>
       <c r="N11" s="4">
-        <v>55775.204600500001</v>
+        <v>101.2245375</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>1.8100000000000001E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>209364.68</v>
+        <v>10293069</v>
       </c>
       <c r="E12" s="5">
-        <v>0.127389</v>
+        <v>6.7710000000000001E-3</v>
       </c>
       <c r="F12" s="4">
-        <v>26670.659872609998</v>
+        <v>69696.103192609997</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>42</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>7.8499996938500116</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4">
-        <v>209364.67183400001</v>
+        <v>10293066.514738999</v>
       </c>
       <c r="N12" s="4">
-        <v>26670.659872609998</v>
+        <v>69696.103192609997</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>8.6000000000000003E-5</v>
+        <v>1.8900000000000001E-4</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>11141451</v>
+        <v>3814</v>
       </c>
       <c r="E13" s="5">
-        <v>6.9230000000000003E-3</v>
+        <v>7.1299999999999998E-4</v>
       </c>
       <c r="F13" s="4">
-        <v>77132.825642979995</v>
+        <v>2.7183635700000002</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>144.44500617502399</v>
+        <v>1403.0558556536134</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4">
-        <v>11141451.476297</v>
+        <v>3814.0159239999998</v>
       </c>
       <c r="N13" s="4">
-        <v>77132.825642979995</v>
+        <v>2.7183635700000002</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.5000000000000001E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>3814</v>
+        <v>5</v>
       </c>
       <c r="E14" s="5">
-        <v>7.4100000000000001E-4</v>
+        <v>0.23761399999999999</v>
       </c>
       <c r="F14" s="4">
-        <v>2.8260225299999999</v>
+        <v>1.1880717599999999</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>42</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>83</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>84</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>1349.600518246599</v>
+        <v>4.2085000337732126</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4">
-        <v>3814.001471</v>
+        <v>5</v>
       </c>
       <c r="N14" s="4">
-        <v>2.8260225299999999</v>
+        <v>1.1880717599999999</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="4">
-        <v>5</v>
+        <v>6879.64</v>
       </c>
       <c r="E15" s="5">
-        <v>0.23750099999999999</v>
+        <v>0.775675</v>
       </c>
       <c r="F15" s="4">
-        <v>1.18750742</v>
+        <v>5336.3636363599999</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>42</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>88</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>89</v>
       </c>
       <c r="J15" s="5">
         <v>1</v>
       </c>
       <c r="K15" s="5">
-        <v>4.2105000777258308</v>
+        <v>1.2891999951938626</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4">
-        <v>5</v>
+        <v>6879.6399739999997</v>
       </c>
       <c r="N15" s="4">
-        <v>1.18750742</v>
+        <v>5336.3636363599999</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>0</v>
+        <v>1.4E-5</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D16" s="4">
-        <v>21158.1</v>
+        <v>36861.79</v>
       </c>
       <c r="E16" s="5">
-        <v>0.78514499999999998</v>
+        <v>1</v>
       </c>
       <c r="F16" s="4">
-        <v>16612.177599809998</v>
+        <v>36861.79</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>42</v>
       </c>
       <c r="H16" s="3" t="s">
-        <v>93</v>
+        <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="J16" s="5">
         <v>1</v>
       </c>
       <c r="K16" s="5">
-        <v>1.2736499927796781</v>
+        <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>21158.099880000002</v>
+        <v>36861.79</v>
       </c>
       <c r="N16" s="4">
-        <v>16612.177599809998</v>
+        <v>36861.79</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>5.3999999999999998E-5</v>
+        <v>1E-4</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D17" s="4">
-        <v>22242.25</v>
+        <v>30</v>
       </c>
       <c r="E17" s="5">
-        <v>1</v>
+        <v>5.7963000000000001E-2</v>
       </c>
       <c r="F17" s="4">
-        <v>22242.25</v>
+        <v>1.73887842</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="H17" s="3" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="J17" s="5">
         <v>1</v>
       </c>
       <c r="K17" s="5">
-        <v>1</v>
+        <v>17.252501224496275</v>
       </c>
       <c r="L17" s="3" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="M17" s="4">
-        <v>22242.25</v>
+        <v>30.000001999999999</v>
       </c>
       <c r="N17" s="4">
-        <v>22242.25</v>
+        <v>1.73887842</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>7.2000000000000002E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="D18" s="4">
-        <v>30</v>
+        <v>37966</v>
       </c>
       <c r="E18" s="5">
-        <v>5.6271000000000002E-2</v>
+        <v>107.07</v>
       </c>
       <c r="F18" s="4">
-        <v>1.68811986</v>
+        <v>4065019.62</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>101</v>
+        <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>1</v>
+        <v>107.07</v>
       </c>
       <c r="K18" s="5">
-        <v>17.771250594892614</v>
+        <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M18" s="4">
+        <v>4065019.62</v>
+      </c>
+      <c r="N18" s="4">
+        <v>4065019.62</v>
+      </c>
+      <c r="O18" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="M18" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P18" s="3" t="s">
-        <v>34</v>
+        <v>103</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="R18" s="3" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>35</v>
+        <v>106</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>0</v>
+        <v>1.1037999999999999E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D19" s="4">
-        <v>37966</v>
+        <v>110401</v>
       </c>
       <c r="E19" s="5">
-        <v>103.16</v>
+        <v>2.25</v>
       </c>
       <c r="F19" s="4">
-        <v>3916572.56</v>
+        <v>248402.25</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>103.16</v>
+        <v>2.25</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>3916572.56</v>
+        <v>248402.25</v>
       </c>
       <c r="N19" s="4">
-        <v>3916572.56</v>
+        <v>248402.25</v>
       </c>
       <c r="O19" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="P19" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q19" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R19" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="S19" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="T19" s="4">
+        <v>1</v>
+      </c>
+      <c r="W19" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="P19" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.2741000000000001E-2</v>
+        <v>6.7400000000000001E-4</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D20" s="4">
-        <v>277501</v>
+        <v>36601</v>
       </c>
       <c r="E20" s="5">
-        <v>2.48</v>
+        <v>138.69999999999999</v>
       </c>
       <c r="F20" s="4">
-        <v>688202.48</v>
+        <v>5076558.7</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>2.48</v>
+        <v>138.69999999999999</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>688202.48</v>
+        <v>5076558.7</v>
       </c>
       <c r="N20" s="4">
-        <v>688202.48</v>
+        <v>5076558.7</v>
       </c>
       <c r="O20" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="P20" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q20" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R20" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="S20" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="T20" s="4">
+        <v>1</v>
+      </c>
+      <c r="W20" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="P20" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>2.238E-3</v>
+        <v>1.3785E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D21" s="4">
-        <v>49101</v>
+        <v>58908</v>
       </c>
       <c r="E21" s="5">
-        <v>114.86</v>
+        <v>81.08</v>
       </c>
       <c r="F21" s="4">
-        <v>5639740.8600000003</v>
+        <v>4776260.6399999997</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>114.86</v>
+        <v>81.08</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>5639740.8600000003</v>
+        <v>4776260.6399999997</v>
       </c>
       <c r="N21" s="4">
-        <v>5639740.8600000003</v>
+        <v>4776260.6399999997</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>121</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>122</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="R21" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>119</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.8348E-2</v>
+        <v>1.2969E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D22" s="4">
-        <v>73908</v>
+        <v>32400</v>
       </c>
       <c r="E22" s="5">
-        <v>62.67</v>
+        <v>32.89</v>
       </c>
       <c r="F22" s="4">
-        <v>4631814.3600000003</v>
+        <v>1065636</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>62.67</v>
+        <v>32.89</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>4631814.3600000003</v>
+        <v>1065636</v>
       </c>
       <c r="N22" s="4">
-        <v>4631814.3600000003</v>
+        <v>1065636</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>129</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.5068E-2</v>
+        <v>2.8930000000000002E-3</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D23" s="4">
-        <v>756484</v>
+        <v>591188</v>
       </c>
       <c r="E23" s="5">
-        <v>15.19</v>
+        <v>33.58</v>
       </c>
       <c r="F23" s="4">
-        <v>11490991.960000001</v>
+        <v>19852093.039999999</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>15.19</v>
+        <v>33.58</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>11490991.960000001</v>
+        <v>19852093.039999999</v>
       </c>
       <c r="N23" s="4">
-        <v>11490991.960000001</v>
+        <v>19852093.039999999</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>132</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>134</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>130</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>3.7384000000000001E-2</v>
+        <v>5.3906999999999997E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D24" s="4">
-        <v>1345000</v>
+        <v>1209141</v>
       </c>
       <c r="E24" s="5">
-        <v>5.9</v>
+        <v>8.15</v>
       </c>
       <c r="F24" s="4">
-        <v>7935500</v>
+        <v>9854499.1500000004</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>5.9</v>
+        <v>8.15</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>7935500</v>
+        <v>9854499.1500000004</v>
       </c>
       <c r="N24" s="4">
-        <v>7935500</v>
+        <v>9854499.1500000004</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>137</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>138</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>139</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>135</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>2.5815999999999999E-2</v>
+        <v>2.6759000000000002E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D25" s="4">
         <v>48600</v>
       </c>
       <c r="E25" s="5">
-        <v>69.69</v>
+        <v>97.64</v>
       </c>
       <c r="F25" s="4">
-        <v>3386934</v>
+        <v>4745304</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>69.69</v>
+        <v>97.64</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>3386934</v>
+        <v>4745304</v>
       </c>
       <c r="N25" s="4">
-        <v>3386934</v>
+        <v>4745304</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>142</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>143</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>144</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>146</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>140</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.1018E-2</v>
+        <v>1.2885000000000001E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D26" s="4">
-        <v>169639</v>
+        <v>103339</v>
       </c>
       <c r="E26" s="5">
-        <v>33.479999999999997</v>
+        <v>43.96</v>
       </c>
       <c r="F26" s="4">
-        <v>5679513.7199999997</v>
+        <v>4542782.4400000004</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>33.479999999999997</v>
+        <v>43.96</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>5679513.7199999997</v>
+        <v>4542782.4400000004</v>
       </c>
       <c r="N26" s="4">
-        <v>5679513.7199999997</v>
+        <v>4542782.4400000004</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>149</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>152</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>147</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.8477E-2</v>
+        <v>1.2335E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D27" s="4">
-        <v>62685</v>
+        <v>68485</v>
       </c>
       <c r="E27" s="5">
-        <v>73.19</v>
+        <v>59.7</v>
       </c>
       <c r="F27" s="4">
-        <v>4587915.1500000004</v>
+        <v>4088554.5</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>73.19</v>
+        <v>59.7</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>4587915.1500000004</v>
+        <v>4088554.5</v>
       </c>
       <c r="N27" s="4">
-        <v>4587915.1500000004</v>
+        <v>4088554.5</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>156</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>157</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>153</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>1.4926E-2</v>
+        <v>1.1102000000000001E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D28" s="4">
         <v>2296384</v>
       </c>
       <c r="E28" s="5">
-        <v>1.95</v>
+        <v>2.58</v>
       </c>
       <c r="F28" s="4">
-        <v>4477948.8</v>
+        <v>5924670.7199999997</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>1.95</v>
+        <v>2.58</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>4477948.8</v>
+        <v>5924670.7199999997</v>
       </c>
       <c r="N28" s="4">
-        <v>4477948.8</v>
+        <v>5924670.7199999997</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>161</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>162</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>146</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>158</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>1.4567999999999999E-2</v>
+        <v>1.6088000000000002E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D29" s="4">
         <v>14700</v>
       </c>
       <c r="E29" s="5">
-        <v>100.35</v>
+        <v>100.52</v>
       </c>
       <c r="F29" s="4">
-        <v>1475145</v>
+        <v>1477644</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>100.35</v>
+        <v>100.52</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>1475145</v>
+        <v>1477644</v>
       </c>
       <c r="N29" s="4">
-        <v>1475145</v>
+        <v>1477644</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>165</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>166</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>167</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>163</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>4.7990000000000003E-3</v>
+        <v>4.0119999999999999E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D30" s="4">
-        <v>41471</v>
+        <v>45671</v>
       </c>
       <c r="E30" s="5">
-        <v>74.53</v>
+        <v>67.63</v>
       </c>
       <c r="F30" s="4">
-        <v>3090833.63</v>
+        <v>3088729.73</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>74.53</v>
+        <v>67.63</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>3090833.63</v>
+        <v>3088729.73</v>
       </c>
       <c r="N30" s="4">
-        <v>3090833.63</v>
+        <v>3088729.73</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>171</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>172</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>173</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>169</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>1.0055E-2</v>
+        <v>8.3870000000000004E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D31" s="4">
-        <v>65145</v>
+        <v>101045</v>
       </c>
       <c r="E31" s="5">
-        <v>17.728104999999999</v>
+        <v>22.624694999999999</v>
       </c>
       <c r="F31" s="4">
-        <v>1154897.43495786</v>
+        <v>2286112.26103205</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>48</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J31" s="5">
-        <v>24.19</v>
+        <v>31.48</v>
       </c>
       <c r="K31" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>50</v>
       </c>
       <c r="M31" s="4">
-        <v>1575857.5561299999</v>
+        <v>3180896.597054</v>
       </c>
       <c r="N31" s="4">
-        <v>1154897.43495786</v>
+        <v>2286112.26103205</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>174</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>176</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>177</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>3.7569999999999999E-3</v>
+        <v>6.2069999999999998E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D32" s="4">
-        <v>405444</v>
+        <v>488719</v>
       </c>
       <c r="E32" s="5">
-        <v>37.94</v>
+        <v>30.87</v>
       </c>
       <c r="F32" s="4">
-        <v>15382545.359999999</v>
+        <v>15086755.529999999</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>37.94</v>
+        <v>30.87</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>15382545.359999999</v>
+        <v>15086755.529999999</v>
       </c>
       <c r="N32" s="4">
-        <v>15382545.359999999</v>
+        <v>15086755.529999999</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="Q32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>180</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>5.0043999999999998E-2</v>
+        <v>4.0967000000000003E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D33" s="4">
-        <v>161408</v>
+        <v>3200</v>
       </c>
       <c r="E33" s="5">
-        <v>5.9946010000000003</v>
+        <v>457.26</v>
       </c>
       <c r="F33" s="4">
-        <v>967576.54033452994</v>
+        <v>1463232</v>
       </c>
       <c r="G33" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J33" s="5">
+        <v>457.26</v>
+      </c>
+      <c r="K33" s="5">
+        <v>1</v>
+      </c>
+      <c r="L33" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M33" s="4">
+        <v>1463232</v>
+      </c>
+      <c r="N33" s="4">
+        <v>1463232</v>
+      </c>
+      <c r="O33" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="P33" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q33" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R33" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="S33" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="H33" s="3" t="s">
-[...20 lines deleted...]
-      <c r="O33" s="3" t="s">
+      <c r="T33" s="4">
+        <v>1</v>
+      </c>
+      <c r="W33" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="P33" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>3.1470000000000001E-3</v>
+        <v>3.973E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D34" s="4">
         <v>21240</v>
       </c>
       <c r="E34" s="5">
-        <v>51.6</v>
+        <v>55.28</v>
       </c>
       <c r="F34" s="4">
-        <v>1095984</v>
+        <v>1174147.2</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>51.6</v>
+        <v>55.28</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>1095984</v>
+        <v>1174147.2</v>
       </c>
       <c r="N34" s="4">
-        <v>1095984</v>
+        <v>1174147.2</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="Q34" s="3" t="s">
         <v>167</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>3.565E-3</v>
+        <v>3.1879999999999999E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D35" s="4">
         <v>26483</v>
       </c>
       <c r="E35" s="5">
-        <v>85.77</v>
+        <v>112.96</v>
       </c>
       <c r="F35" s="4">
-        <v>2271446.91</v>
+        <v>2991519.68</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>85.77</v>
+        <v>112.96</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>2271446.91</v>
+        <v>2991519.68</v>
       </c>
       <c r="N35" s="4">
-        <v>2271446.91</v>
+        <v>2991519.68</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="P35" s="3" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>7.3889999999999997E-3</v>
+        <v>8.123E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D36" s="4">
-        <v>68736</v>
+        <v>39130</v>
       </c>
       <c r="E36" s="5">
-        <v>39.65</v>
+        <v>45.01</v>
       </c>
       <c r="F36" s="4">
-        <v>2725382.4</v>
+        <v>1761241.3</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>39.65</v>
+        <v>45.01</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>2725382.4</v>
+        <v>1761241.3</v>
       </c>
       <c r="N36" s="4">
-        <v>2725382.4</v>
+        <v>1761241.3</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>144</v>
+        <v>167</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>8.8660000000000006E-3</v>
+        <v>4.7819999999999998E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D37" s="4">
-        <v>39130</v>
+        <v>44034</v>
       </c>
       <c r="E37" s="5">
-        <v>43.42</v>
+        <v>220.53</v>
       </c>
       <c r="F37" s="4">
-        <v>1699024.6</v>
+        <v>9710818.0199999996</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>43.42</v>
+        <v>220.53</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>1699024.6</v>
+        <v>9710818.0199999996</v>
       </c>
       <c r="N37" s="4">
-        <v>1699024.6</v>
+        <v>9710818.0199999996</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>167</v>
+        <v>144</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="S37" s="3" t="s">
         <v>146</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>5.5269999999999998E-3</v>
+        <v>2.6369E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D38" s="4">
-        <v>53534</v>
+        <v>38747</v>
       </c>
       <c r="E38" s="5">
-        <v>165.54</v>
+        <v>39.22</v>
       </c>
       <c r="F38" s="4">
-        <v>8862018.3599999994</v>
+        <v>1519657.34</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>165.54</v>
+        <v>39.22</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>8862018.3599999994</v>
+        <v>1519657.34</v>
       </c>
       <c r="N38" s="4">
-        <v>8862018.3599999994</v>
+        <v>1519657.34</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>144</v>
+        <v>123</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>146</v>
+        <v>106</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.8830999999999999E-2</v>
+        <v>4.1260000000000003E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D39" s="4">
-        <v>31647</v>
+        <v>640592</v>
       </c>
       <c r="E39" s="5">
-        <v>43.35</v>
+        <v>1.96</v>
       </c>
       <c r="F39" s="4">
-        <v>1371897.45</v>
+        <v>1255560.32</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>43.35</v>
+        <v>1.96</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>1371897.45</v>
+        <v>1255560.32</v>
       </c>
       <c r="N39" s="4">
-        <v>1371897.45</v>
+        <v>1255560.32</v>
       </c>
       <c r="O39" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="P39" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q39" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R39" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="S39" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="P39" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>4.463E-3</v>
+        <v>3.4090000000000001E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D40" s="4">
-        <v>640592</v>
+        <v>63590</v>
       </c>
       <c r="E40" s="5">
-        <v>1.32</v>
+        <v>12.82</v>
       </c>
       <c r="F40" s="4">
-        <v>845581.44</v>
+        <v>815223.8</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>1.32</v>
+        <v>12.82</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>845581.44</v>
+        <v>815223.8</v>
       </c>
       <c r="N40" s="4">
-        <v>845581.44</v>
+        <v>815223.8</v>
       </c>
       <c r="O40" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="P40" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="Q40" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R40" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="P40" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S40" s="3" t="s">
-        <v>229</v>
+        <v>106</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.7499999999999998E-3</v>
+        <v>2.2130000000000001E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D41" s="4">
-        <v>1792609</v>
+        <v>603139</v>
       </c>
       <c r="E41" s="5">
-        <v>0.97260000000000002</v>
+        <v>8.7899999999999991</v>
       </c>
       <c r="F41" s="4">
-        <v>1743491.5134000001</v>
+        <v>5301591.8099999996</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>0.97260000000000002</v>
+        <v>8.7899999999999991</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>1743491.5134000001</v>
+        <v>5301591.8099999996</v>
       </c>
       <c r="N41" s="4">
-        <v>1743491.5134000001</v>
+        <v>5301591.8099999996</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>111</v>
+        <v>146</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>5.672E-3</v>
+        <v>1.4396000000000001E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D42" s="4">
+        <v>185500</v>
+      </c>
+      <c r="E42" s="5">
+        <v>34.051499999999997</v>
+      </c>
+      <c r="F42" s="4">
+        <v>6316553.25</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J42" s="5">
+        <v>28.98</v>
+      </c>
+      <c r="K42" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L42" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="B42" s="3" t="s">
+      <c r="M42" s="4">
+        <v>5375790</v>
+      </c>
+      <c r="N42" s="4">
+        <v>6316553.25</v>
+      </c>
+      <c r="O42" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="P42" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="C42" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O42" s="3" t="s">
+      <c r="Q42" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R42" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="P42" s="3" t="s">
+      <c r="S42" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="Q42" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>235</v>
+        <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>1.1832000000000001E-2</v>
+        <v>1.7152000000000001E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="B43" s="3" t="s">
+      <c r="C43" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D43" s="4">
+        <v>408012</v>
+      </c>
+      <c r="E43" s="5">
+        <v>4.7434750000000001</v>
+      </c>
+      <c r="F43" s="4">
+        <v>1935394.7217000001</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H43" s="3" t="s">
         <v>241</v>
-      </c>
-[...16 lines deleted...]
-        <v>242</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J43" s="5">
-        <v>30.25</v>
+        <v>4.0369999999999999</v>
       </c>
       <c r="K43" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L43" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="M43" s="4">
+        <v>1647144.4439999999</v>
+      </c>
+      <c r="N43" s="4">
+        <v>1935394.7217000001</v>
+      </c>
+      <c r="O43" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="P43" s="3" t="s">
         <v>243</v>
-      </c>
-[...10 lines deleted...]
-        <v>244</v>
       </c>
       <c r="Q43" s="3" t="s">
         <v>167</v>
       </c>
       <c r="R43" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="S43" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="S43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.0232E-2</v>
+        <v>5.2550000000000001E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D44" s="4">
         <v>12308</v>
       </c>
       <c r="E44" s="5">
-        <v>408.41</v>
+        <v>430.31</v>
       </c>
       <c r="F44" s="4">
-        <v>5026710.28</v>
+        <v>5296255.4800000004</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>408.41</v>
+        <v>430.31</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>5026710.28</v>
+        <v>5296255.4800000004</v>
       </c>
       <c r="N44" s="4">
-        <v>5026710.28</v>
+        <v>5296255.4800000004</v>
       </c>
       <c r="O44" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="P44" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="P44" s="3" t="s">
+      <c r="Q44" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R44" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="Q44" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S44" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.6352999999999999E-2</v>
+        <v>1.4381E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D45" s="4">
         <v>18960</v>
       </c>
       <c r="E45" s="5">
-        <v>84.75197</v>
+        <v>83.19</v>
       </c>
       <c r="F45" s="4">
-        <v>1606897.3511999999</v>
+        <v>1577282.4</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J45" s="5">
-        <v>72.2</v>
+        <v>70.8</v>
       </c>
       <c r="K45" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L45" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="M45" s="4">
+        <v>1342368</v>
+      </c>
+      <c r="N45" s="4">
+        <v>1577282.4</v>
+      </c>
+      <c r="O45" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="P45" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="M45" s="4">
-[...8 lines deleted...]
-      <c r="P45" s="3" t="s">
+      <c r="Q45" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R45" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="Q45" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R45" s="3" t="s">
+      <c r="S45" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="S45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>5.2269999999999999E-3</v>
+        <v>4.2830000000000003E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="B46" s="3" t="s">
+      <c r="C46" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D46" s="4">
+        <v>106340</v>
+      </c>
+      <c r="E46" s="5">
+        <v>22.419</v>
+      </c>
+      <c r="F46" s="4">
+        <v>2384036.46</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H46" s="3" t="s">
         <v>260</v>
-      </c>
-[...16 lines deleted...]
-        <v>261</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J46" s="5">
-        <v>19.670000000000002</v>
+        <v>19.079999999999998</v>
       </c>
       <c r="K46" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L46" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="M46" s="4">
+        <v>2028967.2</v>
+      </c>
+      <c r="N46" s="4">
+        <v>2384036.46</v>
+      </c>
+      <c r="O46" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="P46" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="M46" s="4">
-[...8 lines deleted...]
-      <c r="P46" s="3" t="s">
+      <c r="Q46" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="R46" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="Q46" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R46" s="3" t="s">
+      <c r="S46" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="S46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>6.2729999999999999E-3</v>
+        <v>6.4729999999999996E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D47" s="4">
-        <v>25400</v>
+        <v>45600</v>
       </c>
       <c r="E47" s="5">
-        <v>131.63</v>
+        <v>124.56</v>
       </c>
       <c r="F47" s="4">
-        <v>3343402</v>
+        <v>5679936</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
-        <v>131.63</v>
+        <v>124.56</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>3343402</v>
+        <v>5679936</v>
       </c>
       <c r="N47" s="4">
-        <v>3343402</v>
+        <v>5679936</v>
       </c>
       <c r="O47" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="P47" s="3" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="Q47" s="3" t="s">
         <v>144</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="S47" s="3" t="s">
         <v>146</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>1.0877E-2</v>
+        <v>1.5422999999999999E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D48" s="4">
-        <v>5840</v>
+        <v>12441</v>
       </c>
       <c r="E48" s="5">
-        <v>265.05533000000003</v>
+        <v>279.18</v>
       </c>
       <c r="F48" s="4">
-        <v>1547923.1272</v>
+        <v>3473278.38</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J48" s="5">
-        <v>225.8</v>
+        <v>237.6</v>
       </c>
       <c r="K48" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="M48" s="4">
-        <v>1318672</v>
+        <v>2955981.6</v>
       </c>
       <c r="N48" s="4">
-        <v>1547923.1272</v>
+        <v>3473278.38</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="P48" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="Q48" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R48" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="Q48" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S48" s="3" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>5.0350000000000004E-3</v>
+        <v>9.4310000000000001E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D49" s="4">
         <v>99516</v>
       </c>
       <c r="E49" s="5">
-        <v>18.341405999999999</v>
+        <v>18.817625</v>
       </c>
       <c r="F49" s="4">
-        <v>1825263.3843749999</v>
+        <v>1872654.7694999999</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J49" s="5">
-        <v>15.625</v>
+        <v>16.015000000000001</v>
       </c>
       <c r="K49" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>278</v>
+        <v>189</v>
       </c>
       <c r="M49" s="4">
-        <v>1554937.5</v>
+        <v>1593748.74</v>
       </c>
       <c r="N49" s="4">
-        <v>1825263.3843749999</v>
+        <v>1872654.7694999999</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="Q49" s="3" t="s">
         <v>167</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>5.9379999999999997E-3</v>
+        <v>5.0850000000000001E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D50" s="4">
+        <v>60306</v>
+      </c>
+      <c r="E50" s="5">
+        <v>31.97175</v>
+      </c>
+      <c r="F50" s="4">
+        <v>1928088.3555000001</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H50" s="3" t="s">
         <v>282</v>
-      </c>
-[...19 lines deleted...]
-        <v>284</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J50" s="5">
-        <v>26.89</v>
+        <v>27.21</v>
       </c>
       <c r="K50" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="M50" s="4">
-        <v>1964072.49</v>
+        <v>1640926.26</v>
       </c>
       <c r="N50" s="4">
-        <v>2305526.4923864999</v>
+        <v>1928088.3555000001</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="Q50" s="3" t="s">
         <v>167</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>7.4999999999999997E-3</v>
+        <v>5.2350000000000001E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D51" s="4">
+        <v>75426</v>
+      </c>
+      <c r="E51" s="5">
+        <v>24.675000000000001</v>
+      </c>
+      <c r="F51" s="4">
+        <v>1861136.55</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H51" s="3" t="s">
         <v>289</v>
-      </c>
-[...19 lines deleted...]
-        <v>291</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J51" s="5">
-        <v>18.559999999999999</v>
+        <v>21</v>
       </c>
       <c r="K51" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="M51" s="4">
-        <v>365799.04</v>
+        <v>1583946</v>
       </c>
       <c r="N51" s="4">
-        <v>429393.20310400001</v>
+        <v>1861136.55</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="Q51" s="3" t="s">
         <v>167</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.3960000000000001E-3</v>
+        <v>5.0530000000000002E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D52" s="4">
-        <v>11693</v>
+        <v>9248</v>
       </c>
       <c r="E52" s="5">
-        <v>179.36428000000001</v>
+        <v>200.8075</v>
       </c>
       <c r="F52" s="4">
-        <v>2097306.5260399999</v>
+        <v>1857067.76</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J52" s="5">
-        <v>152.80000000000001</v>
+        <v>170.9</v>
       </c>
       <c r="K52" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="M52" s="4">
-        <v>1786690.4</v>
+        <v>1580483.2</v>
       </c>
       <c r="N52" s="4">
-        <v>2097306.5260399999</v>
+        <v>1857067.76</v>
       </c>
       <c r="O52" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="P52" s="3" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="Q52" s="3" t="s">
         <v>167</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>6.8230000000000001E-3</v>
+        <v>5.0419999999999996E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D53" s="4">
+        <v>23785</v>
+      </c>
+      <c r="E53" s="5">
+        <v>50.407499999999999</v>
+      </c>
+      <c r="F53" s="4">
+        <v>1198942.3875</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H53" s="3" t="s">
         <v>300</v>
-      </c>
-[...19 lines deleted...]
-        <v>302</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J53" s="5">
-        <v>41.2</v>
+        <v>42.9</v>
       </c>
       <c r="K53" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L53" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="M53" s="4">
+        <v>1020376.5</v>
+      </c>
+      <c r="N53" s="4">
+        <v>1198942.3875</v>
+      </c>
+      <c r="O53" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="P53" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="Q53" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R53" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="M53" s="4">
-[...8 lines deleted...]
-      <c r="P53" s="3" t="s">
+      <c r="S53" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="Q53" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>2.8449999999999999E-3</v>
+        <v>3.2550000000000001E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D54" s="4">
-        <v>154900</v>
+        <v>155687</v>
       </c>
       <c r="E54" s="5">
-        <v>42.393593000000003</v>
+        <v>39.01</v>
       </c>
       <c r="F54" s="4">
-        <v>6566767.5169749996</v>
+        <v>6073349.8700000001</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J54" s="5">
-        <v>36.115000000000002</v>
+        <v>33.200000000000003</v>
       </c>
       <c r="K54" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>278</v>
+        <v>189</v>
       </c>
       <c r="M54" s="4">
-        <v>5594213.5</v>
+        <v>5168808.4000000004</v>
       </c>
       <c r="N54" s="4">
-        <v>6566767.5169749996</v>
+        <v>6073349.8700000001</v>
       </c>
       <c r="O54" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="P54" s="3" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="Q54" s="3" t="s">
         <v>144</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.1364000000000001E-2</v>
+        <v>1.6490999999999999E-2</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D55" s="4">
-        <v>67297</v>
+        <v>71179</v>
       </c>
       <c r="E55" s="5">
-        <v>30.455538000000001</v>
+        <v>28.017875</v>
       </c>
       <c r="F55" s="4">
-        <v>2049566.3576102499</v>
+        <v>1994284.3246249999</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J55" s="5">
-        <v>25.945</v>
+        <v>23.844999999999999</v>
       </c>
       <c r="K55" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="M55" s="4">
-        <v>1746020.665</v>
+        <v>1697263.2549999999</v>
       </c>
       <c r="N55" s="4">
-        <v>2049566.3576102499</v>
+        <v>1994284.3246249999</v>
       </c>
       <c r="O55" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="P55" s="3" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="Q55" s="3" t="s">
         <v>144</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>6.6670000000000002E-3</v>
+        <v>5.4149999999999997E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D56" s="4">
         <v>17000</v>
       </c>
       <c r="E56" s="5">
-        <v>117.864926</v>
+        <v>115.651584</v>
       </c>
       <c r="F56" s="4">
-        <v>2003703.8319083401</v>
+        <v>1966076.4464908401</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="J56" s="5">
-        <v>17025</v>
+        <v>17080</v>
       </c>
       <c r="K56" s="5">
-        <v>144.44500617502399</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="M56" s="4">
-        <v>289425012.37291902</v>
+        <v>290359929.89259398</v>
       </c>
       <c r="N56" s="4">
-        <v>2003703.8319083401</v>
+        <v>1966076.4464908401</v>
       </c>
       <c r="O56" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="P56" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="P56" s="3" t="s">
+      <c r="Q56" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R56" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="S56" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="Q56" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>6.5180000000000004E-3</v>
+        <v>5.3379999999999999E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D57" s="4">
+        <v>82800</v>
+      </c>
+      <c r="E57" s="5">
+        <v>198.13893999999999</v>
+      </c>
+      <c r="F57" s="4">
+        <v>16405972.702327</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="J57" s="5">
+        <v>278000</v>
+      </c>
+      <c r="K57" s="5">
+        <v>1403.0558556536134</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="M57" s="4">
+        <v>23018496067.693298</v>
+      </c>
+      <c r="N57" s="4">
+        <v>16405972.702327</v>
+      </c>
+      <c r="O57" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="P57" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="Q57" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="R57" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="C57" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P57" s="3" t="s">
+      <c r="S57" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="Q57" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>4.2345000000000001E-2</v>
+        <v>4.4548999999999998E-2</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D58" s="4">
         <v>295255</v>
       </c>
       <c r="E58" s="5">
-        <v>2.7328100000000002</v>
+        <v>3.4330449999999999</v>
       </c>
       <c r="F58" s="4">
-        <v>806875.66892249999</v>
+        <v>1013623.701475</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H58" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="J58" s="5">
+        <v>5.18</v>
+      </c>
+      <c r="K58" s="5">
+        <v>1.5088645794039983</v>
+      </c>
+      <c r="L58" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="I58" s="3" t="s">
+      <c r="M58" s="4">
+        <v>1529420.9</v>
+      </c>
+      <c r="N58" s="4">
+        <v>1013623.701475</v>
+      </c>
+      <c r="O58" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="P58" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="J58" s="5">
-[...5 lines deleted...]
-      <c r="L58" s="3" t="s">
+      <c r="Q58" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="R58" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="M58" s="4">
-[...8 lines deleted...]
-      <c r="P58" s="3" t="s">
+      <c r="S58" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="Q58" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>2.6250000000000002E-3</v>
+        <v>2.7520000000000001E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D59" s="4">
         <v>117400</v>
       </c>
       <c r="E59" s="5">
-        <v>11.831492000000001</v>
+        <v>14.344723999999999</v>
       </c>
       <c r="F59" s="4">
-        <v>1389017.27301049</v>
+        <v>1684070.14930426</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="J59" s="5">
-        <v>1709</v>
+        <v>2118.5</v>
       </c>
       <c r="K59" s="5">
-        <v>144.44500617502399</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="M59" s="4">
-        <v>200636608.57721499</v>
+        <v>248711839.94852501</v>
       </c>
       <c r="N59" s="4">
-        <v>1389017.27301049</v>
+        <v>1684070.14930426</v>
       </c>
       <c r="O59" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="P59" s="3" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="Q59" s="3" t="s">
         <v>167</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>4.5180000000000003E-3</v>
+        <v>4.5719999999999997E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D60" s="4">
-        <v>75549</v>
+        <v>52449</v>
       </c>
       <c r="E60" s="5">
-        <v>54.37</v>
+        <v>73.989999999999995</v>
       </c>
       <c r="F60" s="4">
-        <v>4107599.13</v>
+        <v>3880701.51</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J60" s="5">
-        <v>54.37</v>
+        <v>73.989999999999995</v>
       </c>
       <c r="K60" s="5">
         <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M60" s="4">
-        <v>4107599.13</v>
+        <v>3880701.51</v>
       </c>
       <c r="N60" s="4">
-        <v>4107599.13</v>
+        <v>3880701.51</v>
       </c>
       <c r="O60" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="P60" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="Q60" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R60" s="3" t="s">
         <v>339</v>
-      </c>
-[...7 lines deleted...]
-        <v>341</v>
       </c>
       <c r="S60" s="3" t="s">
         <v>146</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>1.3363E-2</v>
+        <v>1.0536999999999999E-2</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D61" s="4">
         <v>223991</v>
       </c>
       <c r="E61" s="5">
-        <v>12.385336000000001</v>
+        <v>11.551615999999999</v>
       </c>
       <c r="F61" s="4">
-        <v>2774204.0153691699</v>
+        <v>2587457.3991942299</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H61" s="3" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="I61" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="J61" s="5">
-        <v>1789</v>
+        <v>1706</v>
       </c>
       <c r="K61" s="5">
-        <v>144.44500617502399</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L61" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="M61" s="4">
-        <v>400719916.13077599</v>
+        <v>382128553.73505998</v>
       </c>
       <c r="N61" s="4">
-        <v>2774204.0153691699</v>
+        <v>2587457.3991942299</v>
       </c>
       <c r="O61" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="P61" s="3" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="Q61" s="3" t="s">
         <v>144</v>
       </c>
       <c r="R61" s="3" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="S61" s="3" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>9.025E-3</v>
+        <v>7.0260000000000001E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D62" s="4">
+        <v>106738</v>
+      </c>
+      <c r="E62" s="5">
+        <v>23.699095</v>
+      </c>
+      <c r="F62" s="4">
+        <v>2529593.3913396802</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I62" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J62" s="5">
+        <v>3500</v>
+      </c>
+      <c r="K62" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L62" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M62" s="4">
+        <v>373582909.79840702</v>
+      </c>
+      <c r="N62" s="4">
+        <v>2529593.3913396802</v>
+      </c>
+      <c r="O62" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="P62" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="B62" s="3" t="s">
+      <c r="Q62" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="R62" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="C62" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S62" s="3" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>6.0439999999999999E-3</v>
+        <v>6.868E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D63" s="4">
         <v>40496</v>
       </c>
       <c r="E63" s="5">
-        <v>128.03788800000001</v>
+        <v>146.10964999999999</v>
       </c>
       <c r="F63" s="4">
-        <v>5185024.3034973303</v>
+        <v>5916881.0805031899</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="J63" s="5">
-        <v>172800</v>
+        <v>205000</v>
       </c>
       <c r="K63" s="5">
-        <v>1349.600518246599</v>
+        <v>1403.0558556536134</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="M63" s="4">
-        <v>6997711487.1211996</v>
+        <v>8301714647.2060804</v>
       </c>
       <c r="N63" s="4">
-        <v>5185024.3034973303</v>
+        <v>5916881.0805031899</v>
       </c>
       <c r="O63" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="P63" s="3" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="Q63" s="3" t="s">
         <v>144</v>
       </c>
       <c r="R63" s="3" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>1.6868000000000001E-2</v>
+        <v>1.6066E-2</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D64" s="4">
         <v>65200</v>
       </c>
       <c r="E64" s="5">
-        <v>52.41</v>
+        <v>49.31</v>
       </c>
       <c r="F64" s="4">
-        <v>3417132</v>
+        <v>3215012</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J64" s="5">
-        <v>52.41</v>
+        <v>49.31</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M64" s="4">
-        <v>3417132</v>
+        <v>3215012</v>
       </c>
       <c r="N64" s="4">
-        <v>3417132</v>
+        <v>3215012</v>
       </c>
       <c r="O64" s="3" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="P64" s="3" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="Q64" s="3" t="s">
         <v>144</v>
       </c>
       <c r="R64" s="3" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="S64" s="3" t="s">
         <v>146</v>
       </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>1.1117E-2</v>
+        <v>8.7299999999999999E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D65" s="4">
-        <v>46229</v>
+        <v>38329</v>
       </c>
       <c r="E65" s="5">
-        <v>83.76</v>
+        <v>96.25</v>
       </c>
       <c r="F65" s="4">
-        <v>3872141.04</v>
+        <v>3689166.25</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H65" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J65" s="5">
-        <v>83.76</v>
+        <v>96.25</v>
       </c>
       <c r="K65" s="5">
         <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M65" s="4">
-        <v>3872141.04</v>
+        <v>3689166.25</v>
       </c>
       <c r="N65" s="4">
-        <v>3872141.04</v>
+        <v>3689166.25</v>
       </c>
       <c r="O65" s="3" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="P65" s="3" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="Q65" s="3" t="s">
         <v>167</v>
       </c>
       <c r="R65" s="3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>1.2597000000000001E-2</v>
+        <v>1.0017E-2</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D66" s="4">
         <v>8889</v>
       </c>
       <c r="E66" s="5">
-        <v>137.52000000000001</v>
+        <v>141.46</v>
       </c>
       <c r="F66" s="4">
-        <v>1222415.28</v>
+        <v>1257437.94</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H66" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J66" s="5">
-        <v>137.52000000000001</v>
+        <v>141.46</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M66" s="4">
-        <v>1222415.28</v>
+        <v>1257437.94</v>
       </c>
       <c r="N66" s="4">
-        <v>1222415.28</v>
+        <v>1257437.94</v>
       </c>
       <c r="O66" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="P66" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="Q66" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R66" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="P66" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S66" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>3.9760000000000004E-3</v>
+        <v>3.4139999999999999E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D67" s="4">
+        <v>80636</v>
+      </c>
+      <c r="E67" s="5">
+        <v>28.811328</v>
+      </c>
+      <c r="F67" s="4">
+        <v>2323229.7118867901</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H67" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I67" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J67" s="5">
+        <v>4255</v>
+      </c>
+      <c r="K67" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L67" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M67" s="4">
+        <v>343106097.15703303</v>
+      </c>
+      <c r="N67" s="4">
+        <v>2323229.7118867901</v>
+      </c>
+      <c r="O67" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="P67" s="3" t="s">
         <v>369</v>
-      </c>
-[...43 lines deleted...]
-        <v>371</v>
       </c>
       <c r="Q67" s="3" t="s">
         <v>144</v>
       </c>
       <c r="R67" s="3" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="S67" s="3" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>6.6189999999999999E-3</v>
+        <v>6.3080000000000002E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D68" s="4">
-        <v>82008</v>
+        <v>61477</v>
       </c>
       <c r="E68" s="5">
-        <v>130.17996500000001</v>
+        <v>148.05000000000001</v>
       </c>
       <c r="F68" s="4">
-        <v>10675798.56972</v>
+        <v>9101669.8499999996</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J68" s="5">
-        <v>110.9</v>
+        <v>126</v>
       </c>
       <c r="K68" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="M68" s="4">
-        <v>9094687.1999999993</v>
+        <v>7746102</v>
       </c>
       <c r="N68" s="4">
-        <v>10675798.56972</v>
+        <v>9101669.8499999996</v>
       </c>
       <c r="O68" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="P68" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="P68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q68" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="R68" s="3" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="S68" s="3" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>3.4731999999999999E-2</v>
+        <v>2.4715000000000001E-2</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D69" s="4">
-        <v>614198</v>
+        <v>422498</v>
       </c>
       <c r="E69" s="5">
-        <v>20.399999999999999</v>
+        <v>37</v>
       </c>
       <c r="F69" s="4">
-        <v>12529639.199999999</v>
+        <v>15632426</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I69" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J69" s="5">
-        <v>20.399999999999999</v>
+        <v>37</v>
       </c>
       <c r="K69" s="5">
         <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M69" s="4">
-        <v>12529639.199999999</v>
+        <v>15632426</v>
       </c>
       <c r="N69" s="4">
-        <v>12529639.199999999</v>
+        <v>15632426</v>
       </c>
       <c r="O69" s="3" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="P69" s="3" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="Q69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="R69" s="3" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="S69" s="3" t="s">
         <v>146</v>
       </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>4.0763000000000001E-2</v>
+        <v>4.2448E-2</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D70" s="4">
-        <v>1554872</v>
+        <v>1067572</v>
       </c>
       <c r="E70" s="5">
-        <v>8.18</v>
+        <v>17.29</v>
       </c>
       <c r="F70" s="4">
-        <v>12718852.960000001</v>
+        <v>18458319.879999999</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H70" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J70" s="5">
-        <v>8.18</v>
+        <v>17.29</v>
       </c>
       <c r="K70" s="5">
         <v>1</v>
       </c>
       <c r="L70" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M70" s="4">
-        <v>12718852.960000001</v>
+        <v>18458319.879999999</v>
       </c>
       <c r="N70" s="4">
-        <v>12718852.960000001</v>
+        <v>18458319.879999999</v>
       </c>
       <c r="O70" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="P70" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q70" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R70" s="3" t="s">
         <v>384</v>
-      </c>
-[...7 lines deleted...]
-        <v>386</v>
       </c>
       <c r="S70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>4.1377999999999998E-2</v>
+        <v>5.0122E-2</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D71" s="4">
-        <v>5300</v>
+        <v>7000</v>
       </c>
       <c r="E71" s="5">
-        <v>326.57</v>
+        <v>387.73</v>
       </c>
       <c r="F71" s="4">
-        <v>1730821</v>
+        <v>2714110</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H71" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J71" s="5">
-        <v>326.57</v>
+        <v>387.73</v>
       </c>
       <c r="K71" s="5">
         <v>1</v>
       </c>
       <c r="L71" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M71" s="4">
-        <v>1730821</v>
+        <v>2714110</v>
       </c>
       <c r="N71" s="4">
-        <v>1730821</v>
+        <v>2714110</v>
       </c>
       <c r="O71" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="P71" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="Q71" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R71" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="P71" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S71" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>5.6299999999999996E-3</v>
+        <v>7.3699999999999998E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D72" s="4">
+        <v>572730</v>
+      </c>
+      <c r="E72" s="5">
+        <v>9.3699239999999993</v>
+      </c>
+      <c r="F72" s="4">
+        <v>5366436.7060679197</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I72" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J72" s="5">
+        <v>49.9</v>
+      </c>
+      <c r="K72" s="5">
+        <v>5.3255500773988818</v>
+      </c>
+      <c r="L72" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M72" s="4">
+        <v>28579227.415355999</v>
+      </c>
+      <c r="N72" s="4">
+        <v>5366436.7060679197</v>
+      </c>
+      <c r="O72" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="P72" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="B72" s="3" t="s">
+      <c r="Q72" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="R72" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="C72" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O72" s="3" t="s">
+      <c r="S72" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="P72" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
-        <v>392</v>
+        <v>34</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>4.0759999999999998E-3</v>
+        <v>1.4572E-2</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D73" s="4">
+        <v>103444</v>
+      </c>
+      <c r="E73" s="5">
+        <v>21.126901</v>
+      </c>
+      <c r="F73" s="4">
+        <v>2185451.2217122</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H73" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="B73" s="3" t="s">
+      <c r="I73" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="C73" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J73" s="5">
-        <v>51.21</v>
+        <v>210.8</v>
       </c>
       <c r="K73" s="5">
-        <v>5.4578500338905203</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>45</v>
+        <v>399</v>
       </c>
       <c r="M73" s="4">
-        <v>23942211.448669001</v>
+        <v>21805996.056495</v>
       </c>
       <c r="N73" s="4">
-        <v>4386747.7669778401</v>
+        <v>2185451.2217122</v>
       </c>
       <c r="O73" s="3" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="P73" s="3" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>128</v>
+        <v>184</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>1.4271000000000001E-2</v>
+        <v>5.934E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B74" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D74" s="4">
+        <v>459740</v>
+      </c>
+      <c r="E74" s="5">
+        <v>18.312374999999999</v>
+      </c>
+      <c r="F74" s="4">
+        <v>8418931.2825000007</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H74" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="I74" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J74" s="5">
+        <v>15.585000000000001</v>
+      </c>
+      <c r="K74" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L74" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="M74" s="4">
+        <v>7165047.9000000004</v>
+      </c>
+      <c r="N74" s="4">
+        <v>8418931.2825000007</v>
+      </c>
+      <c r="O74" s="3" t="s">
         <v>403</v>
       </c>
-      <c r="C74" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I74" s="3" t="s">
+      <c r="P74" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="J74" s="5">
-[...5 lines deleted...]
-      <c r="L74" s="3" t="s">
+      <c r="Q74" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R74" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="M74" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S74" s="3" t="s">
-        <v>409</v>
+        <v>264</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>6.4710000000000002E-3</v>
+        <v>2.2860999999999999E-2</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D75" s="4">
-        <v>530511</v>
+        <v>76367</v>
       </c>
       <c r="E75" s="5">
-        <v>13.522752000000001</v>
+        <v>25.991</v>
       </c>
       <c r="F75" s="4">
-        <v>7173968.686272</v>
+        <v>1984854.6969999999</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>261</v>
+        <v>234</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J75" s="5">
-        <v>11.52</v>
+        <v>22.12</v>
       </c>
       <c r="K75" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>262</v>
+        <v>235</v>
       </c>
       <c r="M75" s="4">
-        <v>6111486.7199999997</v>
+        <v>1689238.04</v>
       </c>
       <c r="N75" s="4">
-        <v>7173968.686272</v>
+        <v>1984854.6969999999</v>
       </c>
       <c r="O75" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="P75" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="Q75" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R75" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="P75" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S75" s="3" t="s">
-        <v>265</v>
+        <v>238</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>2.3338999999999999E-2</v>
+        <v>5.3889999999999997E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D76" s="4">
         <v>317511</v>
       </c>
       <c r="E76" s="5">
-        <v>9.5753830000000004</v>
+        <v>9.5211369999999995</v>
       </c>
       <c r="F76" s="4">
-        <v>3040289.3267587</v>
+        <v>3023065.7058670302</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="J76" s="5">
-        <v>96.9</v>
+        <v>95</v>
       </c>
       <c r="K76" s="5">
-        <v>10.119699857797977</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="M76" s="4">
-        <v>30766815.467664</v>
+        <v>30163546.184762999</v>
       </c>
       <c r="N76" s="4">
-        <v>3040289.3267587</v>
+        <v>3023065.7058670302</v>
       </c>
       <c r="O76" s="3" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="P76" s="3" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="Q76" s="3" t="s">
         <v>184</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>9.8910000000000005E-3</v>
+        <v>8.208E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D77" s="4">
         <v>837000</v>
       </c>
       <c r="E77" s="5">
-        <v>1.016561</v>
+        <v>2.0166059999999999</v>
       </c>
       <c r="F77" s="4">
-        <v>850861.14649682003</v>
+        <v>1687899.07973883</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>74</v>
+        <v>417</v>
       </c>
       <c r="J77" s="5">
-        <v>7.98</v>
+        <v>15.69</v>
       </c>
       <c r="K77" s="5">
-        <v>7.8499996938500116</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="M77" s="4">
-        <v>6679259.7395080002</v>
+        <v>13132529.616003999</v>
       </c>
       <c r="N77" s="4">
-        <v>850861.14649682003</v>
+        <v>1687899.07973883</v>
       </c>
       <c r="O77" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="P77" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="P77" s="3" t="s">
+      <c r="Q77" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="R77" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="S77" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="Q77" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>2.7680000000000001E-3</v>
+        <v>4.5830000000000003E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D78" s="4">
-        <v>39387</v>
+        <v>10600</v>
       </c>
       <c r="E78" s="5">
-        <v>70.477953999999997</v>
+        <v>98.911500000000004</v>
       </c>
       <c r="F78" s="4">
-        <v>2775915.1741980002</v>
+        <v>1048461.9</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="I78" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J78" s="5">
-        <v>60.04</v>
+        <v>84.18</v>
       </c>
       <c r="K78" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="M78" s="4">
-        <v>2364795.48</v>
+        <v>892308</v>
       </c>
       <c r="N78" s="4">
-        <v>2775915.1741980002</v>
+        <v>1048461.9</v>
       </c>
       <c r="O78" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="P78" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="P78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q78" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>9.0310000000000008E-3</v>
+        <v>2.8470000000000001E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D79" s="4">
-        <v>113106</v>
+        <v>98407</v>
       </c>
       <c r="E79" s="5">
-        <v>19.122017</v>
+        <v>18.923375</v>
       </c>
       <c r="F79" s="4">
-        <v>2162814.7982490002</v>
+        <v>1862192.563625</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J79" s="5">
-        <v>16.29</v>
+        <v>16.105</v>
       </c>
       <c r="K79" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L79" s="3" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="M79" s="4">
-        <v>1842496.74</v>
+        <v>1584844.7350000001</v>
       </c>
       <c r="N79" s="4">
-        <v>2162814.7982490002</v>
+        <v>1862192.563625</v>
       </c>
       <c r="O79" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="P79" s="3" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="Q79" s="3" t="s">
         <v>167</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>7.0359999999999997E-3</v>
+        <v>5.0559999999999997E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D80" s="4">
         <v>101331</v>
       </c>
       <c r="E80" s="5">
         <v>0</v>
       </c>
       <c r="F80" s="4">
-        <v>1.29579E-3</v>
+        <v>1.22825E-3</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="J80" s="5">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="K80" s="5">
-        <v>78.200023147206849</v>
+        <v>82.500014437502529</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="M80" s="4">
         <v>0.10133</v>
       </c>
       <c r="N80" s="4">
-        <v>1.29579E-3</v>
+        <v>1.22825E-3</v>
       </c>
       <c r="O80" s="3" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="P80" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="Q80" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="R80" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="S80" s="3" t="s">
         <v>436</v>
-      </c>
-[...7 lines deleted...]
-        <v>438</v>
       </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D81" s="4">
+        <v>1338000</v>
+      </c>
+      <c r="E81" s="5">
+        <v>1.799393</v>
+      </c>
+      <c r="F81" s="4">
+        <v>2407588.2988021201</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H81" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="I81" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="J81" s="5">
+        <v>14</v>
+      </c>
+      <c r="K81" s="5">
+        <v>7.7803997725011103</v>
+      </c>
+      <c r="L81" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="M81" s="4">
+        <v>18731999.452275999</v>
+      </c>
+      <c r="N81" s="4">
+        <v>2407588.2988021201</v>
+      </c>
+      <c r="O81" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="P81" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="B81" s="3" t="s">
+      <c r="Q81" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R81" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="C81" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S81" s="3" t="s">
-        <v>438</v>
+        <v>420</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>0</v>
+        <v>6.5370000000000003E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D82" s="4">
+        <v>6054800</v>
+      </c>
+      <c r="E82" s="5">
+        <v>0</v>
+      </c>
+      <c r="F82" s="4">
+        <v>7.3391520000000002E-2</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H82" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="I82" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="J82" s="5">
+        <v>9.9999999999999995E-7</v>
+      </c>
+      <c r="K82" s="5">
+        <v>82.500014437502529</v>
+      </c>
+      <c r="L82" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="M82" s="4">
+        <v>6.0548010000000003</v>
+      </c>
+      <c r="N82" s="4">
+        <v>7.3391520000000002E-2</v>
+      </c>
+      <c r="O82" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="P82" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="B82" s="3" t="s">
+      <c r="Q82" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="R82" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="C82" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S82" s="3" t="s">
-        <v>409</v>
+        <v>436</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>8.3920000000000002E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D83" s="4">
+        <v>93184</v>
+      </c>
+      <c r="E83" s="5">
+        <v>45.841766999999997</v>
+      </c>
+      <c r="F83" s="4">
+        <v>4271719.3770169802</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H83" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="J83" s="5">
+        <v>457.4</v>
+      </c>
+      <c r="K83" s="5">
+        <v>9.977800391908044</v>
+      </c>
+      <c r="L83" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="M83" s="4">
+        <v>42622363.274121001</v>
+      </c>
+      <c r="N83" s="4">
+        <v>4271719.3770169802</v>
+      </c>
+      <c r="O83" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="P83" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="B83" s="3" t="s">
+      <c r="Q83" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="R83" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="C83" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S83" s="3" t="s">
-        <v>178</v>
+        <v>402</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>451</v>
+        <v>34</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>4.9160000000000002E-3</v>
+        <v>1.1599E-2</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D84" s="4">
-        <v>663982</v>
+        <v>96500</v>
       </c>
       <c r="E84" s="5">
-        <v>6.9329419999999997</v>
+        <v>16.745723999999999</v>
       </c>
       <c r="F84" s="4">
-        <v>4603349.0069622602</v>
+        <v>1615962.34008912</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H84" s="3" t="s">
         <v>48</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J84" s="5">
-        <v>9.4600000000000009</v>
+        <v>23.3</v>
       </c>
       <c r="K84" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L84" s="3" t="s">
         <v>50</v>
       </c>
       <c r="M84" s="4">
-        <v>6281269.744434</v>
+        <v>2248449.9979170002</v>
       </c>
       <c r="N84" s="4">
-        <v>4603349.0069622602</v>
+        <v>1615962.34008912</v>
       </c>
       <c r="O84" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="P84" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="Q84" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R84" s="3" t="s">
         <v>452</v>
-      </c>
-[...7 lines deleted...]
-        <v>455</v>
       </c>
       <c r="S84" s="3" t="s">
         <v>178</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>1.4976E-2</v>
+        <v>4.3880000000000004E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D85" s="4">
+        <v>741682</v>
+      </c>
+      <c r="E85" s="5">
+        <v>8.9550090000000004</v>
+      </c>
+      <c r="F85" s="4">
+        <v>6641769.2396147801</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H85" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="I85" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J85" s="5">
+        <v>12.46</v>
+      </c>
+      <c r="K85" s="5">
+        <v>1.3913999987115637</v>
+      </c>
+      <c r="L85" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="M85" s="4">
+        <v>9241357.7114419993</v>
+      </c>
+      <c r="N85" s="4">
+        <v>6641769.2396147801</v>
+      </c>
+      <c r="O85" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="P85" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="Q85" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="R85" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="B85" s="3" t="s">
+      <c r="S85" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="T85" s="4">
+        <v>1</v>
+      </c>
+      <c r="W85" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="C85" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>1.2293999999999999E-2</v>
+        <v>1.8034999999999999E-2</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D86" s="4">
+        <v>39235</v>
+      </c>
+      <c r="E86" s="5">
+        <v>93.823750000000004</v>
+      </c>
+      <c r="F86" s="4">
+        <v>3681174.8312499998</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H86" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J86" s="5">
+        <v>79.849999999999994</v>
+      </c>
+      <c r="K86" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L86" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="M86" s="4">
+        <v>3132914.75</v>
+      </c>
+      <c r="N86" s="4">
+        <v>3681174.8312499998</v>
+      </c>
+      <c r="O86" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="P86" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="B86" s="3" t="s">
+      <c r="Q86" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R86" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="C86" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S86" s="3" t="s">
-        <v>466</v>
+        <v>279</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>1.42E-3</v>
+        <v>9.9959999999999997E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D87" s="4">
-        <v>81699</v>
+        <v>2615100</v>
       </c>
       <c r="E87" s="5">
-        <v>21.305378000000001</v>
+        <v>0.63777899999999998</v>
       </c>
       <c r="F87" s="4">
-        <v>1740628.0363725</v>
+        <v>1667856.6260913501</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>284</v>
+        <v>53</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>64</v>
+        <v>465</v>
       </c>
       <c r="J87" s="5">
-        <v>18.149999999999999</v>
+        <v>4.54</v>
       </c>
       <c r="K87" s="5">
-        <v>0.85189760190825059</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>285</v>
+        <v>55</v>
       </c>
       <c r="M87" s="4">
-        <v>1482836.85</v>
+        <v>11872554.019363999</v>
       </c>
       <c r="N87" s="4">
-        <v>1740628.0363725</v>
+        <v>1667856.6260913501</v>
       </c>
       <c r="O87" s="3" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="Q87" s="3" t="s">
         <v>167</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>288</v>
+        <v>468</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>5.6620000000000004E-3</v>
+        <v>4.5279999999999999E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D88" s="4">
+        <v>81699</v>
+      </c>
+      <c r="E88" s="5">
+        <v>19.317</v>
+      </c>
+      <c r="F88" s="4">
+        <v>1578179.5830000001</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H88" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="I88" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J88" s="5">
+        <v>16.440000000000001</v>
+      </c>
+      <c r="K88" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L88" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="M88" s="4">
+        <v>1343131.56</v>
+      </c>
+      <c r="N88" s="4">
+        <v>1578179.5830000001</v>
+      </c>
+      <c r="O88" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="P88" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="B88" s="3" t="s">
+      <c r="Q88" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R88" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="C88" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S88" s="3" t="s">
-        <v>178</v>
+        <v>286</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>475</v>
+        <v>34</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>8.4399999999999996E-3</v>
+        <v>4.2849999999999997E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D89" s="4">
+        <v>494154</v>
+      </c>
+      <c r="E89" s="5">
+        <v>10.608021000000001</v>
+      </c>
+      <c r="F89" s="4">
+        <v>5241995.8602846097</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="I89" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J89" s="5">
+        <v>14.76</v>
+      </c>
+      <c r="K89" s="5">
+        <v>1.3913999987115637</v>
+      </c>
+      <c r="L89" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="M89" s="4">
+        <v>7293713.0332460003</v>
+      </c>
+      <c r="N89" s="4">
+        <v>5241995.8602846097</v>
+      </c>
+      <c r="O89" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="P89" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="Q89" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="R89" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="B89" s="3" t="s">
+      <c r="S89" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="T89" s="4">
+        <v>1</v>
+      </c>
+      <c r="W89" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="C89" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>2.8906000000000001E-2</v>
+        <v>1.4234E-2</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>479</v>
       </c>
-      <c r="B90" s="3" t="s">
+      <c r="C90" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D90" s="4">
+        <v>706192</v>
+      </c>
+      <c r="E90" s="5">
+        <v>12.496124999999999</v>
+      </c>
+      <c r="F90" s="4">
+        <v>8824663.5059999991</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H90" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="I90" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J90" s="5">
+        <v>10.635</v>
+      </c>
+      <c r="K90" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L90" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="M90" s="4">
+        <v>7510351.9199999999</v>
+      </c>
+      <c r="N90" s="4">
+        <v>8824663.5059999991</v>
+      </c>
+      <c r="O90" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="P90" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q90" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="R90" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="C90" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S90" s="3" t="s">
-        <v>483</v>
+        <v>238</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>6.2059999999999997E-3</v>
+        <v>2.3962000000000001E-2</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D91" s="4">
+        <v>131158</v>
+      </c>
+      <c r="E91" s="5">
+        <v>14.371219</v>
+      </c>
+      <c r="F91" s="4">
+        <v>1884900.3088125</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H91" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I91" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J91" s="5">
+        <v>10.675000000000001</v>
+      </c>
+      <c r="K91" s="5">
+        <v>0.74280408542246978</v>
+      </c>
+      <c r="L91" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M91" s="4">
+        <v>1400111.65</v>
+      </c>
+      <c r="N91" s="4">
+        <v>1884900.3088125</v>
+      </c>
+      <c r="O91" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="P91" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="Q91" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R91" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="B91" s="3" t="s">
+      <c r="S91" s="3" t="s">
         <v>485</v>
       </c>
-      <c r="C91" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>8.2159999999999993E-3</v>
+        <v>5.1180000000000002E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D92" s="4">
+        <v>54172</v>
+      </c>
+      <c r="E92" s="5">
+        <v>80.688744999999997</v>
+      </c>
+      <c r="F92" s="4">
+        <v>4371070.6969144698</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H92" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="I92" s="3" t="s">
         <v>489</v>
       </c>
-      <c r="B92" s="3" t="s">
+      <c r="J92" s="5">
+        <v>64.2</v>
+      </c>
+      <c r="K92" s="5">
+        <v>0.79564999687627802</v>
+      </c>
+      <c r="L92" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="C92" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M92" s="4">
-        <v>20406309.379655</v>
+        <v>3477842.386345</v>
       </c>
       <c r="N92" s="4">
-        <v>1080156.15498624</v>
+        <v>4371070.6969144698</v>
       </c>
       <c r="O92" s="3" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="P92" s="3" t="s">
         <v>491</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>128</v>
+        <v>144</v>
       </c>
       <c r="R92" s="3" t="s">
         <v>492</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>193</v>
+        <v>493</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>3.5140000000000002E-3</v>
+        <v>1.1868999999999999E-2</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B93" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D93" s="4">
+        <v>1555359</v>
+      </c>
+      <c r="E93" s="5">
+        <v>0.97040800000000005</v>
+      </c>
+      <c r="F93" s="4">
+        <v>1509332.4211100501</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="J93" s="5">
+        <v>17.79</v>
+      </c>
+      <c r="K93" s="5">
+        <v>18.332501343314036</v>
+      </c>
+      <c r="L93" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="M93" s="4">
+        <v>27669838.637506999</v>
+      </c>
+      <c r="N93" s="4">
+        <v>1509332.4211100501</v>
+      </c>
+      <c r="O93" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="C93" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P93" s="3" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>178</v>
+        <v>501</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>497</v>
+        <v>34</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>3.28E-4</v>
+        <v>4.0980000000000001E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D94" s="4">
-        <v>5370</v>
+        <v>1448100</v>
       </c>
       <c r="E94" s="5">
-        <v>437.41</v>
+        <v>0.21920400000000001</v>
       </c>
       <c r="F94" s="4">
-        <v>2348891.7000000002</v>
+        <v>317428.84864166001</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H94" s="3" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="I94" s="3" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="J94" s="5">
-        <v>437.41</v>
+        <v>0.30499999999999999</v>
       </c>
       <c r="K94" s="5">
-        <v>1</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L94" s="3" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="M94" s="4">
-        <v>2348891.7000000002</v>
+        <v>441670.49959100003</v>
       </c>
       <c r="N94" s="4">
-        <v>2348891.7000000002</v>
+        <v>317428.84864166001</v>
       </c>
       <c r="O94" s="3" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>111</v>
+        <v>178</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>34</v>
+        <v>506</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>7.6410000000000002E-3</v>
+        <v>8.61E-4</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D95" s="4">
-        <v>453000</v>
+        <v>4170</v>
       </c>
       <c r="E95" s="5">
-        <v>4.12</v>
+        <v>421.96</v>
       </c>
       <c r="F95" s="4">
-        <v>1866360</v>
+        <v>1759573.2</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H95" s="3" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J95" s="5">
-        <v>4.12</v>
+        <v>421.96</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="M95" s="4">
-        <v>1866360</v>
+        <v>1759573.2</v>
       </c>
       <c r="N95" s="4">
-        <v>1866360</v>
+        <v>1759573.2</v>
       </c>
       <c r="O95" s="3" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>128</v>
+        <v>104</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>6.071E-3</v>
+        <v>4.7780000000000001E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D96" s="4">
-        <v>1008034</v>
+        <v>453000</v>
       </c>
       <c r="E96" s="5">
-        <v>1.2898499999999999</v>
+        <v>5.48</v>
       </c>
       <c r="F96" s="4">
-        <v>1300212.4148039599</v>
+        <v>2482440</v>
       </c>
       <c r="G96" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H96" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J96" s="5">
+        <v>5.48</v>
+      </c>
+      <c r="K96" s="5">
+        <v>1</v>
+      </c>
+      <c r="L96" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M96" s="4">
+        <v>2482440</v>
+      </c>
+      <c r="N96" s="4">
+        <v>2482440</v>
+      </c>
+      <c r="O96" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="P96" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="Q96" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="R96" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="S96" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="H96" s="3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>510</v>
+        <v>34</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>4.2300000000000003E-3</v>
+        <v>6.7400000000000003E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D97" s="4">
-        <v>249932</v>
+        <v>1008034</v>
       </c>
       <c r="E97" s="5">
-        <v>0.12124</v>
+        <v>1.4948969999999999</v>
       </c>
       <c r="F97" s="4">
-        <v>30301.693197000001</v>
+        <v>1506907.2301279299</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H97" s="3" t="s">
-        <v>327</v>
+        <v>48</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>328</v>
+        <v>49</v>
       </c>
       <c r="J97" s="5">
-        <v>0.185</v>
+        <v>2.08</v>
       </c>
       <c r="K97" s="5">
-        <v>1.5259021896696423</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L97" s="3" t="s">
-        <v>329</v>
+        <v>50</v>
       </c>
       <c r="M97" s="4">
-        <v>46237.42</v>
+        <v>2096710.7180580001</v>
       </c>
       <c r="N97" s="4">
-        <v>30301.693197000001</v>
+        <v>1506907.2301279299</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>332</v>
+        <v>178</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>34</v>
+        <v>519</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>9.7999999999999997E-5</v>
+        <v>4.091E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D98" s="4">
-        <v>14646</v>
+        <v>249932</v>
       </c>
       <c r="E98" s="5">
-        <v>102.66</v>
+        <v>0.22533500000000001</v>
       </c>
       <c r="F98" s="4">
-        <v>1503558.36</v>
+        <v>56318.427219999998</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H98" s="3" t="s">
-        <v>31</v>
+        <v>325</v>
       </c>
       <c r="I98" s="3" t="s">
-        <v>32</v>
+        <v>326</v>
       </c>
       <c r="J98" s="5">
-        <v>102.66</v>
+        <v>0.34</v>
       </c>
       <c r="K98" s="5">
-        <v>1</v>
+        <v>1.5088645794039983</v>
       </c>
       <c r="L98" s="3" t="s">
-        <v>33</v>
+        <v>327</v>
       </c>
       <c r="M98" s="4">
-        <v>1503558.36</v>
+        <v>84976.88</v>
       </c>
       <c r="N98" s="4">
-        <v>1503558.36</v>
+        <v>56318.427219999998</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>111</v>
+        <v>330</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>4.8910000000000004E-3</v>
+        <v>1.5200000000000001E-4</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D99" s="4">
-        <v>75024</v>
+        <v>8246</v>
       </c>
       <c r="E99" s="5">
-        <v>25.648623000000001</v>
+        <v>110.76</v>
       </c>
       <c r="F99" s="4">
-        <v>1924262.25444</v>
+        <v>913326.96</v>
       </c>
       <c r="G99" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I99" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J99" s="5">
+        <v>110.76</v>
+      </c>
+      <c r="K99" s="5">
+        <v>1</v>
+      </c>
+      <c r="L99" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M99" s="4">
+        <v>913326.96</v>
+      </c>
+      <c r="N99" s="4">
+        <v>913326.96</v>
+      </c>
+      <c r="O99" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="P99" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="Q99" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R99" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="S99" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="H99" s="3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>6.2599999999999999E-3</v>
+        <v>2.48E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D100" s="4">
-        <v>1250302</v>
+        <v>75024</v>
       </c>
       <c r="E100" s="5">
-        <v>0.52755700000000005</v>
+        <v>25.438749999999999</v>
       </c>
       <c r="F100" s="4">
-        <v>659605.25963850005</v>
+        <v>1908516.78</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H100" s="3" t="s">
-        <v>327</v>
+        <v>234</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>328</v>
+        <v>64</v>
       </c>
       <c r="J100" s="5">
-        <v>0.80500000000000005</v>
+        <v>21.65</v>
       </c>
       <c r="K100" s="5">
-        <v>1.5259021896696423</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L100" s="3" t="s">
-        <v>329</v>
+        <v>235</v>
       </c>
       <c r="M100" s="4">
-        <v>1006493.11</v>
+        <v>1624269.6</v>
       </c>
       <c r="N100" s="4">
-        <v>659605.25963850005</v>
+        <v>1908516.78</v>
       </c>
       <c r="O100" s="3" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>332</v>
+        <v>238</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>2.1450000000000002E-3</v>
+        <v>5.182E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D101" s="4">
-        <v>696733</v>
+        <v>138336</v>
       </c>
       <c r="E101" s="5">
-        <v>14.950125</v>
+        <v>5.0913019999999998</v>
       </c>
       <c r="F101" s="4">
-        <v>10416244.951068301</v>
+        <v>704310.44919722003</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H101" s="3" t="s">
-        <v>529</v>
+        <v>397</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>530</v>
+        <v>398</v>
       </c>
       <c r="J101" s="5">
-        <v>95.02</v>
+        <v>50.8</v>
       </c>
       <c r="K101" s="5">
-        <v>6.3557998357788446</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L101" s="3" t="s">
-        <v>531</v>
+        <v>399</v>
       </c>
       <c r="M101" s="4">
-        <v>66203567.949432001</v>
+        <v>7027469.0760239996</v>
       </c>
       <c r="N101" s="4">
-        <v>10416244.951068301</v>
+        <v>704310.44919722003</v>
       </c>
       <c r="O101" s="3" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="S101" s="3" t="s">
-        <v>534</v>
+        <v>402</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>3.3887E-2</v>
+        <v>1.9120000000000001E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B102" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D102" s="4">
+        <v>1250302</v>
+      </c>
+      <c r="E102" s="5">
+        <v>3.5457130000000001</v>
+      </c>
+      <c r="F102" s="4">
+        <v>4433211.4301749896</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H102" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="I102" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="J102" s="5">
+        <v>5.35</v>
+      </c>
+      <c r="K102" s="5">
+        <v>1.5088645794039983</v>
+      </c>
+      <c r="L102" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="M102" s="4">
+        <v>6689115.6999989999</v>
+      </c>
+      <c r="N102" s="4">
+        <v>4433211.4301749896</v>
+      </c>
+      <c r="O102" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="C102" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P102" s="3" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>539</v>
+        <v>330</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>3.0929999999999998E-3</v>
+        <v>1.2038E-2</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D103" s="4">
-        <v>476100</v>
+        <v>530716</v>
       </c>
       <c r="E103" s="5">
-        <v>0.967387</v>
+        <v>18.857827</v>
       </c>
       <c r="F103" s="4">
-        <v>460573.10370098997</v>
+        <v>10008150.232968099</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="J103" s="5">
-        <v>1.32</v>
+        <v>119.8</v>
       </c>
       <c r="K103" s="5">
-        <v>1.3645000053079051</v>
+        <v>6.3527998154638716</v>
       </c>
       <c r="L103" s="3" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="M103" s="4">
-        <v>628452.00244399998</v>
+        <v>63579774.953134</v>
       </c>
       <c r="N103" s="4">
-        <v>460573.10370098997</v>
+        <v>10008150.232968099</v>
       </c>
       <c r="O103" s="3" t="s">
         <v>540</v>
       </c>
       <c r="P103" s="3" t="s">
         <v>542</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="R103" s="3" t="s">
         <v>543</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>178</v>
+        <v>544</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>544</v>
+        <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>1.498E-3</v>
+        <v>2.7175999999999999E-2</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
         <v>545</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>546</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D104" s="4">
-        <v>12602</v>
+        <v>274092</v>
       </c>
       <c r="E104" s="5">
-        <v>168.67</v>
+        <v>3.8224610000000001</v>
       </c>
       <c r="F104" s="4">
-        <v>2125579.34</v>
+        <v>1047706.07646327</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H104" s="3" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="I104" s="3" t="s">
-        <v>32</v>
+        <v>465</v>
       </c>
       <c r="J104" s="5">
-        <v>168.67</v>
+        <v>27.21</v>
       </c>
       <c r="K104" s="5">
-        <v>1</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L104" s="3" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="M104" s="4">
-        <v>2125579.34</v>
+        <v>7458043.3321639998</v>
       </c>
       <c r="N104" s="4">
-        <v>2125579.34</v>
+        <v>1047706.07646327</v>
       </c>
       <c r="O104" s="3" t="s">
         <v>545</v>
       </c>
       <c r="P104" s="3" t="s">
         <v>547</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>144</v>
+        <v>104</v>
       </c>
       <c r="R104" s="3" t="s">
         <v>548</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>111</v>
+        <v>549</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>6.9150000000000001E-3</v>
+        <v>2.8440000000000002E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B105" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D105" s="4">
+        <v>476100</v>
+      </c>
+      <c r="E105" s="5">
+        <v>2.069858</v>
+      </c>
+      <c r="F105" s="4">
+        <v>985459.24967657996</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H105" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="I105" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J105" s="5">
+        <v>2.88</v>
+      </c>
+      <c r="K105" s="5">
+        <v>1.3913999987115637</v>
+      </c>
+      <c r="L105" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="M105" s="4">
+        <v>1371167.9987300001</v>
+      </c>
+      <c r="N105" s="4">
+        <v>985459.24967657996</v>
+      </c>
+      <c r="O105" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="C105" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P105" s="3" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>534</v>
+        <v>178</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>34</v>
+        <v>554</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>6.3689999999999997E-3</v>
+        <v>2.6749999999999999E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D106" s="4">
-        <v>22710</v>
+        <v>13302</v>
       </c>
       <c r="E106" s="5">
-        <v>34.751024000000001</v>
+        <v>219.53</v>
       </c>
       <c r="F106" s="4">
-        <v>789196.05809128995</v>
+        <v>2920188.06</v>
       </c>
       <c r="G106" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I106" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J106" s="5">
+        <v>219.53</v>
+      </c>
+      <c r="K106" s="5">
+        <v>1</v>
+      </c>
+      <c r="L106" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M106" s="4">
+        <v>2920188.06</v>
+      </c>
+      <c r="N106" s="4">
+        <v>2920188.06</v>
+      </c>
+      <c r="O106" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="P106" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="Q106" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="R106" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="S106" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="H106" s="3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>2.5669999999999998E-3</v>
+        <v>7.9290000000000003E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D107" s="4">
-        <v>1958</v>
+        <v>41979</v>
       </c>
       <c r="E107" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>37.164715999999999</v>
       </c>
       <c r="F107" s="4">
-        <v>1.9580000000000001E-3</v>
+        <v>1560137.56139025</v>
       </c>
       <c r="G107" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I107" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J107" s="5">
+        <v>236.1</v>
+      </c>
+      <c r="K107" s="5">
+        <v>6.3527998154638716</v>
+      </c>
+      <c r="L107" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M107" s="4">
+        <v>9911241.6120979991</v>
+      </c>
+      <c r="N107" s="4">
+        <v>1560137.56139025</v>
+      </c>
+      <c r="O107" s="3" t="s">
         <v>559</v>
       </c>
-      <c r="H107" s="3" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P107" s="3" t="s">
-        <v>34</v>
+        <v>561</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>128</v>
+        <v>104</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>560</v>
+        <v>544</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>0</v>
+        <v>4.2360000000000002E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D108" s="4">
-        <v>167162</v>
+        <v>30454</v>
       </c>
       <c r="E108" s="5">
-        <v>35.270000000000003</v>
+        <v>29.863386999999999</v>
       </c>
       <c r="F108" s="4">
-        <v>5895803.7400000002</v>
+        <v>909463.38334343</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>559</v>
+        <v>101</v>
       </c>
       <c r="H108" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="I108" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="J108" s="5">
+        <v>41900</v>
+      </c>
+      <c r="K108" s="5">
+        <v>1403.0558556536134</v>
+      </c>
+      <c r="L108" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="M108" s="4">
+        <v>1276027925.5025401</v>
+      </c>
+      <c r="N108" s="4">
+        <v>909463.38334343</v>
+      </c>
+      <c r="O108" s="3" t="s">
         <v>563</v>
       </c>
-      <c r="I108" s="3" t="s">
-[...17 lines deleted...]
-      <c r="O108" s="3" t="s">
+      <c r="P108" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="P108" s="3" t="s">
+      <c r="Q108" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R108" s="3" t="s">
         <v>566</v>
       </c>
-      <c r="Q108" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S108" s="3" t="s">
-        <v>111</v>
+        <v>322</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>561</v>
+        <v>34</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>1.9181E-2</v>
+        <v>2.4689999999999998E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="B109" s="3" t="s">
+      <c r="C109" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D109" s="4">
+        <v>1958</v>
+      </c>
+      <c r="E109" s="5">
+        <v>9.9999999999999995E-7</v>
+      </c>
+      <c r="F109" s="4">
+        <v>1.9580000000000001E-3</v>
+      </c>
+      <c r="G109" s="3" t="s">
         <v>569</v>
       </c>
-      <c r="C109" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H109" s="3" t="s">
-        <v>31</v>
+        <v>431</v>
       </c>
       <c r="I109" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J109" s="5">
-        <v>38.369999999999997</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K109" s="5">
         <v>1</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>33</v>
+        <v>433</v>
       </c>
       <c r="M109" s="4">
-        <v>456603</v>
+        <v>1.9580000000000001E-3</v>
       </c>
       <c r="N109" s="4">
-        <v>456603</v>
+        <v>1.9580000000000001E-3</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>571</v>
+        <v>34</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>572</v>
+        <v>34</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>573</v>
+        <v>123</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>146</v>
+        <v>570</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>568</v>
+        <v>34</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>1.485E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D110" s="4">
+        <v>12296580</v>
+      </c>
+      <c r="E110" s="5">
+        <v>0.103071</v>
+      </c>
+      <c r="F110" s="4">
+        <v>1267414.81870082</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="H110" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="I110" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="J110" s="5">
+        <v>3.34</v>
+      </c>
+      <c r="K110" s="5">
+        <v>32.404995035554762</v>
+      </c>
+      <c r="L110" s="3" t="s">
         <v>575</v>
       </c>
-      <c r="B110" s="3" t="s">
+      <c r="M110" s="4">
+        <v>41070570.907987997</v>
+      </c>
+      <c r="N110" s="4">
+        <v>1267414.81870082</v>
+      </c>
+      <c r="O110" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="P110" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="C110" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O110" s="3" t="s">
+      <c r="Q110" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R110" s="3" t="s">
         <v>577</v>
       </c>
-      <c r="P110" s="3" t="s">
+      <c r="S110" s="3" t="s">
         <v>578</v>
       </c>
-      <c r="Q110" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>575</v>
+        <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>1.4369999999999999E-3</v>
+        <v>3.441E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="B111" s="3" t="s">
+      <c r="C111" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D111" s="4">
+        <v>192862</v>
+      </c>
+      <c r="E111" s="5">
+        <v>42.98</v>
+      </c>
+      <c r="F111" s="4">
+        <v>8289208.7599999998</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="H111" s="3" t="s">
         <v>581</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J111" s="5">
-        <v>100.002053</v>
+        <v>42.98</v>
       </c>
       <c r="K111" s="5">
         <v>1</v>
       </c>
       <c r="L111" s="3" t="s">
-        <v>33</v>
+        <v>582</v>
       </c>
       <c r="M111" s="4">
-        <v>4207103.7883540001</v>
+        <v>8289208.7599999998</v>
       </c>
       <c r="N111" s="4">
-        <v>4207103.7883542199</v>
+        <v>8289208.7599999998</v>
       </c>
       <c r="O111" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="P111" s="3" t="s">
         <v>584</v>
       </c>
-      <c r="P111" s="3" t="s">
+      <c r="Q111" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="R111" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="Q111" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S111" s="3" t="s">
-        <v>39</v>
+        <v>106</v>
       </c>
       <c r="T111" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.4612630710000003</v>
+        <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>586</v>
+        <v>579</v>
       </c>
       <c r="X111" s="4">
-        <v>32018.075604220001</v>
+        <v>0</v>
       </c>
       <c r="Y111" s="4">
-        <v>32018.075604000001</v>
+        <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>1.3687E-2</v>
+        <v>2.2508E-2</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>587</v>
       </c>
-      <c r="B112" s="3" t="s">
+      <c r="C112" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D112" s="4">
+        <v>314600</v>
+      </c>
+      <c r="E112" s="5">
+        <v>3.3874439999999999</v>
+      </c>
+      <c r="F112" s="4">
+        <v>1065689.74096572</v>
+      </c>
+      <c r="G112" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="C112" s="3" t="s">
+      <c r="H112" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I112" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J112" s="5">
+        <v>18.04</v>
+      </c>
+      <c r="K112" s="5">
+        <v>5.3255500773988818</v>
+      </c>
+      <c r="L112" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M112" s="4">
+        <v>5675384.0824830001</v>
+      </c>
+      <c r="N112" s="4">
+        <v>1065689.74096572</v>
+      </c>
+      <c r="O112" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="P112" s="3" t="s">
         <v>589</v>
       </c>
-      <c r="D112" s="4">
-[...8 lines deleted...]
-      <c r="G112" s="3" t="s">
+      <c r="Q112" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="R112" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="H112" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="S112" s="3" t="s">
-        <v>35</v>
+        <v>394</v>
       </c>
       <c r="T112" s="4">
         <v>1</v>
       </c>
       <c r="W112" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>-1.2589999999999999E-3</v>
+        <v>2.8930000000000002E-3</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
         <v>591</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>592</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>589</v>
+        <v>100</v>
       </c>
       <c r="D113" s="4">
-        <v>-411543.71</v>
+        <v>28600</v>
       </c>
       <c r="E113" s="5">
-        <v>1</v>
+        <v>40.75</v>
       </c>
       <c r="F113" s="4">
-        <v>-411543.71</v>
+        <v>1165450</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J113" s="5">
-        <v>1</v>
+        <v>40.75</v>
       </c>
       <c r="K113" s="5">
         <v>1</v>
       </c>
       <c r="L113" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M113" s="4">
-        <v>-411543.71</v>
+        <v>1165450</v>
       </c>
       <c r="N113" s="4">
-        <v>-411543.71</v>
+        <v>1165450</v>
       </c>
       <c r="O113" s="3" t="s">
-        <v>34</v>
+        <v>594</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>34</v>
+        <v>595</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>34</v>
+        <v>596</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>34</v>
+        <v>597</v>
       </c>
       <c r="S113" s="3" t="s">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="T113" s="4">
         <v>1</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>34</v>
+        <v>591</v>
       </c>
       <c r="X113" s="4">
         <v>0</v>
       </c>
       <c r="Y113" s="4">
         <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>-1.338E-3</v>
+        <v>3.1640000000000001E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D114" s="4">
+        <v>45000</v>
+      </c>
+      <c r="E114" s="5">
+        <v>24.79</v>
+      </c>
+      <c r="F114" s="4">
+        <v>1115550</v>
+      </c>
+      <c r="G114" s="3" t="s">
         <v>593</v>
-      </c>
-[...16 lines deleted...]
-        <v>596</v>
       </c>
       <c r="H114" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I114" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J114" s="5">
-        <v>1</v>
+        <v>24.79</v>
       </c>
       <c r="K114" s="5">
         <v>1</v>
       </c>
       <c r="L114" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M114" s="4">
-        <v>139866.06</v>
+        <v>1115550</v>
       </c>
       <c r="N114" s="4">
-        <v>139866.06</v>
+        <v>1115550</v>
       </c>
       <c r="O114" s="3" t="s">
-        <v>34</v>
+        <v>600</v>
       </c>
       <c r="P114" s="3" t="s">
-        <v>34</v>
+        <v>601</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>593</v>
+        <v>602</v>
       </c>
       <c r="S114" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="T114" s="4">
+        <v>1</v>
+      </c>
+      <c r="W114" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="X114" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y114" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z114" s="6">
+        <v>3.029E-3</v>
+      </c>
+    </row>
+    <row r="115" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A115" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="D115" s="4">
+        <v>875000</v>
+      </c>
+      <c r="E115" s="5">
+        <v>99.944682999999998</v>
+      </c>
+      <c r="F115" s="4">
+        <v>880925.06118682004</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J115" s="5">
+        <v>99.944682999999998</v>
+      </c>
+      <c r="K115" s="5">
+        <v>1</v>
+      </c>
+      <c r="L115" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M115" s="4">
+        <v>880925.06118600001</v>
+      </c>
+      <c r="N115" s="4">
+        <v>880925.06118682004</v>
+      </c>
+      <c r="O115" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="P115" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="Q115" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R115" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="S115" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="T114" s="4">
-[...12 lines deleted...]
-        <v>4.55E-4</v>
+      <c r="T115" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U115" s="2">
+        <v>46507</v>
+      </c>
+      <c r="V115" s="4">
+        <v>4.0478362060000004</v>
+      </c>
+      <c r="W115" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="X115" s="4">
+        <v>6409.0849368199997</v>
+      </c>
+      <c r="Y115" s="4">
+        <v>6409.0849360000002</v>
+      </c>
+      <c r="Z115" s="6">
+        <v>2.392E-3</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>598</v>
+        <v>610</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="D116" s="4">
+        <v>-429318.3</v>
+      </c>
+      <c r="E116" s="5">
+        <v>1</v>
+      </c>
+      <c r="F116" s="4">
+        <v>-429318.3</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I116" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J116" s="5">
+        <v>1</v>
+      </c>
+      <c r="K116" s="5">
+        <v>1</v>
+      </c>
+      <c r="L116" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M116" s="4">
+        <v>-429318.3</v>
+      </c>
+      <c r="N116" s="4">
+        <v>-429318.3</v>
+      </c>
+      <c r="O116" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P116" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="Q116" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R116" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S116" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T116" s="4">
+        <v>1</v>
+      </c>
+      <c r="W116" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X116" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y116" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z116" s="6">
+        <v>-1.165E-3</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>599</v>
+        <v>614</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="D117" s="4">
+        <v>-388724.51</v>
+      </c>
+      <c r="E117" s="5">
+        <v>1</v>
+      </c>
+      <c r="F117" s="4">
+        <v>-388724.51</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J117" s="5">
+        <v>1</v>
+      </c>
+      <c r="K117" s="5">
+        <v>1</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M117" s="4">
+        <v>-388724.51</v>
+      </c>
+      <c r="N117" s="4">
+        <v>-388724.51</v>
+      </c>
+      <c r="O117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S117" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T117" s="4">
+        <v>1</v>
+      </c>
+      <c r="W117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X117" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y117" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z117" s="6">
+        <v>-1.0549999999999999E-3</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>600</v>
-[...4 lines deleted...]
-        <v>601</v>
+        <v>616</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="D118" s="4">
+        <v>5259971.0599999996</v>
+      </c>
+      <c r="E118" s="5">
+        <v>1</v>
+      </c>
+      <c r="F118" s="4">
+        <v>5259971.0599999996</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J118" s="5">
+        <v>1</v>
+      </c>
+      <c r="K118" s="5">
+        <v>1</v>
+      </c>
+      <c r="L118" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M118" s="4">
+        <v>5259971.0599999996</v>
+      </c>
+      <c r="N118" s="4">
+        <v>5259971.0599999996</v>
+      </c>
+      <c r="O118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q118" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="R118" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="S118" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="T118" s="4">
+        <v>1</v>
+      </c>
+      <c r="W118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X118" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y118" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z118" s="6">
+        <v>1.4283000000000001E-2</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>602</v>
+        <v>621</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>603</v>
+        <v>622</v>
+      </c>
+    </row>
+    <row r="122" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A122" s="3" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="123" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A123" s="3" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="124" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A124" s="3" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="125" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A125" s="3" t="s">
+        <v>626</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>June</vt:lpstr>
+      <vt:lpstr>September</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>