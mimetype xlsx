--- v1 (2025-12-07)
+++ v2 (2026-02-27)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9AA87FDD-64C6-44F1-830F-99A11204FF19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9D332AF8-9194-46FA-8CCC-280618DFCF16}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{672D8E28-BAF4-4CCE-9D4F-8AACC0905D19}"/>
+    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{D4F85455-4FE0-4456-8F9A-B0A32EB8A7D9}"/>
   </bookViews>
   <sheets>
-    <sheet name="September" sheetId="1" r:id="rId1"/>
+    <sheet name="December" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1528" uniqueCount="627">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1567" uniqueCount="635">
   <si>
     <t>GMO Climate Change Transition Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -145,1770 +145,1794 @@
   <si>
     <t>USD TAX RECLAIMS</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
-    <t>CASH_USD_BRWSC7C02</t>
-[...5 lines deleted...]
-    <t>Collateral Cash</t>
+    <t>AUDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (AUD)</t>
+  </si>
+  <si>
+    <t>Trade Date Cash</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>AUD</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>BRLTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (BRL)</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>BRL</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>CADTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (CAD)</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>CNHTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (CNH)</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>CNH</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>DKKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (DKK)</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>DKK</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>HKDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (HKD)</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>JPYTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (JPY)</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>KRWTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (KRW)</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>KRW</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>MYRTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (MYR)</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>MYR</t>
+  </si>
+  <si>
+    <t>MY</t>
+  </si>
+  <si>
+    <t>SGDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (SGD)</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
+    <t>SG</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>ZARTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (ZAR)</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>ZAR</t>
+  </si>
+  <si>
+    <t>ZA</t>
+  </si>
+  <si>
+    <t>001084102</t>
+  </si>
+  <si>
+    <t>Agco Corp</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2010278</t>
+  </si>
+  <si>
+    <t>AGCO</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US0010841023</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>00770K202</t>
+  </si>
+  <si>
+    <t>Aemetis Inc</t>
+  </si>
+  <si>
+    <t>B9KR326</t>
+  </si>
+  <si>
+    <t>AMTX</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>US00770K2024</t>
+  </si>
+  <si>
+    <t>XNMS</t>
+  </si>
+  <si>
+    <t>00790R104</t>
+  </si>
+  <si>
+    <t>Advanced Drainage Systems In</t>
+  </si>
+  <si>
+    <t>BP7RS59</t>
+  </si>
+  <si>
+    <t>WMS</t>
+  </si>
+  <si>
+    <t>US00790R1041</t>
+  </si>
+  <si>
+    <t>012653101</t>
+  </si>
+  <si>
+    <t>Albemarle Corp</t>
+  </si>
+  <si>
+    <t>2046853</t>
+  </si>
+  <si>
+    <t>ALB</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>US0126531013</t>
+  </si>
+  <si>
+    <t>013872106</t>
+  </si>
+  <si>
+    <t>Alcoa Corp</t>
+  </si>
+  <si>
+    <t>BYNF418</t>
+  </si>
+  <si>
+    <t>AA</t>
+  </si>
+  <si>
+    <t>US0138721065</t>
+  </si>
+  <si>
+    <t>02361E108</t>
+  </si>
+  <si>
+    <t>Ameresco Inc-Cl A</t>
+  </si>
+  <si>
+    <t>B3SWPT2</t>
+  </si>
+  <si>
+    <t>AMRC</t>
+  </si>
+  <si>
+    <t>US02361E1082</t>
+  </si>
+  <si>
+    <t>04271T100</t>
+  </si>
+  <si>
+    <t>Array Technologies Inc</t>
+  </si>
+  <si>
+    <t>BLBLMD5</t>
+  </si>
+  <si>
+    <t>ARRY</t>
+  </si>
+  <si>
+    <t>US04271T1007</t>
+  </si>
+  <si>
+    <t>054540208</t>
+  </si>
+  <si>
+    <t>Axcelis Technologies Inc</t>
+  </si>
+  <si>
+    <t>BD420Q8</t>
+  </si>
+  <si>
+    <t>ACLS</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0545402085</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>099724106</t>
+  </si>
+  <si>
+    <t>Borgwarner Inc</t>
+  </si>
+  <si>
+    <t>2111955</t>
+  </si>
+  <si>
+    <t>BWA</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0997241064</t>
+  </si>
+  <si>
+    <t>14448C104</t>
+  </si>
+  <si>
+    <t>Carrier Global Corp</t>
+  </si>
+  <si>
+    <t>BK4N0D7</t>
+  </si>
+  <si>
+    <t>CARR</t>
+  </si>
+  <si>
+    <t>US14448C1045</t>
+  </si>
+  <si>
+    <t>184499101</t>
+  </si>
+  <si>
+    <t>Clean Energy Fuels Corp</t>
+  </si>
+  <si>
+    <t>B1Y1PC2</t>
+  </si>
+  <si>
+    <t>CLNE</t>
+  </si>
+  <si>
+    <t>US1844991018</t>
+  </si>
+  <si>
+    <t>209115104</t>
+  </si>
+  <si>
+    <t>Consolidated Edison Inc</t>
+  </si>
+  <si>
+    <t>2216850</t>
+  </si>
+  <si>
+    <t>ED</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>US2091151041</t>
+  </si>
+  <si>
+    <t>22052L104</t>
+  </si>
+  <si>
+    <t>Corteva Inc</t>
+  </si>
+  <si>
+    <t>BK73B42</t>
+  </si>
+  <si>
+    <t>CTVA</t>
+  </si>
+  <si>
+    <t>US22052L1044</t>
+  </si>
+  <si>
+    <t>2347608</t>
+  </si>
+  <si>
+    <t>First Quantum Minerals Ltd</t>
+  </si>
+  <si>
+    <t>FM</t>
+  </si>
+  <si>
+    <t>CA3359341052</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>335934105</t>
+  </si>
+  <si>
+    <t>237266101</t>
+  </si>
+  <si>
+    <t>Darling Ingredients Inc</t>
+  </si>
+  <si>
+    <t>2250289</t>
+  </si>
+  <si>
+    <t>DAR</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>US2372661015</t>
+  </si>
+  <si>
+    <t>244199105</t>
+  </si>
+  <si>
+    <t>Deere &amp; Co</t>
+  </si>
+  <si>
+    <t>2261203</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>US2441991054</t>
+  </si>
+  <si>
+    <t>281020107</t>
+  </si>
+  <si>
+    <t>Edison International</t>
+  </si>
+  <si>
+    <t>2829515</t>
+  </si>
+  <si>
+    <t>EIX</t>
+  </si>
+  <si>
+    <t>US2810201077</t>
+  </si>
+  <si>
+    <t>29275Y102</t>
+  </si>
+  <si>
+    <t>Enersys</t>
+  </si>
+  <si>
+    <t>B020GQ5</t>
+  </si>
+  <si>
+    <t>ENS</t>
+  </si>
+  <si>
+    <t>US29275Y1029</t>
+  </si>
+  <si>
+    <t>30161N101</t>
+  </si>
+  <si>
+    <t>Exelon Corp</t>
+  </si>
+  <si>
+    <t>2670519</t>
+  </si>
+  <si>
+    <t>EXC</t>
+  </si>
+  <si>
+    <t>US30161N1019</t>
+  </si>
+  <si>
+    <t>336433107</t>
+  </si>
+  <si>
+    <t>First Solar Inc</t>
+  </si>
+  <si>
+    <t>B1HMF22</t>
+  </si>
+  <si>
+    <t>FSLR</t>
+  </si>
+  <si>
+    <t>US3364331070</t>
+  </si>
+  <si>
+    <t>35671D857</t>
+  </si>
+  <si>
+    <t>Freeport-Mcmoran Inc</t>
+  </si>
+  <si>
+    <t>2352118</t>
+  </si>
+  <si>
+    <t>FCX</t>
+  </si>
+  <si>
+    <t>US35671D8570</t>
+  </si>
+  <si>
+    <t>374396406</t>
+  </si>
+  <si>
+    <t>Gevo Inc</t>
+  </si>
+  <si>
+    <t>BGDLVV9</t>
+  </si>
+  <si>
+    <t>GEVO</t>
+  </si>
+  <si>
+    <t>US3743964062</t>
+  </si>
+  <si>
+    <t>XNCM</t>
+  </si>
+  <si>
+    <t>384313607</t>
+  </si>
+  <si>
+    <t>Graftech International Ltd</t>
+  </si>
+  <si>
+    <t>BV6G2Q8</t>
+  </si>
+  <si>
+    <t>EAF</t>
+  </si>
+  <si>
+    <t>US3843136074</t>
+  </si>
+  <si>
+    <t>393222104</t>
+  </si>
+  <si>
+    <t>Green Plains Inc</t>
+  </si>
+  <si>
+    <t>B11FJD6</t>
+  </si>
+  <si>
+    <t>GPRE</t>
+  </si>
+  <si>
+    <t>US3932221043</t>
+  </si>
+  <si>
+    <t>4031879</t>
+  </si>
+  <si>
+    <t>Veolia Environnement</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>VIE</t>
+  </si>
+  <si>
+    <t>FR0000124141</t>
+  </si>
+  <si>
+    <t>XPAR</t>
+  </si>
+  <si>
+    <t>4103596</t>
+  </si>
+  <si>
+    <t>Edp Sa</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>EDP</t>
+  </si>
+  <si>
+    <t>PTEDP0AM0009</t>
+  </si>
+  <si>
+    <t>XLIS</t>
+  </si>
+  <si>
+    <t>443510607</t>
+  </si>
+  <si>
+    <t>Hubbell Inc</t>
+  </si>
+  <si>
+    <t>BDFG6S3</t>
+  </si>
+  <si>
+    <t>HUBB</t>
+  </si>
+  <si>
+    <t>US4435106079</t>
+  </si>
+  <si>
+    <t>4513612</t>
+  </si>
+  <si>
+    <t>Kemira Oyj</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>KEMIRA</t>
+  </si>
+  <si>
+    <t>FI0009004824</t>
+  </si>
+  <si>
+    <t>XHEL</t>
+  </si>
+  <si>
+    <t>465741106</t>
+  </si>
+  <si>
+    <t>Itron Inc</t>
+  </si>
+  <si>
+    <t>2471949</t>
+  </si>
+  <si>
+    <t>ITRI</t>
+  </si>
+  <si>
+    <t>US4657411066</t>
+  </si>
+  <si>
+    <t>4834108</t>
+  </si>
+  <si>
+    <t>Schneider Electric Se</t>
+  </si>
+  <si>
+    <t>SU</t>
+  </si>
+  <si>
+    <t>FR0000121972</t>
+  </si>
+  <si>
+    <t>4942904</t>
+  </si>
+  <si>
+    <t>E.on Se</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>EOAN</t>
+  </si>
+  <si>
+    <t>DE000ENAG999</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
+    <t>5271782</t>
+  </si>
+  <si>
+    <t>Endesa Sa</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>ELE</t>
+  </si>
+  <si>
+    <t>ES0130670112</t>
+  </si>
+  <si>
+    <t>XMAD</t>
+  </si>
+  <si>
+    <t>5337093</t>
+  </si>
+  <si>
+    <t>Erg Spa</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>ERG</t>
+  </si>
+  <si>
+    <t>IT0001157020</t>
+  </si>
+  <si>
+    <t>MTAA</t>
+  </si>
+  <si>
+    <t>5579107</t>
+  </si>
+  <si>
+    <t>Acciona Sa</t>
+  </si>
+  <si>
+    <t>ANA</t>
+  </si>
+  <si>
+    <t>ES0125220311</t>
+  </si>
+  <si>
+    <t>5769209</t>
+  </si>
+  <si>
+    <t>Arcadis Nv</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>ARCAD</t>
+  </si>
+  <si>
+    <t>NL0006237562</t>
+  </si>
+  <si>
+    <t>XAMS</t>
+  </si>
+  <si>
+    <t>5889505</t>
+  </si>
+  <si>
+    <t>Infineon Technologies Ag</t>
+  </si>
+  <si>
+    <t>IFX</t>
+  </si>
+  <si>
+    <t>DE0006231004</t>
+  </si>
+  <si>
+    <t>5962343</t>
+  </si>
+  <si>
+    <t>Stmicroelectronics Nv</t>
+  </si>
+  <si>
+    <t>STMMI</t>
+  </si>
+  <si>
+    <t>NL0000226223</t>
+  </si>
+  <si>
+    <t>6250724</t>
+  </si>
+  <si>
+    <t>Daikin Industries Ltd</t>
+  </si>
+  <si>
+    <t>6367</t>
+  </si>
+  <si>
+    <t>JP3481800005</t>
+  </si>
+  <si>
+    <t>XTKS</t>
+  </si>
+  <si>
+    <t>6346913</t>
+  </si>
+  <si>
+    <t>Lg Chem Ltd</t>
+  </si>
+  <si>
+    <t>051910</t>
+  </si>
+  <si>
+    <t>KR7051910008</t>
+  </si>
+  <si>
+    <t>XKRX</t>
+  </si>
+  <si>
+    <t>6439567</t>
+  </si>
+  <si>
+    <t>Igo Ltd</t>
+  </si>
+  <si>
+    <t>IGO</t>
+  </si>
+  <si>
+    <t>AU000000IGO4</t>
+  </si>
+  <si>
+    <t>XASX</t>
+  </si>
+  <si>
+    <t>6483489</t>
+  </si>
+  <si>
+    <t>Kansai Electric Power Co Inc</t>
+  </si>
+  <si>
+    <t>9503</t>
+  </si>
+  <si>
+    <t>JP3228600007</t>
+  </si>
+  <si>
+    <t>65290E101</t>
+  </si>
+  <si>
+    <t>Nextpower Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BR1GTS6</t>
+  </si>
+  <si>
+    <t>NXT</t>
+  </si>
+  <si>
+    <t>US65290E1010</t>
+  </si>
+  <si>
+    <t>6536651</t>
+  </si>
+  <si>
+    <t>Byd Co Ltd-H</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>CNE100000296</t>
+  </si>
+  <si>
+    <t>XHKG</t>
+  </si>
+  <si>
+    <t>6635677</t>
+  </si>
+  <si>
+    <t>Renesas Electronics Corp</t>
+  </si>
+  <si>
+    <t>6723</t>
+  </si>
+  <si>
+    <t>JP3164720009</t>
+  </si>
+  <si>
+    <t>6668468</t>
+  </si>
+  <si>
+    <t>Paladin Energy Ltd</t>
+  </si>
+  <si>
+    <t>PDN</t>
+  </si>
+  <si>
+    <t>AU000000PDN8</t>
+  </si>
+  <si>
+    <t>6744250</t>
+  </si>
+  <si>
+    <t>Gs Yuasa Corp</t>
+  </si>
+  <si>
+    <t>6674</t>
+  </si>
+  <si>
+    <t>JP3385820000</t>
+  </si>
+  <si>
+    <t>6771645</t>
+  </si>
+  <si>
+    <t>Samsung Sdi Co Ltd</t>
+  </si>
+  <si>
+    <t>006400</t>
+  </si>
+  <si>
+    <t>KR7006400006</t>
+  </si>
+  <si>
+    <t>682189105</t>
+  </si>
+  <si>
+    <t>On Semiconductor</t>
+  </si>
+  <si>
+    <t>2583576</t>
+  </si>
+  <si>
+    <t>ON</t>
+  </si>
+  <si>
+    <t>US6821891057</t>
+  </si>
+  <si>
+    <t>686688102</t>
+  </si>
+  <si>
+    <t>Ormat Technologies Inc</t>
+  </si>
+  <si>
+    <t>B03L311</t>
+  </si>
+  <si>
+    <t>ORA</t>
+  </si>
+  <si>
+    <t>US6866881021</t>
+  </si>
+  <si>
+    <t>690742101</t>
+  </si>
+  <si>
+    <t>Owens Corning</t>
+  </si>
+  <si>
+    <t>B1FW7Q2</t>
+  </si>
+  <si>
+    <t>OC</t>
+  </si>
+  <si>
+    <t>US6907421019</t>
+  </si>
+  <si>
+    <t>6986427</t>
+  </si>
+  <si>
+    <t>Yokogawa Electric Corp</t>
+  </si>
+  <si>
+    <t>6841</t>
+  </si>
+  <si>
+    <t>JP3955000009</t>
+  </si>
+  <si>
+    <t>7130836</t>
+  </si>
+  <si>
+    <t>Nexans Sa</t>
+  </si>
+  <si>
+    <t>NEX</t>
+  </si>
+  <si>
+    <t>FR0000044448</t>
+  </si>
+  <si>
+    <t>7144569</t>
+  </si>
+  <si>
+    <t>Enel Spa</t>
+  </si>
+  <si>
+    <t>ENEL</t>
+  </si>
+  <si>
+    <t>IT0003128367</t>
+  </si>
+  <si>
+    <t>83417M104</t>
+  </si>
+  <si>
+    <t>Solaredge Technologies Inc</t>
+  </si>
+  <si>
+    <t>BWC52Q6</t>
+  </si>
+  <si>
+    <t>SEDG</t>
+  </si>
+  <si>
+    <t>US83417M1045</t>
+  </si>
+  <si>
+    <t>86771W105</t>
+  </si>
+  <si>
+    <t>Sunrun Inc</t>
+  </si>
+  <si>
+    <t>BYXB1Y8</t>
+  </si>
+  <si>
+    <t>RUN</t>
+  </si>
+  <si>
+    <t>US86771W1053</t>
+  </si>
+  <si>
+    <t>920253101</t>
+  </si>
+  <si>
+    <t>Valmont Industries</t>
+  </si>
+  <si>
+    <t>2926825</t>
+  </si>
+  <si>
+    <t>VMI</t>
+  </si>
+  <si>
+    <t>US9202531011</t>
+  </si>
+  <si>
+    <t>B02GKC7</t>
+  </si>
+  <si>
+    <t>Suzano Sa</t>
+  </si>
+  <si>
+    <t>SUZB3</t>
+  </si>
+  <si>
+    <t>BRSUZBACNOR0</t>
+  </si>
+  <si>
+    <t>BVMF</t>
+  </si>
+  <si>
+    <t>B02L486</t>
+  </si>
+  <si>
+    <t>Mowi Asa</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>MOWI</t>
+  </si>
+  <si>
+    <t>NO0003054108</t>
+  </si>
+  <si>
+    <t>XOSL</t>
+  </si>
+  <si>
+    <t>B06YV46</t>
+  </si>
+  <si>
+    <t>Neste OYJ</t>
+  </si>
+  <si>
+    <t>NESTE</t>
+  </si>
+  <si>
+    <t>FI0009013296</t>
+  </si>
+  <si>
+    <t>B0DJ8Q5</t>
+  </si>
+  <si>
+    <t>Alstom</t>
+  </si>
+  <si>
+    <t>ALO</t>
+  </si>
+  <si>
+    <t>FR0010220475</t>
+  </si>
+  <si>
+    <t>B16MKT5</t>
+  </si>
+  <si>
+    <t>Austevoll Seafood Asa</t>
+  </si>
+  <si>
+    <t>AUSS</t>
+  </si>
+  <si>
+    <t>NO0010073489</t>
+  </si>
+  <si>
+    <t>B1VRCG6</t>
+  </si>
+  <si>
+    <t>Cmoc Group Ltd-H</t>
+  </si>
+  <si>
+    <t>3993</t>
+  </si>
+  <si>
+    <t>CNE100000114</t>
+  </si>
+  <si>
+    <t>B288C92</t>
+  </si>
+  <si>
+    <t>Iberdrola Sa</t>
+  </si>
+  <si>
+    <t>IBE</t>
+  </si>
+  <si>
+    <t>ES0144580Y14</t>
+  </si>
+  <si>
+    <t>B3ZQM29</t>
+  </si>
+  <si>
+    <t>Phosagro Pjsc</t>
+  </si>
+  <si>
+    <t>Russian Federation</t>
+  </si>
+  <si>
+    <t>RUB</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>PHOR</t>
+  </si>
+  <si>
+    <t>RU000A0JRKT8</t>
+  </si>
+  <si>
+    <t>MISX</t>
+  </si>
+  <si>
+    <t>B59GZJ7</t>
+  </si>
+  <si>
+    <t>Goldwind Science&amp;technolog-H</t>
+  </si>
+  <si>
+    <t>2208</t>
+  </si>
+  <si>
+    <t>CNE100000PP1</t>
+  </si>
+  <si>
+    <t>B5B1TX2</t>
+  </si>
+  <si>
+    <t>Mmc Norilsk Nickel Pjsc</t>
+  </si>
+  <si>
+    <t>GMKN</t>
+  </si>
+  <si>
+    <t>RU0007288411</t>
+  </si>
+  <si>
+    <t>B6632T7</t>
+  </si>
+  <si>
+    <t>Bakkafrost P/F</t>
+  </si>
+  <si>
+    <t>BAKKA</t>
+  </si>
+  <si>
+    <t>FO0000000179</t>
+  </si>
+  <si>
+    <t>B68XHC3</t>
+  </si>
+  <si>
+    <t>Northland Power Inc</t>
+  </si>
+  <si>
+    <t>NPI</t>
+  </si>
+  <si>
+    <t>CA6665111002</t>
+  </si>
+  <si>
+    <t>666511100</t>
+  </si>
+  <si>
+    <t>B987K72</t>
+  </si>
+  <si>
+    <t>Nexgen Energy Ltd</t>
+  </si>
+  <si>
+    <t>NXE</t>
+  </si>
+  <si>
+    <t>CA65340P1062</t>
+  </si>
+  <si>
+    <t>65340P106</t>
+  </si>
+  <si>
+    <t>BD2P9X9</t>
+  </si>
+  <si>
+    <t>Knorr-Bremse Ag</t>
+  </si>
+  <si>
+    <t>KBX</t>
+  </si>
+  <si>
+    <t>DE000KBX1006</t>
+  </si>
+  <si>
+    <t>BD5LQM2</t>
+  </si>
+  <si>
+    <t>Cecep Solar Energy Co Lt-A</t>
+  </si>
+  <si>
+    <t>CNY</t>
+  </si>
+  <si>
+    <t>000591</t>
+  </si>
+  <si>
+    <t>CNE0000000K1</t>
+  </si>
+  <si>
+    <t>XSEC</t>
+  </si>
+  <si>
+    <t>BD6FXN3</t>
+  </si>
+  <si>
+    <t>Redeia Corp Sa</t>
+  </si>
+  <si>
+    <t>RED</t>
+  </si>
+  <si>
+    <t>ES0173093024</t>
+  </si>
+  <si>
+    <t>BD73C40</t>
+  </si>
+  <si>
+    <t>Ivanhoe Mines Ltd-Cl A</t>
+  </si>
+  <si>
+    <t>IVN</t>
+  </si>
+  <si>
+    <t>CA46579R1047</t>
+  </si>
+  <si>
+    <t>46579R104</t>
+  </si>
+  <si>
+    <t>BDC5ST8</t>
+  </si>
+  <si>
+    <t>Valeo</t>
+  </si>
+  <si>
+    <t>FR0013176526</t>
+  </si>
+  <si>
+    <t>BDR05C0</t>
+  </si>
+  <si>
+    <t>National Grid Plc</t>
+  </si>
+  <si>
+    <t>NG/</t>
+  </si>
+  <si>
+    <t>GB00BDR05C01</t>
+  </si>
+  <si>
+    <t>XLON</t>
+  </si>
+  <si>
+    <t>BDX85Z1</t>
+  </si>
+  <si>
+    <t>Cnh Industrial Nv</t>
+  </si>
+  <si>
+    <t>NL0010545661</t>
+  </si>
+  <si>
+    <t>BF41XY8</t>
+  </si>
+  <si>
+    <t>Landis   Gyr Group Ag</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>LAND</t>
+  </si>
+  <si>
+    <t>CH0371153492</t>
+  </si>
+  <si>
+    <t>XSWX</t>
+  </si>
+  <si>
+    <t>BH3T8K8</t>
+  </si>
+  <si>
+    <t>Orbia Advance Corp Sab De Cv</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>MXN</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>ORBIA*</t>
+  </si>
+  <si>
+    <t>MX01OR010004</t>
+  </si>
+  <si>
+    <t>XMEX</t>
+  </si>
+  <si>
+    <t>BJF8Q36</t>
+  </si>
+  <si>
+    <t>Greenlane Renewables Inc</t>
+  </si>
+  <si>
+    <t>GRN</t>
+  </si>
+  <si>
+    <t>CA3953321096</t>
+  </si>
+  <si>
+    <t>395332109</t>
+  </si>
+  <si>
+    <t>BK9ZQ96</t>
+  </si>
+  <si>
+    <t>Trane Technologies Plc</t>
+  </si>
+  <si>
+    <t>TT</t>
+  </si>
+  <si>
+    <t>IE00BK9ZQ967</t>
+  </si>
+  <si>
+    <t>BLCY1J2</t>
+  </si>
+  <si>
+    <t>Lifezone Metals Ltd</t>
+  </si>
+  <si>
+    <t>LZM</t>
+  </si>
+  <si>
+    <t>IM00BLCY1J27</t>
+  </si>
+  <si>
+    <t>BLH3DG5</t>
+  </si>
+  <si>
+    <t>Largo Inc</t>
+  </si>
+  <si>
+    <t>LGO</t>
+  </si>
+  <si>
+    <t>CA5170971017</t>
+  </si>
+  <si>
+    <t>517097101</t>
+  </si>
+  <si>
+    <t>BLNLT21</t>
+  </si>
+  <si>
+    <t>Clean Teq Water Ltd</t>
+  </si>
+  <si>
+    <t>CNQ</t>
+  </si>
+  <si>
+    <t>AU0000153280</t>
+  </si>
+  <si>
+    <t>BLS09M3</t>
+  </si>
+  <si>
+    <t>Pentair Plc</t>
+  </si>
+  <si>
+    <t>PNR</t>
+  </si>
+  <si>
+    <t>IE00BLS09M33</t>
+  </si>
+  <si>
+    <t>BMY5XY9</t>
+  </si>
+  <si>
+    <t>Capstone Copper Corp</t>
+  </si>
+  <si>
+    <t>CS</t>
+  </si>
+  <si>
+    <t>CA14071L1085</t>
+  </si>
+  <si>
+    <t>14071L108</t>
+  </si>
+  <si>
+    <t>BMYDHR4</t>
+  </si>
+  <si>
+    <t>Cadeler A/S</t>
+  </si>
+  <si>
+    <t>CADLR</t>
+  </si>
+  <si>
+    <t>DK0061412772</t>
+  </si>
+  <si>
+    <t>BN4MX14</t>
+  </si>
+  <si>
+    <t>Sunrise Energy Metals Ltd</t>
+  </si>
+  <si>
+    <t>SRL</t>
+  </si>
+  <si>
+    <t>AU0000143729</t>
+  </si>
+  <si>
+    <t>BN4MYF5</t>
+  </si>
+  <si>
+    <t>Vestas Wind Systems A/S</t>
+  </si>
+  <si>
+    <t>VWS</t>
+  </si>
+  <si>
+    <t>DK0061539921</t>
+  </si>
+  <si>
+    <t>XCSE</t>
+  </si>
+  <si>
+    <t>BP3R5T6</t>
+  </si>
+  <si>
+    <t>Yutong Bus Co Ltd-A</t>
+  </si>
+  <si>
+    <t>600066</t>
+  </si>
+  <si>
+    <t>CNE000000PY4</t>
+  </si>
+  <si>
+    <t>XSSC</t>
+  </si>
+  <si>
+    <t>BRBK3M0</t>
+  </si>
+  <si>
+    <t>Anaergia Inc-Sub Voting Shr</t>
+  </si>
+  <si>
+    <t>ANRG</t>
+  </si>
+  <si>
+    <t>CA03253E2069</t>
+  </si>
+  <si>
+    <t>03253E206</t>
+  </si>
+  <si>
+    <t>BRC3N84</t>
+  </si>
+  <si>
+    <t>Te Connectivity Plc</t>
+  </si>
+  <si>
+    <t>TEL</t>
+  </si>
+  <si>
+    <t>IE000IVNQZ81</t>
+  </si>
+  <si>
+    <t>BRJCHK4</t>
+  </si>
+  <si>
+    <t>Rockwool A/S-B Shs</t>
+  </si>
+  <si>
+    <t>ROCKB</t>
+  </si>
+  <si>
+    <t>DK0063855168</t>
+  </si>
+  <si>
+    <t>BSPBZK8</t>
+  </si>
+  <si>
+    <t>Cs Wind Corp</t>
+  </si>
+  <si>
+    <t>112610</t>
+  </si>
+  <si>
+    <t>KR7112610001</t>
+  </si>
+  <si>
+    <t>BTK05J6</t>
+  </si>
+  <si>
+    <t>Anglo American Plc</t>
+  </si>
+  <si>
+    <t>AAL</t>
+  </si>
+  <si>
+    <t>GB00BTK05J60</t>
+  </si>
+  <si>
+    <t>833635105</t>
+  </si>
+  <si>
+    <t>Quimica Y Minera Chil-Sp Adr</t>
+  </si>
+  <si>
+    <t>Depository Receipt/Share</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>2771122</t>
+  </si>
+  <si>
+    <t>SQM</t>
+  </si>
+  <si>
+    <t>US8336351056</t>
+  </si>
+  <si>
+    <t>B9L4K92</t>
+  </si>
+  <si>
+    <t>Energy Absolute Pcl-Nvdr</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>THB</t>
+  </si>
+  <si>
+    <t>TH</t>
+  </si>
+  <si>
+    <t>EA-R</t>
+  </si>
+  <si>
+    <t>TH3545010R19</t>
+  </si>
+  <si>
+    <t>XBKK</t>
+  </si>
+  <si>
+    <t>US71922G4073</t>
+  </si>
+  <si>
+    <t>Phosagro Reg S Blocked Gdrs</t>
+  </si>
+  <si>
+    <t>OOTC</t>
+  </si>
+  <si>
+    <t>BJ0K6Z9</t>
+  </si>
+  <si>
+    <t>Klabin Sa - Unit</t>
+  </si>
+  <si>
+    <t>Equity Unit</t>
+  </si>
+  <si>
+    <t>KLBN11</t>
+  </si>
+  <si>
+    <t>BRKLBNCDAM18</t>
+  </si>
+  <si>
+    <t>737630103</t>
+  </si>
+  <si>
+    <t>Potlatchdeltic Corp</t>
+  </si>
+  <si>
+    <t>Real Estate Investment Trust (REIT)</t>
+  </si>
+  <si>
+    <t>B0XXJN1</t>
+  </si>
+  <si>
+    <t>PCH</t>
+  </si>
+  <si>
+    <t>Real Estate</t>
+  </si>
+  <si>
+    <t>US7376301039</t>
+  </si>
+  <si>
+    <t>962166104</t>
+  </si>
+  <si>
+    <t>Weyerhaeuser Co</t>
+  </si>
+  <si>
+    <t>2958936</t>
+  </si>
+  <si>
+    <t>WY</t>
+  </si>
+  <si>
+    <t>US9621661043</t>
+  </si>
+  <si>
+    <t>US91282CPG05</t>
+  </si>
+  <si>
+    <t>TF FLOAT 10/31/27</t>
+  </si>
+  <si>
+    <t>Fixed Income</t>
+  </si>
+  <si>
+    <t>Government</t>
+  </si>
+  <si>
+    <t>BV3PBK5</t>
+  </si>
+  <si>
+    <t>TF</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
-    <t>BRLTCash</t>
-[...1706 lines deleted...]
-    <t>91282CMX6</t>
+    <t>91282CPG0</t>
   </si>
   <si>
     <t>DVTAXRESUSD</t>
   </si>
   <si>
     <t>USD DIVIDEND TAX RESERVE SSB USD D</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>USDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>IE00BYXBJ775</t>
   </si>
   <si>
     <t>State Street Us Treasury Liquidity</t>
   </si>
@@ -2311,92 +2335,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{73EA4CE1-638B-4748-BC31-1C032633E47A}">
-  <dimension ref="A1:Z125"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3BA9324F-31FE-461B-B5B8-10599018E8F0}">
+  <dimension ref="A1:Z128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="35.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
-    <col min="15" max="15" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
-    <col min="23" max="23" width="9.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45930</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -2446,8601 +2470,8823 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>848303.51</v>
+        <v>795504.52</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>848303.51</v>
+        <v>795504.52</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>848303.51</v>
+        <v>795504.52</v>
       </c>
       <c r="N4" s="4">
-        <v>848303.51</v>
+        <v>795504.52</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>2.3029999999999999E-3</v>
+        <v>2.036E-3</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>260000</v>
+        <v>262312.83</v>
       </c>
       <c r="E5" s="5">
-        <v>1</v>
+        <v>0.66685000000000005</v>
       </c>
       <c r="F5" s="4">
-        <v>260000</v>
+        <v>174923.31068550001</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>1</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L5" s="3" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>260000</v>
+        <v>262312.83</v>
       </c>
       <c r="N5" s="4">
-        <v>260000</v>
+        <v>174923.31068550001</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>7.0600000000000003E-4</v>
+        <v>4.4700000000000002E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>0.05</v>
+        <v>1045460.71</v>
       </c>
       <c r="E6" s="5">
-        <v>0.187774</v>
+        <v>0.18249000000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>9.3886999999999998E-3</v>
+        <v>190786.20557506999</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>5.3255500773988818</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L6" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>4.9999000000000002E-2</v>
+        <v>1045460.693398</v>
       </c>
       <c r="N6" s="4">
-        <v>9.3886999999999998E-3</v>
+        <v>190786.20557506999</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>0</v>
+        <v>4.8799999999999999E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>14474.99</v>
+        <v>5606.95</v>
       </c>
       <c r="E7" s="5">
-        <v>0.71870100000000003</v>
+        <v>0.72952799999999995</v>
       </c>
       <c r="F7" s="4">
-        <v>10403.183843610001</v>
+        <v>4090.42494984</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>1.3913999987115637</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L7" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>14474.989986</v>
+        <v>5606.950006</v>
       </c>
       <c r="N7" s="4">
-        <v>10403.183843610001</v>
+        <v>4090.42494984</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>2.8E-5</v>
+        <v>1.0000000000000001E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>8.98</v>
+        <v>13.02</v>
       </c>
       <c r="E8" s="5">
-        <v>0.14030400000000001</v>
+        <v>0.14326800000000001</v>
       </c>
       <c r="F8" s="4">
-        <v>1.2599264800000001</v>
+        <v>1.8653428700000001</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>7.127399848984652</v>
+        <v>6.9799500933568321</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>8.9799989999999994</v>
+        <v>13.02</v>
       </c>
       <c r="N8" s="4">
-        <v>1.2599264800000001</v>
+        <v>1.8653428700000001</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>33664.050000000003</v>
+        <v>33814.71</v>
       </c>
       <c r="E9" s="5">
-        <v>0.157411</v>
+        <v>0.15724299999999999</v>
       </c>
       <c r="F9" s="4">
-        <v>5299.0885908600003</v>
+        <v>5317.11271149</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>6.3527998154638716</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>33664.049021999999</v>
+        <v>33814.710832999997</v>
       </c>
       <c r="N9" s="4">
-        <v>5299.0885908600003</v>
+        <v>5317.11271149</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>1.4E-5</v>
+        <v>1.2999999999999999E-5</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>16430.98</v>
+        <v>17798.759999999998</v>
       </c>
       <c r="E10" s="5">
-        <v>1.175</v>
+        <v>1.3450500000000001</v>
       </c>
       <c r="F10" s="4">
-        <v>19306.4015</v>
+        <v>23940.222138000001</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L10" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>16430.98</v>
+        <v>17798.759999999998</v>
       </c>
       <c r="N10" s="4">
-        <v>19306.4015</v>
+        <v>23940.222138000001</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>5.1999999999999997E-5</v>
+        <v>6.0999999999999999E-5</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>75.19</v>
+        <v>0.01</v>
       </c>
       <c r="E11" s="5">
-        <v>1.3462499999999999</v>
+        <v>0.12847700000000001</v>
       </c>
       <c r="F11" s="4">
-        <v>101.2245375</v>
+        <v>1.28477E-3</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>0.74280408542246978</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>75.19</v>
+        <v>0.01</v>
       </c>
       <c r="N11" s="4">
-        <v>101.2245375</v>
+        <v>1.28477E-3</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>10293069</v>
+        <v>5549946</v>
       </c>
       <c r="E12" s="5">
-        <v>6.7710000000000001E-3</v>
+        <v>6.3800000000000003E-3</v>
       </c>
       <c r="F12" s="4">
-        <v>69696.103192609997</v>
+        <v>35407.483492300002</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>147.68496434146536</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>10293066.514738999</v>
+        <v>5549944.9813080002</v>
       </c>
       <c r="N12" s="4">
-        <v>69696.103192609997</v>
+        <v>35407.483492300002</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>1.8900000000000001E-4</v>
+        <v>9.0000000000000006E-5</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
         <v>3814</v>
       </c>
       <c r="E13" s="5">
-        <v>7.1299999999999998E-4</v>
+        <v>6.9399999999999996E-4</v>
       </c>
       <c r="F13" s="4">
-        <v>2.7183635700000002</v>
+        <v>2.64759988</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>1403.0558556536134</v>
+        <v>1440.5485608919878</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M13" s="4">
-        <v>3814.0159239999998</v>
+        <v>3813.9961960000001</v>
       </c>
       <c r="N13" s="4">
-        <v>2.7183635700000002</v>
+        <v>2.64759988</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
         <v>5</v>
       </c>
       <c r="E14" s="5">
-        <v>0.23761399999999999</v>
+        <v>0.24642700000000001</v>
       </c>
       <c r="F14" s="4">
-        <v>1.1880717599999999</v>
+        <v>1.2321340599999999</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H14" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>4.2085000337732126</v>
+        <v>4.0580000203711606</v>
       </c>
       <c r="L14" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M14" s="4">
         <v>5</v>
       </c>
       <c r="N14" s="4">
-        <v>1.1880717599999999</v>
+        <v>1.2321340599999999</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="4">
-        <v>6879.64</v>
+        <v>491424.74</v>
       </c>
       <c r="E15" s="5">
-        <v>0.775675</v>
+        <v>0.77760499999999999</v>
       </c>
       <c r="F15" s="4">
-        <v>5336.3636363599999</v>
+        <v>382134.32348367001</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H15" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J15" s="5">
         <v>1</v>
       </c>
       <c r="K15" s="5">
-        <v>1.2891999951938626</v>
+        <v>1.2859999944959202</v>
       </c>
       <c r="L15" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M15" s="4">
-        <v>6879.6399739999997</v>
+        <v>491424.73789599998</v>
       </c>
       <c r="N15" s="4">
-        <v>5336.3636363599999</v>
+        <v>382134.32348367001</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.4E-5</v>
+        <v>9.7799999999999992E-4</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D16" s="4">
-        <v>36861.79</v>
+        <v>35712.86</v>
       </c>
       <c r="E16" s="5">
         <v>1</v>
       </c>
       <c r="F16" s="4">
-        <v>36861.79</v>
+        <v>35712.86</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
         <v>1</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>36861.79</v>
+        <v>35712.86</v>
       </c>
       <c r="N16" s="4">
-        <v>36861.79</v>
+        <v>35712.86</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1E-4</v>
+        <v>9.1000000000000003E-5</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D17" s="4">
         <v>30</v>
       </c>
       <c r="E17" s="5">
-        <v>5.7963000000000001E-2</v>
+        <v>6.0350000000000001E-2</v>
       </c>
       <c r="F17" s="4">
-        <v>1.73887842</v>
+        <v>1.81050091</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H17" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="J17" s="5">
         <v>1</v>
       </c>
       <c r="K17" s="5">
-        <v>17.252501224496275</v>
+        <v>16.570000048053</v>
       </c>
       <c r="L17" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M17" s="4">
-        <v>30.000001999999999</v>
+        <v>30</v>
       </c>
       <c r="N17" s="4">
-        <v>1.73887842</v>
+        <v>1.81050091</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D18" s="4">
         <v>37966</v>
       </c>
       <c r="E18" s="5">
-        <v>107.07</v>
+        <v>104.32</v>
       </c>
       <c r="F18" s="4">
-        <v>4065019.62</v>
+        <v>3960613.12</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>107.07</v>
+        <v>104.32</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>4065019.62</v>
+        <v>3960613.12</v>
       </c>
       <c r="N18" s="4">
-        <v>4065019.62</v>
+        <v>3960613.12</v>
       </c>
       <c r="O18" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R18" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.1037999999999999E-2</v>
+        <v>1.0137E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D19" s="4">
         <v>110401</v>
       </c>
       <c r="E19" s="5">
-        <v>2.25</v>
+        <v>1.39</v>
       </c>
       <c r="F19" s="4">
-        <v>248402.25</v>
+        <v>153457.39000000001</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>2.25</v>
+        <v>1.39</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>248402.25</v>
+        <v>153457.39000000001</v>
       </c>
       <c r="N19" s="4">
-        <v>248402.25</v>
+        <v>153457.39000000001</v>
       </c>
       <c r="O19" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="R19" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>6.7400000000000001E-4</v>
+        <v>3.9199999999999999E-4</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D20" s="4">
         <v>36601</v>
       </c>
       <c r="E20" s="5">
-        <v>138.69999999999999</v>
+        <v>144.83000000000001</v>
       </c>
       <c r="F20" s="4">
-        <v>5076558.7</v>
+        <v>5300922.83</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>138.69999999999999</v>
+        <v>144.83000000000001</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>5076558.7</v>
+        <v>5300922.83</v>
       </c>
       <c r="N20" s="4">
-        <v>5076558.7</v>
+        <v>5300922.83</v>
       </c>
       <c r="O20" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P20" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R20" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.3785E-2</v>
+        <v>1.3566999999999999E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D21" s="4">
-        <v>58908</v>
+        <v>95823</v>
       </c>
       <c r="E21" s="5">
-        <v>81.08</v>
+        <v>141.44</v>
       </c>
       <c r="F21" s="4">
-        <v>4776260.6399999997</v>
+        <v>13553205.119999999</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>81.08</v>
+        <v>141.44</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>4776260.6399999997</v>
+        <v>13553205.119999999</v>
       </c>
       <c r="N21" s="4">
-        <v>4776260.6399999997</v>
+        <v>13553205.119999999</v>
       </c>
       <c r="O21" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P21" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="R21" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.2969E-2</v>
+        <v>3.4688999999999998E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D22" s="4">
-        <v>32400</v>
+        <v>31576</v>
       </c>
       <c r="E22" s="5">
-        <v>32.89</v>
+        <v>53.14</v>
       </c>
       <c r="F22" s="4">
-        <v>1065636</v>
+        <v>1677948.64</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>32.89</v>
+        <v>53.14</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>1065636</v>
+        <v>1677948.64</v>
       </c>
       <c r="N22" s="4">
-        <v>1065636</v>
+        <v>1677948.64</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>2.8930000000000002E-3</v>
+        <v>4.2940000000000001E-3</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D23" s="4">
-        <v>591188</v>
+        <v>413146</v>
       </c>
       <c r="E23" s="5">
-        <v>33.58</v>
+        <v>29.29</v>
       </c>
       <c r="F23" s="4">
-        <v>19852093.039999999</v>
+        <v>12101046.34</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>33.58</v>
+        <v>29.29</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>19852093.039999999</v>
+        <v>12101046.34</v>
       </c>
       <c r="N23" s="4">
-        <v>19852093.039999999</v>
+        <v>12101046.34</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>5.3906999999999997E-2</v>
+        <v>3.0972E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D24" s="4">
-        <v>1209141</v>
+        <v>1411625</v>
       </c>
       <c r="E24" s="5">
-        <v>8.15</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="F24" s="4">
-        <v>9854499.1500000004</v>
+        <v>13015182.5</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>8.15</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>9854499.1500000004</v>
+        <v>13015182.5</v>
       </c>
       <c r="N24" s="4">
-        <v>9854499.1500000004</v>
+        <v>13015182.5</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>2.6759000000000002E-2</v>
+        <v>3.3312000000000001E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D25" s="4">
-        <v>48600</v>
+        <v>50200</v>
       </c>
       <c r="E25" s="5">
-        <v>97.64</v>
+        <v>80.34</v>
       </c>
       <c r="F25" s="4">
-        <v>4745304</v>
+        <v>4033068</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>97.64</v>
+        <v>80.34</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>4745304</v>
+        <v>4033068</v>
       </c>
       <c r="N25" s="4">
-        <v>4745304</v>
+        <v>4033068</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.2885000000000001E-2</v>
+        <v>1.0322E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D26" s="4">
-        <v>103339</v>
+        <v>89950</v>
       </c>
       <c r="E26" s="5">
-        <v>43.96</v>
+        <v>45.06</v>
       </c>
       <c r="F26" s="4">
-        <v>4542782.4400000004</v>
+        <v>4053147</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>43.96</v>
+        <v>45.06</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>4542782.4400000004</v>
+        <v>4053147</v>
       </c>
       <c r="N26" s="4">
-        <v>4542782.4400000004</v>
+        <v>4053147</v>
       </c>
       <c r="O26" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.2335E-2</v>
+        <v>1.0374E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D27" s="4">
-        <v>68485</v>
+        <v>78606</v>
       </c>
       <c r="E27" s="5">
-        <v>59.7</v>
+        <v>52.84</v>
       </c>
       <c r="F27" s="4">
-        <v>4088554.5</v>
+        <v>4153541.04</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>59.7</v>
+        <v>52.84</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>4088554.5</v>
+        <v>4153541.04</v>
       </c>
       <c r="N27" s="4">
-        <v>4088554.5</v>
+        <v>4153541.04</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>1.1102000000000001E-2</v>
+        <v>1.0631E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D28" s="4">
-        <v>2296384</v>
+        <v>2354884</v>
       </c>
       <c r="E28" s="5">
-        <v>2.58</v>
+        <v>2.1</v>
       </c>
       <c r="F28" s="4">
-        <v>5924670.7199999997</v>
+        <v>4945256.4000000004</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>2.58</v>
+        <v>2.1</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>5924670.7199999997</v>
+        <v>4945256.4000000004</v>
       </c>
       <c r="N28" s="4">
-        <v>5924670.7199999997</v>
+        <v>4945256.4000000004</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>1.6088000000000002E-2</v>
+        <v>1.2657E-2</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D29" s="4">
         <v>14700</v>
       </c>
       <c r="E29" s="5">
-        <v>100.52</v>
+        <v>99.32</v>
       </c>
       <c r="F29" s="4">
-        <v>1477644</v>
+        <v>1460004</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>100.52</v>
+        <v>99.32</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>1477644</v>
+        <v>1460004</v>
       </c>
       <c r="N29" s="4">
-        <v>1477644</v>
+        <v>1460004</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>4.0119999999999999E-3</v>
+        <v>3.7360000000000002E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D30" s="4">
-        <v>45671</v>
+        <v>47971</v>
       </c>
       <c r="E30" s="5">
-        <v>67.63</v>
+        <v>67.03</v>
       </c>
       <c r="F30" s="4">
-        <v>3088729.73</v>
+        <v>3215496.13</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>67.63</v>
+        <v>67.03</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>3088729.73</v>
+        <v>3215496.13</v>
       </c>
       <c r="N30" s="4">
-        <v>3088729.73</v>
+        <v>3215496.13</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>8.3870000000000004E-3</v>
+        <v>8.2299999999999995E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B31" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D31" s="4">
+        <v>129643</v>
+      </c>
+      <c r="E31" s="5">
+        <v>26.846616999999998</v>
+      </c>
+      <c r="F31" s="4">
+        <v>3480475.9438263699</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J31" s="5">
+        <v>36.799999999999997</v>
+      </c>
+      <c r="K31" s="5">
+        <v>1.3707500016140581</v>
+      </c>
+      <c r="L31" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M31" s="4">
+        <v>4770862.4056169996</v>
+      </c>
+      <c r="N31" s="4">
+        <v>3480475.9438263699</v>
+      </c>
+      <c r="O31" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="C31" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P31" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>6.2069999999999998E-3</v>
+        <v>8.9079999999999993E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D32" s="4">
-        <v>488719</v>
+        <v>536119</v>
       </c>
       <c r="E32" s="5">
-        <v>30.87</v>
+        <v>36</v>
       </c>
       <c r="F32" s="4">
-        <v>15086755.529999999</v>
+        <v>19300284</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>30.87</v>
+        <v>36</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>15086755.529999999</v>
+        <v>19300284</v>
       </c>
       <c r="N32" s="4">
-        <v>15086755.529999999</v>
+        <v>19300284</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>4.0967000000000003E-2</v>
+        <v>4.9398999999999998E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D33" s="4">
         <v>3200</v>
       </c>
       <c r="E33" s="5">
-        <v>457.26</v>
+        <v>465.57</v>
       </c>
       <c r="F33" s="4">
-        <v>1463232</v>
+        <v>1489824</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>457.26</v>
+        <v>465.57</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>1463232</v>
+        <v>1489824</v>
       </c>
       <c r="N33" s="4">
-        <v>1463232</v>
+        <v>1489824</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>3.973E-3</v>
+        <v>3.813E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D34" s="4">
-        <v>21240</v>
+        <v>27140</v>
       </c>
       <c r="E34" s="5">
-        <v>55.28</v>
+        <v>60.02</v>
       </c>
       <c r="F34" s="4">
-        <v>1174147.2</v>
+        <v>1628942.8</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>55.28</v>
+        <v>60.02</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>1174147.2</v>
+        <v>1628942.8</v>
       </c>
       <c r="N34" s="4">
-        <v>1174147.2</v>
+        <v>1628942.8</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>3.1879999999999999E-3</v>
+        <v>4.169E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D35" s="4">
-        <v>26483</v>
+        <v>20709</v>
       </c>
       <c r="E35" s="5">
-        <v>112.96</v>
+        <v>146.75</v>
       </c>
       <c r="F35" s="4">
-        <v>2991519.68</v>
+        <v>3039045.75</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>112.96</v>
+        <v>146.75</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>2991519.68</v>
+        <v>3039045.75</v>
       </c>
       <c r="N35" s="4">
-        <v>2991519.68</v>
+        <v>3039045.75</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P35" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>8.123E-3</v>
+        <v>7.7780000000000002E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D36" s="4">
-        <v>39130</v>
+        <v>34064</v>
       </c>
       <c r="E36" s="5">
-        <v>45.01</v>
+        <v>43.59</v>
       </c>
       <c r="F36" s="4">
-        <v>1761241.3</v>
+        <v>1484849.76</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>45.01</v>
+        <v>43.59</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>1761241.3</v>
+        <v>1484849.76</v>
       </c>
       <c r="N36" s="4">
-        <v>1761241.3</v>
+        <v>1484849.76</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>4.7819999999999998E-3</v>
+        <v>3.8E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D37" s="4">
-        <v>44034</v>
+        <v>28206</v>
       </c>
       <c r="E37" s="5">
-        <v>220.53</v>
+        <v>261.23</v>
       </c>
       <c r="F37" s="4">
-        <v>9710818.0199999996</v>
+        <v>7368253.3799999999</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>220.53</v>
+        <v>261.23</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>9710818.0199999996</v>
+        <v>7368253.3799999999</v>
       </c>
       <c r="N37" s="4">
-        <v>9710818.0199999996</v>
+        <v>7368253.3799999999</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.6369E-2</v>
+        <v>1.8859000000000001E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D38" s="4">
-        <v>38747</v>
+        <v>69571</v>
       </c>
       <c r="E38" s="5">
-        <v>39.22</v>
+        <v>50.79</v>
       </c>
       <c r="F38" s="4">
-        <v>1519657.34</v>
+        <v>3533511.09</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>39.22</v>
+        <v>50.79</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>1519657.34</v>
+        <v>3533511.09</v>
       </c>
       <c r="N38" s="4">
-        <v>1519657.34</v>
+        <v>3533511.09</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>4.1260000000000003E-3</v>
+        <v>9.044E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D39" s="4">
-        <v>640592</v>
+        <v>467328</v>
       </c>
       <c r="E39" s="5">
-        <v>1.96</v>
+        <v>2</v>
       </c>
       <c r="F39" s="4">
-        <v>1255560.32</v>
+        <v>934656</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>1.96</v>
+        <v>2</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>1255560.32</v>
+        <v>934656</v>
       </c>
       <c r="N39" s="4">
-        <v>1255560.32</v>
+        <v>934656</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>3.4090000000000001E-3</v>
+        <v>2.392E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D40" s="4">
-        <v>63590</v>
+        <v>132</v>
       </c>
       <c r="E40" s="5">
-        <v>12.82</v>
+        <v>15.51</v>
       </c>
       <c r="F40" s="4">
-        <v>815223.8</v>
+        <v>2047.32</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>12.82</v>
+        <v>15.51</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>815223.8</v>
+        <v>2047.32</v>
       </c>
       <c r="N40" s="4">
-        <v>815223.8</v>
+        <v>2047.32</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.2130000000000001E-3</v>
+        <v>5.0000000000000004E-6</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D41" s="4">
-        <v>603139</v>
+        <v>608952</v>
       </c>
       <c r="E41" s="5">
-        <v>8.7899999999999991</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="F41" s="4">
-        <v>5301591.8099999996</v>
+        <v>5967729.5999999996</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>8.7899999999999991</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>5301591.8099999996</v>
+        <v>5967729.5999999996</v>
       </c>
       <c r="N41" s="4">
-        <v>5301591.8099999996</v>
+        <v>5967729.5999999996</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.4396000000000001E-2</v>
+        <v>1.5273999999999999E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D42" s="4">
         <v>185500</v>
       </c>
       <c r="E42" s="5">
-        <v>34.051499999999997</v>
+        <v>34.904654000000001</v>
       </c>
       <c r="F42" s="4">
-        <v>6316553.25</v>
+        <v>6474813.3169999998</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>64</v>
+        <v>236</v>
       </c>
       <c r="J42" s="5">
-        <v>28.98</v>
+        <v>29.72</v>
       </c>
       <c r="K42" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="M42" s="4">
-        <v>5375790</v>
+        <v>5513060</v>
       </c>
       <c r="N42" s="4">
-        <v>6316553.25</v>
+        <v>6474813.3169999998</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>1.7152000000000001E-2</v>
+        <v>1.6572E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D43" s="4">
-        <v>408012</v>
+        <v>351912</v>
       </c>
       <c r="E43" s="5">
-        <v>4.7434750000000001</v>
+        <v>4.5979720000000004</v>
       </c>
       <c r="F43" s="4">
-        <v>1935394.7217000001</v>
+        <v>1618081.4344860001</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H43" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="J43" s="5">
+        <v>3.915</v>
+      </c>
+      <c r="K43" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="M43" s="4">
+        <v>1377735.48</v>
+      </c>
+      <c r="N43" s="4">
+        <v>1618081.4344860001</v>
+      </c>
+      <c r="O43" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="I43" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P43" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>5.2550000000000001E-3</v>
+        <v>4.1409999999999997E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D44" s="4">
-        <v>12308</v>
+        <v>10368</v>
       </c>
       <c r="E44" s="5">
-        <v>430.31</v>
+        <v>444.11</v>
       </c>
       <c r="F44" s="4">
-        <v>5296255.4800000004</v>
+        <v>4604532.4800000004</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>430.31</v>
+        <v>444.11</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>5296255.4800000004</v>
+        <v>4604532.4800000004</v>
       </c>
       <c r="N44" s="4">
-        <v>5296255.4800000004</v>
+        <v>4604532.4800000004</v>
       </c>
       <c r="O44" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="P44" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="Q44" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R44" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="S44" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="T44" s="4">
+        <v>1</v>
+      </c>
+      <c r="W44" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="P44" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.4381E-2</v>
+        <v>1.1785E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D45" s="4">
-        <v>18960</v>
+        <v>112537</v>
       </c>
       <c r="E45" s="5">
-        <v>83.19</v>
+        <v>22.995730999999999</v>
       </c>
       <c r="F45" s="4">
-        <v>1577282.4</v>
+        <v>2587870.5795470001</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H45" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="J45" s="5">
+        <v>19.579999999999998</v>
+      </c>
+      <c r="K45" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L45" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="M45" s="4">
+        <v>2203474.46</v>
+      </c>
+      <c r="N45" s="4">
+        <v>2587870.5795470001</v>
+      </c>
+      <c r="O45" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="I45" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P45" s="3" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>4.2830000000000003E-3</v>
+        <v>6.6230000000000004E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D46" s="4">
-        <v>106340</v>
+        <v>70600</v>
       </c>
       <c r="E46" s="5">
-        <v>22.419</v>
+        <v>92.86</v>
       </c>
       <c r="F46" s="4">
-        <v>2384036.46</v>
+        <v>6555916</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H46" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I46" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J46" s="5">
+        <v>92.86</v>
+      </c>
+      <c r="K46" s="5">
+        <v>1</v>
+      </c>
+      <c r="L46" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M46" s="4">
+        <v>6555916</v>
+      </c>
+      <c r="N46" s="4">
+        <v>6555916</v>
+      </c>
+      <c r="O46" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="P46" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="Q46" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="R46" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="S46" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="T46" s="4">
+        <v>1</v>
+      </c>
+      <c r="W46" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="I46" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>6.4729999999999996E-3</v>
+        <v>1.6778999999999999E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D47" s="4">
-        <v>45600</v>
+        <v>15241</v>
       </c>
       <c r="E47" s="5">
-        <v>124.56</v>
+        <v>275.87830500000001</v>
       </c>
       <c r="F47" s="4">
-        <v>5679936</v>
+        <v>4204661.2465049997</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>31</v>
+        <v>235</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>32</v>
+        <v>236</v>
       </c>
       <c r="J47" s="5">
-        <v>124.56</v>
+        <v>234.9</v>
       </c>
       <c r="K47" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>33</v>
+        <v>237</v>
       </c>
       <c r="M47" s="4">
-        <v>5679936</v>
+        <v>3580110.9</v>
       </c>
       <c r="N47" s="4">
-        <v>5679936</v>
+        <v>4204661.2465049997</v>
       </c>
       <c r="O47" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="P47" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="P47" s="3" t="s">
+      <c r="Q47" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R47" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="Q47" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S47" s="3" t="s">
-        <v>146</v>
+        <v>240</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>265</v>
+        <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>1.5422999999999999E-2</v>
+        <v>1.0761E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B48" s="3" t="s">
+      <c r="C48" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D48" s="4">
+        <v>85241</v>
+      </c>
+      <c r="E48" s="5">
+        <v>18.938006000000001</v>
+      </c>
+      <c r="F48" s="4">
+        <v>1614294.5907562501</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H48" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="C48" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I48" s="3" t="s">
-        <v>64</v>
+        <v>236</v>
       </c>
       <c r="J48" s="5">
-        <v>237.6</v>
+        <v>16.125</v>
       </c>
       <c r="K48" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>235</v>
+        <v>190</v>
       </c>
       <c r="M48" s="4">
-        <v>2955981.6</v>
+        <v>1374511.125</v>
       </c>
       <c r="N48" s="4">
-        <v>3473278.38</v>
+        <v>1614294.5907562501</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>272</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>104</v>
+        <v>168</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>273</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>238</v>
+        <v>274</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>9.4310000000000001E-3</v>
+        <v>4.1310000000000001E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B49" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D49" s="4">
+        <v>44036</v>
+      </c>
+      <c r="E49" s="5">
+        <v>35.973404000000002</v>
+      </c>
+      <c r="F49" s="4">
+        <v>1584124.7965259999</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="J49" s="5">
+        <v>30.63</v>
+      </c>
+      <c r="K49" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="M49" s="4">
+        <v>1348822.68</v>
+      </c>
+      <c r="N49" s="4">
+        <v>1584124.7965259999</v>
+      </c>
+      <c r="O49" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="C49" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P49" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>5.0850000000000001E-3</v>
+        <v>4.0540000000000003E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D50" s="4">
-        <v>60306</v>
+        <v>61212</v>
       </c>
       <c r="E50" s="5">
-        <v>31.97175</v>
+        <v>25.814411</v>
       </c>
       <c r="F50" s="4">
-        <v>1928088.3555000001</v>
+        <v>1580151.7261320001</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H50" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="J50" s="5">
+        <v>21.98</v>
+      </c>
+      <c r="K50" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="M50" s="4">
+        <v>1345439.76</v>
+      </c>
+      <c r="N50" s="4">
+        <v>1580151.7261320001</v>
+      </c>
+      <c r="O50" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="I50" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P50" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>5.2350000000000001E-3</v>
+        <v>4.0439999999999999E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D51" s="4">
-        <v>75426</v>
+        <v>7804</v>
       </c>
       <c r="E51" s="5">
-        <v>24.675000000000001</v>
+        <v>218.33025499999999</v>
       </c>
       <c r="F51" s="4">
-        <v>1861136.55</v>
+        <v>1703849.31002</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H51" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="J51" s="5">
+        <v>185.9</v>
+      </c>
+      <c r="K51" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="M51" s="4">
+        <v>1450763.6</v>
+      </c>
+      <c r="N51" s="4">
+        <v>1703849.31002</v>
+      </c>
+      <c r="O51" s="3" t="s">
         <v>289</v>
-      </c>
-[...19 lines deleted...]
-        <v>287</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>291</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>292</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>293</v>
+        <v>281</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>5.0530000000000002E-3</v>
+        <v>4.3610000000000003E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="C52" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D52" s="4">
+        <v>23785</v>
+      </c>
+      <c r="E52" s="5">
+        <v>41.739953</v>
+      </c>
+      <c r="F52" s="4">
+        <v>992784.78210499999</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H52" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="C52" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I52" s="3" t="s">
-        <v>64</v>
+        <v>236</v>
       </c>
       <c r="J52" s="5">
-        <v>170.9</v>
+        <v>35.54</v>
       </c>
       <c r="K52" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="M52" s="4">
-        <v>1580483.2</v>
+        <v>845318.9</v>
       </c>
       <c r="N52" s="4">
-        <v>1857067.76</v>
+        <v>992784.78210499999</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>167</v>
+        <v>105</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>286</v>
+        <v>299</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>5.0419999999999996E-3</v>
+        <v>2.5409999999999999E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D53" s="4">
-        <v>23785</v>
+        <v>159525</v>
       </c>
       <c r="E53" s="5">
-        <v>50.407499999999999</v>
+        <v>44.311999</v>
       </c>
       <c r="F53" s="4">
-        <v>1198942.3875</v>
+        <v>7068871.5607124995</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H53" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="J53" s="5">
+        <v>37.729999999999997</v>
+      </c>
+      <c r="K53" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="M53" s="4">
+        <v>6018878.25</v>
+      </c>
+      <c r="N53" s="4">
+        <v>7068871.5607124995</v>
+      </c>
+      <c r="O53" s="3" t="s">
         <v>300</v>
-      </c>
-[...19 lines deleted...]
-        <v>298</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>302</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>104</v>
+        <v>145</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>303</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>304</v>
+        <v>274</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>3.2550000000000001E-3</v>
+        <v>1.8092E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="C54" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D54" s="4">
+        <v>71179</v>
+      </c>
+      <c r="E54" s="5">
+        <v>26.395764</v>
+      </c>
+      <c r="F54" s="4">
+        <v>1878824.06796125</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="J54" s="5">
+        <v>22.475000000000001</v>
+      </c>
+      <c r="K54" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="M54" s="4">
+        <v>1599748.0249999999</v>
+      </c>
+      <c r="N54" s="4">
+        <v>1878824.06796125</v>
+      </c>
+      <c r="O54" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="P54" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P54" s="3" t="s">
+      <c r="Q54" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="R54" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="Q54" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S54" s="3" t="s">
-        <v>279</v>
+        <v>288</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>1.6490999999999999E-2</v>
+        <v>4.8079999999999998E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="C55" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D55" s="4">
+        <v>17000</v>
+      </c>
+      <c r="E55" s="5">
+        <v>128.10618299999999</v>
+      </c>
+      <c r="F55" s="4">
+        <v>2177804.71466394</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J55" s="5">
+        <v>20080</v>
+      </c>
+      <c r="K55" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L55" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M55" s="4">
+        <v>341359937.343382</v>
+      </c>
+      <c r="N55" s="4">
+        <v>2177804.71466394</v>
+      </c>
+      <c r="O55" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="P55" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="C55" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P55" s="3" t="s">
+      <c r="Q55" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R55" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="Q55" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R55" s="3" t="s">
+      <c r="S55" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="S55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>5.4149999999999997E-3</v>
+        <v>5.574E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D56" s="4">
-        <v>17000</v>
+        <v>72649</v>
       </c>
       <c r="E56" s="5">
-        <v>115.651584</v>
+        <v>231.16193999999999</v>
       </c>
       <c r="F56" s="4">
-        <v>1966076.4464908401</v>
+        <v>16793667.0021866</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="J56" s="5">
-        <v>17080</v>
+        <v>333000</v>
       </c>
       <c r="K56" s="5">
-        <v>147.68496434146536</v>
+        <v>1440.5485608919878</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="M56" s="4">
-        <v>290359929.89259398</v>
+        <v>24192092832.099201</v>
       </c>
       <c r="N56" s="4">
-        <v>1966076.4464908401</v>
+        <v>16793667.0021866</v>
       </c>
       <c r="O56" s="3" t="s">
         <v>313</v>
       </c>
       <c r="P56" s="3" t="s">
         <v>315</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="R56" s="3" t="s">
         <v>316</v>
       </c>
       <c r="S56" s="3" t="s">
         <v>317</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>5.3379999999999999E-3</v>
+        <v>4.2983E-2</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D57" s="4">
-        <v>82800</v>
+        <v>295255</v>
       </c>
       <c r="E57" s="5">
-        <v>198.13893999999999</v>
+        <v>5.4681699999999998</v>
       </c>
       <c r="F57" s="4">
-        <v>16405972.702327</v>
+        <v>1614504.5333499999</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H57" s="3" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>79</v>
+        <v>40</v>
       </c>
       <c r="J57" s="5">
-        <v>278000</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="K57" s="5">
-        <v>1403.0558556536134</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L57" s="3" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="M57" s="4">
-        <v>23018496067.693298</v>
+        <v>2421091</v>
       </c>
       <c r="N57" s="4">
-        <v>16405972.702327</v>
+        <v>1614504.5333499999</v>
       </c>
       <c r="O57" s="3" t="s">
         <v>318</v>
       </c>
       <c r="P57" s="3" t="s">
         <v>320</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="R57" s="3" t="s">
         <v>321</v>
       </c>
       <c r="S57" s="3" t="s">
         <v>322</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>4.4548999999999998E-2</v>
+        <v>4.1320000000000003E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D58" s="4">
-        <v>295255</v>
+        <v>97931</v>
       </c>
       <c r="E58" s="5">
-        <v>3.4330449999999999</v>
+        <v>15.662383999999999</v>
       </c>
       <c r="F58" s="4">
-        <v>1013623.701475</v>
+        <v>1533832.69003796</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>325</v>
+        <v>74</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>326</v>
+        <v>75</v>
       </c>
       <c r="J58" s="5">
-        <v>5.18</v>
+        <v>2455</v>
       </c>
       <c r="K58" s="5">
-        <v>1.5088645794039983</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>327</v>
+        <v>76</v>
       </c>
       <c r="M58" s="4">
-        <v>1529420.9</v>
+        <v>240420560.87080601</v>
       </c>
       <c r="N58" s="4">
-        <v>1013623.701475</v>
+        <v>1533832.69003796</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>323</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>123</v>
+        <v>168</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>330</v>
+        <v>312</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>2.7520000000000001E-3</v>
+        <v>3.9249999999999997E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D59" s="4">
+        <v>41445</v>
+      </c>
+      <c r="E59" s="5">
+        <v>87.11</v>
+      </c>
+      <c r="F59" s="4">
+        <v>3610273.95</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J59" s="5">
+        <v>87.11</v>
+      </c>
+      <c r="K59" s="5">
+        <v>1</v>
+      </c>
+      <c r="L59" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M59" s="4">
+        <v>3610273.95</v>
+      </c>
+      <c r="N59" s="4">
+        <v>3610273.95</v>
+      </c>
+      <c r="O59" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="P59" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q59" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R59" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S59" s="3" t="s">
-        <v>317</v>
+        <v>147</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>34</v>
+        <v>327</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>4.5719999999999997E-3</v>
+        <v>9.2399999999999999E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D60" s="4">
+        <v>151700</v>
+      </c>
+      <c r="E60" s="5">
+        <v>12.250273</v>
+      </c>
+      <c r="F60" s="4">
+        <v>1858366.4161367</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J60" s="5">
+        <v>95.35</v>
+      </c>
+      <c r="K60" s="5">
+        <v>7.783499774395259</v>
+      </c>
+      <c r="L60" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="M60" s="4">
+        <v>14464594.580743</v>
+      </c>
+      <c r="N60" s="4">
+        <v>1858366.4161367</v>
+      </c>
+      <c r="O60" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="P60" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q60" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R60" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="B60" s="3" t="s">
+      <c r="S60" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="C60" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>335</v>
+        <v>34</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>1.0536999999999999E-2</v>
+        <v>4.7559999999999998E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D61" s="4">
+        <v>233191</v>
+      </c>
+      <c r="E61" s="5">
+        <v>13.652751</v>
+      </c>
+      <c r="F61" s="4">
+        <v>3183697.98079684</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H61" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J61" s="5">
+        <v>2140</v>
+      </c>
+      <c r="K61" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L61" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M61" s="4">
+        <v>499028648.403292</v>
+      </c>
+      <c r="N61" s="4">
+        <v>3183697.98079684</v>
+      </c>
+      <c r="O61" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="P61" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="Q61" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="R61" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S61" s="3" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>7.0260000000000001E-3</v>
+        <v>8.1480000000000007E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D62" s="4">
+        <v>214192</v>
+      </c>
+      <c r="E62" s="5">
+        <v>6.395092</v>
+      </c>
+      <c r="F62" s="4">
+        <v>1369777.438568</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I62" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J62" s="5">
+        <v>9.59</v>
+      </c>
+      <c r="K62" s="5">
+        <v>1.4995876134063133</v>
+      </c>
+      <c r="L62" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M62" s="4">
+        <v>2054101.28</v>
+      </c>
+      <c r="N62" s="4">
+        <v>1369777.438568</v>
+      </c>
+      <c r="O62" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="P62" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="Q62" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R62" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S62" s="3" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>6.868E-3</v>
+        <v>3.5049999999999999E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D63" s="4">
+        <v>86418</v>
+      </c>
+      <c r="E63" s="5">
+        <v>23.924213000000002</v>
+      </c>
+      <c r="F63" s="4">
+        <v>2067482.2163386401</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H63" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I63" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J63" s="5">
+        <v>3750</v>
+      </c>
+      <c r="K63" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L63" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M63" s="4">
+        <v>324067440.51742101</v>
+      </c>
+      <c r="N63" s="4">
+        <v>2067482.2163386401</v>
+      </c>
+      <c r="O63" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="P63" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="Q63" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R63" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S63" s="3" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>1.6066E-2</v>
+        <v>5.2909999999999997E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D64" s="4">
+        <v>33462</v>
+      </c>
+      <c r="E64" s="5">
+        <v>187.08151000000001</v>
+      </c>
+      <c r="F64" s="4">
+        <v>6260115.2337648803</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H64" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I64" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J64" s="5">
+        <v>269500</v>
+      </c>
+      <c r="K64" s="5">
+        <v>1440.5485608919878</v>
+      </c>
+      <c r="L64" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M64" s="4">
+        <v>9017999991.0179996</v>
+      </c>
+      <c r="N64" s="4">
+        <v>6260115.2337648803</v>
+      </c>
+      <c r="O64" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="P64" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q64" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="R64" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S64" s="3" t="s">
-        <v>146</v>
+        <v>317</v>
       </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
-        <v>352</v>
+        <v>34</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>8.7299999999999999E-3</v>
+        <v>1.6022000000000002E-2</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D65" s="4">
-        <v>38329</v>
+        <v>49200</v>
       </c>
       <c r="E65" s="5">
-        <v>96.25</v>
+        <v>54.15</v>
       </c>
       <c r="F65" s="4">
-        <v>3689166.25</v>
+        <v>2664180</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H65" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J65" s="5">
-        <v>96.25</v>
+        <v>54.15</v>
       </c>
       <c r="K65" s="5">
         <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M65" s="4">
-        <v>3689166.25</v>
+        <v>2664180</v>
       </c>
       <c r="N65" s="4">
-        <v>3689166.25</v>
+        <v>2664180</v>
       </c>
       <c r="O65" s="3" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="P65" s="3" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>167</v>
+        <v>145</v>
       </c>
       <c r="R65" s="3" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>106</v>
+        <v>147</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>1.0017E-2</v>
+        <v>6.8190000000000004E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D66" s="4">
-        <v>8889</v>
+        <v>25893</v>
       </c>
       <c r="E66" s="5">
-        <v>141.46</v>
+        <v>110.47</v>
       </c>
       <c r="F66" s="4">
-        <v>1257437.94</v>
+        <v>2860399.71</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H66" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J66" s="5">
-        <v>141.46</v>
+        <v>110.47</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M66" s="4">
-        <v>1257437.94</v>
+        <v>2860399.71</v>
       </c>
       <c r="N66" s="4">
-        <v>1257437.94</v>
+        <v>2860399.71</v>
       </c>
       <c r="O66" s="3" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="P66" s="3" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>104</v>
+        <v>168</v>
       </c>
       <c r="R66" s="3" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>3.4139999999999999E-3</v>
+        <v>7.3210000000000003E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D67" s="4">
+        <v>16970</v>
+      </c>
+      <c r="E67" s="5">
+        <v>111.91</v>
+      </c>
+      <c r="F67" s="4">
+        <v>1899112.7</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H67" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I67" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J67" s="5">
+        <v>111.91</v>
+      </c>
+      <c r="K67" s="5">
+        <v>1</v>
+      </c>
+      <c r="L67" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M67" s="4">
+        <v>1899112.7</v>
+      </c>
+      <c r="N67" s="4">
+        <v>1899112.7</v>
+      </c>
+      <c r="O67" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="P67" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q67" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R67" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S67" s="3" t="s">
-        <v>317</v>
+        <v>107</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
-        <v>34</v>
+        <v>363</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>6.3080000000000002E-3</v>
+        <v>4.8599999999999997E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D68" s="4">
+        <v>75236</v>
+      </c>
+      <c r="E68" s="5">
+        <v>32.001027000000001</v>
+      </c>
+      <c r="F68" s="4">
+        <v>2407628.7983667701</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H68" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I68" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J68" s="5">
+        <v>5016</v>
+      </c>
+      <c r="K68" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L68" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M68" s="4">
+        <v>377383706.73121899</v>
+      </c>
+      <c r="N68" s="4">
+        <v>2407628.7983667701</v>
+      </c>
+      <c r="O68" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="P68" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="Q68" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="R68" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S68" s="3" t="s">
-        <v>238</v>
+        <v>312</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>2.4715000000000001E-2</v>
+        <v>6.1619999999999999E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D69" s="4">
+        <v>59246</v>
+      </c>
+      <c r="E69" s="5">
+        <v>147.74581000000001</v>
+      </c>
+      <c r="F69" s="4">
+        <v>8753348.2592600007</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H69" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="I69" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="J69" s="5">
+        <v>125.8</v>
+      </c>
+      <c r="K69" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L69" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="M69" s="4">
+        <v>7453146.7999999998</v>
+      </c>
+      <c r="N69" s="4">
+        <v>8753348.2592600007</v>
+      </c>
+      <c r="O69" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="P69" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="Q69" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R69" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S69" s="3" t="s">
-        <v>146</v>
+        <v>240</v>
       </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>375</v>
+        <v>34</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>4.2448E-2</v>
+        <v>2.2404E-2</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D70" s="4">
-        <v>1067572</v>
+        <v>154476</v>
       </c>
       <c r="E70" s="5">
-        <v>17.29</v>
+        <v>10.425592999999999</v>
       </c>
       <c r="F70" s="4">
-        <v>18458319.879999999</v>
+        <v>1610503.8502014</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>31</v>
+        <v>284</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>32</v>
+        <v>236</v>
       </c>
       <c r="J70" s="5">
-        <v>17.29</v>
+        <v>8.8770000000000007</v>
       </c>
       <c r="K70" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>33</v>
+        <v>285</v>
       </c>
       <c r="M70" s="4">
-        <v>18458319.879999999</v>
+        <v>1371283.452</v>
       </c>
       <c r="N70" s="4">
-        <v>18458319.879999999</v>
+        <v>1610503.8502014</v>
       </c>
       <c r="O70" s="3" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="P70" s="3" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>104</v>
+        <v>168</v>
       </c>
       <c r="R70" s="3" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="S70" s="3" t="s">
-        <v>146</v>
+        <v>288</v>
       </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>380</v>
+        <v>34</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>5.0122E-2</v>
+        <v>4.1219999999999998E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D71" s="4">
-        <v>7000</v>
+        <v>451898</v>
       </c>
       <c r="E71" s="5">
-        <v>387.73</v>
+        <v>28.85</v>
       </c>
       <c r="F71" s="4">
-        <v>2714110</v>
+        <v>13037257.300000001</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H71" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J71" s="5">
-        <v>387.73</v>
+        <v>28.85</v>
       </c>
       <c r="K71" s="5">
         <v>1</v>
       </c>
       <c r="L71" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M71" s="4">
-        <v>2714110</v>
+        <v>13037257.300000001</v>
       </c>
       <c r="N71" s="4">
-        <v>2714110</v>
+        <v>13037257.300000001</v>
       </c>
       <c r="O71" s="3" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="P71" s="3" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>104</v>
+        <v>145</v>
       </c>
       <c r="R71" s="3" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>106</v>
+        <v>147</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>7.3699999999999998E-3</v>
+        <v>3.3369000000000003E-2</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D72" s="4">
-        <v>572730</v>
+        <v>1021505</v>
       </c>
       <c r="E72" s="5">
-        <v>9.3699239999999993</v>
+        <v>18.399999999999999</v>
       </c>
       <c r="F72" s="4">
-        <v>5366436.7060679197</v>
+        <v>18795692</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="J72" s="5">
-        <v>49.9</v>
+        <v>18.399999999999999</v>
       </c>
       <c r="K72" s="5">
-        <v>5.3255500773988818</v>
+        <v>1</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="M72" s="4">
-        <v>28579227.415355999</v>
+        <v>18795692</v>
       </c>
       <c r="N72" s="4">
-        <v>5366436.7060679197</v>
+        <v>18795692</v>
       </c>
       <c r="O72" s="3" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="P72" s="3" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="R72" s="3" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>394</v>
+        <v>147</v>
       </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
-        <v>34</v>
+        <v>385</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>1.4572E-2</v>
+        <v>4.8106999999999997E-2</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D73" s="4">
-        <v>103444</v>
+        <v>7360</v>
       </c>
       <c r="E73" s="5">
-        <v>21.126901</v>
+        <v>402.32</v>
       </c>
       <c r="F73" s="4">
-        <v>2185451.2217122</v>
+        <v>2961075.2</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>397</v>
+        <v>31</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>398</v>
+        <v>32</v>
       </c>
       <c r="J73" s="5">
-        <v>210.8</v>
+        <v>402.32</v>
       </c>
       <c r="K73" s="5">
-        <v>9.977800391908044</v>
+        <v>1</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>399</v>
+        <v>33</v>
       </c>
       <c r="M73" s="4">
-        <v>21805996.056495</v>
+        <v>2961075.2</v>
       </c>
       <c r="N73" s="4">
-        <v>2185451.2217122</v>
+        <v>2961075.2</v>
       </c>
       <c r="O73" s="3" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="P73" s="3" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>184</v>
+        <v>105</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>402</v>
+        <v>107</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
-        <v>34</v>
+        <v>390</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>5.934E-3</v>
+        <v>7.5779999999999997E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D74" s="4">
-        <v>459740</v>
+        <v>224531</v>
       </c>
       <c r="E74" s="5">
-        <v>18.312374999999999</v>
+        <v>9.3891150000000003</v>
       </c>
       <c r="F74" s="4">
-        <v>8418931.2825000007</v>
+        <v>2108147.2603677199</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>260</v>
+        <v>44</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="J74" s="5">
-        <v>15.585000000000001</v>
+        <v>51.45</v>
       </c>
       <c r="K74" s="5">
-        <v>0.85106382978723405</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>261</v>
+        <v>46</v>
       </c>
       <c r="M74" s="4">
-        <v>7165047.9000000004</v>
+        <v>11552119.766551999</v>
       </c>
       <c r="N74" s="4">
-        <v>8418931.2825000007</v>
+        <v>2108147.2603677199</v>
       </c>
       <c r="O74" s="3" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="P74" s="3" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>264</v>
+        <v>399</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>2.2860999999999999E-2</v>
+        <v>5.3949999999999996E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D75" s="4">
+        <v>103444</v>
+      </c>
+      <c r="E75" s="5">
+        <v>24.110600000000002</v>
+      </c>
+      <c r="F75" s="4">
+        <v>2494096.8488675798</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="J75" s="5">
+        <v>243.2</v>
+      </c>
+      <c r="K75" s="5">
+        <v>10.086849794097136</v>
+      </c>
+      <c r="L75" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="M75" s="4">
+        <v>25157580.286458001</v>
+      </c>
+      <c r="N75" s="4">
+        <v>2494096.8488675798</v>
+      </c>
+      <c r="O75" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="P75" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="Q75" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="R75" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="S75" s="3" t="s">
         <v>407</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>5.3889999999999997E-3</v>
+        <v>6.3829999999999998E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D76" s="4">
+        <v>467136</v>
+      </c>
+      <c r="E76" s="5">
+        <v>22.796074999999998</v>
+      </c>
+      <c r="F76" s="4">
+        <v>10648867.057631999</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H76" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="I76" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="J76" s="5">
+        <v>19.41</v>
+      </c>
+      <c r="K76" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L76" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="M76" s="4">
+        <v>9067109.7599999998</v>
+      </c>
+      <c r="N76" s="4">
+        <v>10648867.057631999</v>
+      </c>
+      <c r="O76" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="P76" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="Q76" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R76" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S76" s="3" t="s">
-        <v>402</v>
+        <v>259</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>8.208E-3</v>
+        <v>2.7255000000000001E-2</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D77" s="4">
+        <v>74255</v>
+      </c>
+      <c r="E77" s="5">
+        <v>29.560907</v>
+      </c>
+      <c r="F77" s="4">
+        <v>2195045.1121574999</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="J77" s="5">
+        <v>25.17</v>
+      </c>
+      <c r="K77" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L77" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="M77" s="4">
+        <v>1868998.35</v>
+      </c>
+      <c r="N77" s="4">
+        <v>2195045.1121574999</v>
+      </c>
+      <c r="O77" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="P77" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q77" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R77" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S77" s="3" t="s">
-        <v>420</v>
+        <v>240</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>4.5830000000000003E-3</v>
+        <v>5.6179999999999997E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D78" s="4">
-        <v>10600</v>
+        <v>317511</v>
       </c>
       <c r="E78" s="5">
-        <v>98.911500000000004</v>
+        <v>9.6660509999999995</v>
       </c>
       <c r="F78" s="4">
-        <v>1048461.9</v>
+        <v>3069077.3135319701</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>289</v>
+        <v>402</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>64</v>
+        <v>403</v>
       </c>
       <c r="J78" s="5">
-        <v>84.18</v>
+        <v>97.5</v>
       </c>
       <c r="K78" s="5">
-        <v>0.85106382978723405</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>290</v>
+        <v>404</v>
       </c>
       <c r="M78" s="4">
-        <v>892308</v>
+        <v>30957321.868067998</v>
       </c>
       <c r="N78" s="4">
-        <v>1048461.9</v>
+        <v>3069077.3135319701</v>
       </c>
       <c r="O78" s="3" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="P78" s="3" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>104</v>
+        <v>185</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>293</v>
+        <v>407</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>2.8470000000000001E-3</v>
+        <v>7.8549999999999991E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D79" s="4">
-        <v>98407</v>
+        <v>581794</v>
       </c>
       <c r="E79" s="5">
-        <v>18.923375</v>
+        <v>2.4718960000000001</v>
       </c>
       <c r="F79" s="4">
-        <v>1862192.563625</v>
+        <v>1438134.0733603099</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>282</v>
+        <v>54</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="J79" s="5">
-        <v>16.105</v>
+        <v>19.239999999999998</v>
       </c>
       <c r="K79" s="5">
-        <v>0.85106382978723405</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L79" s="3" t="s">
-        <v>283</v>
+        <v>56</v>
       </c>
       <c r="M79" s="4">
-        <v>1584844.7350000001</v>
+        <v>11193716.235549999</v>
       </c>
       <c r="N79" s="4">
-        <v>1862192.563625</v>
+        <v>1438134.0733603099</v>
       </c>
       <c r="O79" s="3" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="P79" s="3" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>167</v>
+        <v>124</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>286</v>
+        <v>336</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>5.0559999999999997E-3</v>
+        <v>3.6800000000000001E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D80" s="4">
-        <v>101331</v>
+        <v>75498</v>
       </c>
       <c r="E80" s="5">
-        <v>0</v>
+        <v>21.686219000000001</v>
       </c>
       <c r="F80" s="4">
-        <v>1.22825E-3</v>
+        <v>1637266.1809365</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>431</v>
+        <v>277</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>432</v>
+        <v>236</v>
       </c>
       <c r="J80" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>18.465</v>
       </c>
       <c r="K80" s="5">
-        <v>82.500014437502529</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>433</v>
+        <v>278</v>
       </c>
       <c r="M80" s="4">
-        <v>0.10133</v>
+        <v>1394070.57</v>
       </c>
       <c r="N80" s="4">
-        <v>1.22825E-3</v>
+        <v>1637266.1809365</v>
       </c>
       <c r="O80" s="3" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="P80" s="3" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>123</v>
+        <v>168</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>0</v>
+        <v>4.1900000000000001E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D81" s="4">
-        <v>1338000</v>
+        <v>101331</v>
       </c>
       <c r="E81" s="5">
-        <v>1.799393</v>
+        <v>0</v>
       </c>
       <c r="F81" s="4">
-        <v>2407588.2988021201</v>
+        <v>1.2810499999999999E-3</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>53</v>
+        <v>430</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="J81" s="5">
-        <v>14</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K81" s="5">
-        <v>7.7803997725011103</v>
+        <v>79.099968913712217</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>55</v>
+        <v>432</v>
       </c>
       <c r="M81" s="4">
-        <v>18731999.452275999</v>
+        <v>0.101331</v>
       </c>
       <c r="N81" s="4">
-        <v>2407588.2988021201</v>
+        <v>1.2810499999999999E-3</v>
       </c>
       <c r="O81" s="3" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>420</v>
+        <v>435</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>6.5370000000000003E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D82" s="4">
-        <v>6054800</v>
+        <v>1227800</v>
       </c>
       <c r="E82" s="5">
-        <v>0</v>
+        <v>1.7228749999999999</v>
       </c>
       <c r="F82" s="4">
-        <v>7.3391520000000002E-2</v>
+        <v>2115346.3095008698</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H82" s="3" t="s">
-        <v>431</v>
+        <v>54</v>
       </c>
       <c r="I82" s="3" t="s">
-        <v>432</v>
+        <v>70</v>
       </c>
       <c r="J82" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>13.41</v>
       </c>
       <c r="K82" s="5">
-        <v>82.500014437502529</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L82" s="3" t="s">
-        <v>433</v>
+        <v>56</v>
       </c>
       <c r="M82" s="4">
-        <v>6.0548010000000003</v>
+        <v>16464797.522767</v>
       </c>
       <c r="N82" s="4">
-        <v>7.3391520000000002E-2</v>
+        <v>2115346.3095008698</v>
       </c>
       <c r="O82" s="3" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>436</v>
+        <v>336</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>0</v>
+        <v>5.4140000000000004E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D83" s="4">
-        <v>93184</v>
+        <v>6054800</v>
       </c>
       <c r="E83" s="5">
-        <v>45.841766999999997</v>
+        <v>0</v>
       </c>
       <c r="F83" s="4">
-        <v>4271719.3770169802</v>
+        <v>7.6546139999999999E-2</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>397</v>
+        <v>430</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>398</v>
+        <v>431</v>
       </c>
       <c r="J83" s="5">
-        <v>457.4</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K83" s="5">
-        <v>9.977800391908044</v>
+        <v>79.099968913712217</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>399</v>
+        <v>432</v>
       </c>
       <c r="M83" s="4">
-        <v>42622363.274121001</v>
+        <v>6.0547969999999998</v>
       </c>
       <c r="N83" s="4">
-        <v>4271719.3770169802</v>
+        <v>7.6546139999999999E-2</v>
       </c>
       <c r="O83" s="3" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>184</v>
+        <v>124</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>402</v>
+        <v>435</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>1.1599E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D84" s="4">
-        <v>96500</v>
+        <v>92653</v>
       </c>
       <c r="E84" s="5">
-        <v>16.745723999999999</v>
+        <v>51.205283000000001</v>
       </c>
       <c r="F84" s="4">
-        <v>1615962.34008912</v>
+        <v>4744323.0047041401</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>48</v>
+        <v>402</v>
       </c>
       <c r="I84" s="3" t="s">
-        <v>49</v>
+        <v>403</v>
       </c>
       <c r="J84" s="5">
-        <v>23.3</v>
+        <v>516.5</v>
       </c>
       <c r="K84" s="5">
-        <v>1.3913999987115637</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>50</v>
+        <v>404</v>
       </c>
       <c r="M84" s="4">
-        <v>2248449.9979170002</v>
+        <v>47855273.52313</v>
       </c>
       <c r="N84" s="4">
-        <v>1615962.34008912</v>
+        <v>4744323.0047041401</v>
       </c>
       <c r="O84" s="3" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>167</v>
+        <v>185</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>178</v>
+        <v>407</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>453</v>
+        <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>4.3880000000000004E-3</v>
+        <v>1.2142999999999999E-2</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D85" s="4">
-        <v>741682</v>
+        <v>124599</v>
       </c>
       <c r="E85" s="5">
-        <v>8.9550090000000004</v>
+        <v>13.022068000000001</v>
       </c>
       <c r="F85" s="4">
-        <v>6641769.2396147801</v>
+        <v>1622536.67700164</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H85" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I85" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J85" s="5">
-        <v>12.46</v>
+        <v>17.850000000000001</v>
       </c>
       <c r="K85" s="5">
-        <v>1.3913999987115637</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L85" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M85" s="4">
-        <v>9241357.7114419993</v>
+        <v>2224092.1526179998</v>
       </c>
       <c r="N85" s="4">
-        <v>6641769.2396147801</v>
+        <v>1622536.67700164</v>
       </c>
       <c r="O85" s="3" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="P85" s="3" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>111</v>
+        <v>168</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="S85" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="T85" s="4">
         <v>1</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>1.8034999999999999E-2</v>
+        <v>4.1520000000000003E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D86" s="4">
-        <v>39235</v>
+        <v>736801</v>
       </c>
       <c r="E86" s="5">
-        <v>93.823750000000004</v>
+        <v>9.2139340000000001</v>
       </c>
       <c r="F86" s="4">
-        <v>3681174.8312499998</v>
+        <v>6788835.7687397404</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>276</v>
+        <v>49</v>
       </c>
       <c r="I86" s="3" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="J86" s="5">
-        <v>79.849999999999994</v>
+        <v>12.63</v>
       </c>
       <c r="K86" s="5">
-        <v>0.85106382978723405</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>189</v>
+        <v>51</v>
       </c>
       <c r="M86" s="4">
-        <v>3132914.75</v>
+        <v>9305796.6409569997</v>
       </c>
       <c r="N86" s="4">
-        <v>3681174.8312499998</v>
+        <v>6788835.7687397404</v>
       </c>
       <c r="O86" s="3" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>279</v>
+        <v>179</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>34</v>
+        <v>457</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>9.9959999999999997E-3</v>
+        <v>1.7375999999999999E-2</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D87" s="4">
-        <v>2615100</v>
+        <v>39940</v>
       </c>
       <c r="E87" s="5">
-        <v>0.63777899999999998</v>
+        <v>111.748918</v>
       </c>
       <c r="F87" s="4">
-        <v>1667856.6260913501</v>
+        <v>4463251.7649499997</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>53</v>
+        <v>271</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>465</v>
+        <v>236</v>
       </c>
       <c r="J87" s="5">
-        <v>4.54</v>
+        <v>95.15</v>
       </c>
       <c r="K87" s="5">
-        <v>7.1184500116101921</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>55</v>
+        <v>190</v>
       </c>
       <c r="M87" s="4">
-        <v>11872554.019363999</v>
+        <v>3800291</v>
       </c>
       <c r="N87" s="4">
-        <v>1667856.6260913501</v>
+        <v>4463251.7649499997</v>
       </c>
       <c r="O87" s="3" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>167</v>
+        <v>105</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>468</v>
+        <v>274</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>4.5279999999999999E-3</v>
+        <v>1.1423000000000001E-2</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D88" s="4">
-        <v>81699</v>
+        <v>2475641</v>
       </c>
       <c r="E88" s="5">
-        <v>19.317</v>
+        <v>0.63536099999999995</v>
       </c>
       <c r="F88" s="4">
-        <v>1578179.5830000001</v>
+        <v>1572926.4597926501</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H88" s="3" t="s">
-        <v>282</v>
+        <v>54</v>
       </c>
       <c r="I88" s="3" t="s">
-        <v>64</v>
+        <v>464</v>
       </c>
       <c r="J88" s="5">
-        <v>16.440000000000001</v>
+        <v>4.4400000000000004</v>
       </c>
       <c r="K88" s="5">
-        <v>0.85106382978723405</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L88" s="3" t="s">
-        <v>283</v>
+        <v>56</v>
       </c>
       <c r="M88" s="4">
-        <v>1343131.56</v>
+        <v>10991846.015504001</v>
       </c>
       <c r="N88" s="4">
-        <v>1578179.5830000001</v>
+        <v>1572926.4597926501</v>
       </c>
       <c r="O88" s="3" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>286</v>
+        <v>467</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>4.2849999999999997E-3</v>
+        <v>4.0249999999999999E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D89" s="4">
-        <v>494154</v>
+        <v>81699</v>
       </c>
       <c r="E89" s="5">
-        <v>10.608021000000001</v>
+        <v>17.816407000000002</v>
       </c>
       <c r="F89" s="4">
-        <v>5241995.8602846097</v>
+        <v>1455582.5946434999</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>48</v>
+        <v>277</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>49</v>
+        <v>236</v>
       </c>
       <c r="J89" s="5">
-        <v>14.76</v>
+        <v>15.17</v>
       </c>
       <c r="K89" s="5">
-        <v>1.3913999987115637</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>50</v>
+        <v>278</v>
       </c>
       <c r="M89" s="4">
-        <v>7293713.0332460003</v>
+        <v>1239373.83</v>
       </c>
       <c r="N89" s="4">
-        <v>5241995.8602846097</v>
+        <v>1455582.5946434999</v>
       </c>
       <c r="O89" s="3" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>123</v>
+        <v>168</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>178</v>
+        <v>281</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>477</v>
+        <v>34</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>1.4234E-2</v>
+        <v>3.725E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D90" s="4">
-        <v>706192</v>
+        <v>291273</v>
       </c>
       <c r="E90" s="5">
-        <v>12.496124999999999</v>
+        <v>11.387926</v>
       </c>
       <c r="F90" s="4">
-        <v>8824663.5059999991</v>
+        <v>3316995.4623381398</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H90" s="3" t="s">
-        <v>234</v>
+        <v>49</v>
       </c>
       <c r="I90" s="3" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="J90" s="5">
-        <v>10.635</v>
+        <v>15.61</v>
       </c>
       <c r="K90" s="5">
-        <v>0.85106382978723405</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L90" s="3" t="s">
-        <v>235</v>
+        <v>51</v>
       </c>
       <c r="M90" s="4">
-        <v>7510351.9199999999</v>
+        <v>4546771.5353530003</v>
       </c>
       <c r="N90" s="4">
-        <v>8824663.5059999991</v>
+        <v>3316995.4623381398</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>235</v>
+        <v>474</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>151</v>
+        <v>124</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>238</v>
+        <v>179</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>34</v>
+        <v>476</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>2.3962000000000001E-2</v>
+        <v>8.489E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D91" s="4">
-        <v>131158</v>
+        <v>643692</v>
       </c>
       <c r="E91" s="5">
-        <v>14.371219</v>
+        <v>13.664726</v>
       </c>
       <c r="F91" s="4">
-        <v>1884900.3088125</v>
+        <v>8795874.6474690009</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H91" s="3" t="s">
-        <v>68</v>
+        <v>235</v>
       </c>
       <c r="I91" s="3" t="s">
-        <v>69</v>
+        <v>236</v>
       </c>
       <c r="J91" s="5">
-        <v>10.675000000000001</v>
+        <v>11.635</v>
       </c>
       <c r="K91" s="5">
-        <v>0.74280408542246978</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L91" s="3" t="s">
-        <v>70</v>
+        <v>237</v>
       </c>
       <c r="M91" s="4">
-        <v>1400111.65</v>
+        <v>7489356.4199999999</v>
       </c>
       <c r="N91" s="4">
-        <v>1884900.3088125</v>
+        <v>8795874.6474690009</v>
       </c>
       <c r="O91" s="3" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>483</v>
+        <v>237</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>485</v>
+        <v>240</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>5.1180000000000002E-3</v>
+        <v>2.2512999999999998E-2</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D92" s="4">
-        <v>54172</v>
+        <v>105133</v>
       </c>
       <c r="E92" s="5">
-        <v>80.688744999999997</v>
+        <v>15.353745999999999</v>
       </c>
       <c r="F92" s="4">
-        <v>4371070.6969144698</v>
+        <v>1614185.3519347501</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H92" s="3" t="s">
-        <v>488</v>
+        <v>64</v>
       </c>
       <c r="I92" s="3" t="s">
-        <v>489</v>
+        <v>65</v>
       </c>
       <c r="J92" s="5">
-        <v>64.2</v>
+        <v>11.414999999999999</v>
       </c>
       <c r="K92" s="5">
-        <v>0.79564999687627802</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L92" s="3" t="s">
-        <v>490</v>
+        <v>66</v>
       </c>
       <c r="M92" s="4">
-        <v>3477842.386345</v>
+        <v>1200093.1950000001</v>
       </c>
       <c r="N92" s="4">
-        <v>4371070.6969144698</v>
+        <v>1614185.3519347501</v>
       </c>
       <c r="O92" s="3" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>1.1868999999999999E-2</v>
+        <v>4.1310000000000001E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D93" s="4">
-        <v>1555359</v>
+        <v>139731</v>
       </c>
       <c r="E93" s="5">
-        <v>0.97040800000000005</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="F93" s="4">
-        <v>1509332.4211100501</v>
+        <v>1288319.82</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H93" s="3" t="s">
-        <v>496</v>
+        <v>31</v>
       </c>
       <c r="I93" s="3" t="s">
-        <v>497</v>
+        <v>32</v>
       </c>
       <c r="J93" s="5">
-        <v>17.79</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="K93" s="5">
-        <v>18.332501343314036</v>
+        <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
-        <v>498</v>
+        <v>33</v>
       </c>
       <c r="M93" s="4">
-        <v>27669838.637506999</v>
+        <v>1288319.82</v>
       </c>
       <c r="N93" s="4">
-        <v>1509332.4211100501</v>
+        <v>1288319.82</v>
       </c>
       <c r="O93" s="3" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>499</v>
+        <v>55</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>500</v>
+        <v>487</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>501</v>
+        <v>107</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>4.0980000000000001E-3</v>
+        <v>3.297E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>502</v>
+        <v>488</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>503</v>
+        <v>489</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D94" s="4">
-        <v>1448100</v>
+        <v>73660</v>
       </c>
       <c r="E94" s="5">
-        <v>0.21920400000000001</v>
+        <v>64.878510000000006</v>
       </c>
       <c r="F94" s="4">
-        <v>317428.84864166001</v>
+        <v>4778951.0886715101</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H94" s="3" t="s">
-        <v>48</v>
+        <v>490</v>
       </c>
       <c r="I94" s="3" t="s">
-        <v>49</v>
+        <v>491</v>
       </c>
       <c r="J94" s="5">
-        <v>0.30499999999999999</v>
+        <v>51.4</v>
       </c>
       <c r="K94" s="5">
-        <v>1.3913999987115637</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L94" s="3" t="s">
-        <v>50</v>
+        <v>492</v>
       </c>
       <c r="M94" s="4">
-        <v>441670.49959100003</v>
+        <v>3786124.0063700001</v>
       </c>
       <c r="N94" s="4">
-        <v>317428.84864166001</v>
+        <v>4778951.0886715101</v>
       </c>
       <c r="O94" s="3" t="s">
-        <v>502</v>
+        <v>488</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>504</v>
+        <v>493</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>505</v>
+        <v>494</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>178</v>
+        <v>495</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>506</v>
+        <v>34</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>8.61E-4</v>
+        <v>1.2231000000000001E-2</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>507</v>
+        <v>496</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D95" s="4">
-        <v>4170</v>
+        <v>1555359</v>
       </c>
       <c r="E95" s="5">
-        <v>421.96</v>
+        <v>0.86654200000000003</v>
       </c>
       <c r="F95" s="4">
-        <v>1759573.2</v>
+        <v>1347784.60023916</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H95" s="3" t="s">
-        <v>31</v>
+        <v>498</v>
       </c>
       <c r="I95" s="3" t="s">
-        <v>32</v>
+        <v>499</v>
       </c>
       <c r="J95" s="5">
-        <v>421.96</v>
+        <v>15.58</v>
       </c>
       <c r="K95" s="5">
-        <v>1</v>
+        <v>17.979499774357279</v>
       </c>
       <c r="L95" s="3" t="s">
-        <v>33</v>
+        <v>500</v>
       </c>
       <c r="M95" s="4">
-        <v>1759573.2</v>
+        <v>24232492.915881999</v>
       </c>
       <c r="N95" s="4">
-        <v>1759573.2</v>
+        <v>1347784.60023916</v>
       </c>
       <c r="O95" s="3" t="s">
-        <v>507</v>
+        <v>496</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>106</v>
+        <v>503</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>4.7780000000000001E-3</v>
+        <v>3.4489999999999998E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D96" s="4">
-        <v>453000</v>
+        <v>1448100</v>
       </c>
       <c r="E96" s="5">
-        <v>5.48</v>
+        <v>0.167791</v>
       </c>
       <c r="F96" s="4">
-        <v>2482440</v>
+        <v>242978.66131679999</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H96" s="3" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="I96" s="3" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="J96" s="5">
-        <v>5.48</v>
+        <v>0.23</v>
       </c>
       <c r="K96" s="5">
-        <v>1</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L96" s="3" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="M96" s="4">
-        <v>2482440</v>
+        <v>333063.00039200002</v>
       </c>
       <c r="N96" s="4">
-        <v>2482440</v>
+        <v>242978.66131679999</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>123</v>
+        <v>112</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>106</v>
+        <v>179</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>34</v>
+        <v>508</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>6.7400000000000003E-3</v>
+        <v>6.2100000000000002E-4</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D97" s="4">
-        <v>1008034</v>
+        <v>4031</v>
       </c>
       <c r="E97" s="5">
-        <v>1.4948969999999999</v>
+        <v>389.2</v>
       </c>
       <c r="F97" s="4">
-        <v>1506907.2301279299</v>
+        <v>1568865.2</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H97" s="3" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="J97" s="5">
-        <v>2.08</v>
+        <v>389.2</v>
       </c>
       <c r="K97" s="5">
-        <v>1.3913999987115637</v>
+        <v>1</v>
       </c>
       <c r="L97" s="3" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M97" s="4">
-        <v>2096710.7180580001</v>
+        <v>1568865.2</v>
       </c>
       <c r="N97" s="4">
-        <v>1506907.2301279299</v>
+        <v>1568865.2</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>178</v>
+        <v>107</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>519</v>
+        <v>34</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>4.091E-3</v>
+        <v>4.0150000000000003E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D98" s="4">
-        <v>249932</v>
+        <v>453000</v>
       </c>
       <c r="E98" s="5">
-        <v>0.22533500000000001</v>
+        <v>4.2699999999999996</v>
       </c>
       <c r="F98" s="4">
-        <v>56318.427219999998</v>
+        <v>1934310</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H98" s="3" t="s">
-        <v>325</v>
+        <v>64</v>
       </c>
       <c r="I98" s="3" t="s">
-        <v>326</v>
+        <v>32</v>
       </c>
       <c r="J98" s="5">
-        <v>0.34</v>
+        <v>4.2699999999999996</v>
       </c>
       <c r="K98" s="5">
-        <v>1.5088645794039983</v>
+        <v>1</v>
       </c>
       <c r="L98" s="3" t="s">
-        <v>327</v>
+        <v>66</v>
       </c>
       <c r="M98" s="4">
-        <v>84976.88</v>
+        <v>1934310</v>
       </c>
       <c r="N98" s="4">
-        <v>56318.427219999998</v>
+        <v>1934310</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>330</v>
+        <v>107</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>1.5200000000000001E-4</v>
+        <v>4.9500000000000004E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D99" s="4">
-        <v>8246</v>
+        <v>1008034</v>
       </c>
       <c r="E99" s="5">
-        <v>110.76</v>
+        <v>0.955681</v>
       </c>
       <c r="F99" s="4">
-        <v>913326.96</v>
+        <v>963359.1391574</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H99" s="3" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="I99" s="3" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="J99" s="5">
-        <v>110.76</v>
+        <v>1.31</v>
       </c>
       <c r="K99" s="5">
-        <v>1</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L99" s="3" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="M99" s="4">
-        <v>913326.96</v>
+        <v>1320524.541554</v>
       </c>
       <c r="N99" s="4">
-        <v>913326.96</v>
+        <v>963359.1391574</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>106</v>
+        <v>179</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>34</v>
+        <v>521</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>2.48E-3</v>
+        <v>2.4650000000000002E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D100" s="4">
-        <v>75024</v>
+        <v>249932</v>
       </c>
       <c r="E100" s="5">
-        <v>25.438749999999999</v>
+        <v>0.24673500000000001</v>
       </c>
       <c r="F100" s="4">
-        <v>1908516.78</v>
+        <v>61666.847053999998</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H100" s="3" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="J100" s="5">
-        <v>21.65</v>
+        <v>0.37</v>
       </c>
       <c r="K100" s="5">
-        <v>0.85106382978723405</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L100" s="3" t="s">
-        <v>235</v>
+        <v>41</v>
       </c>
       <c r="M100" s="4">
-        <v>1624269.6</v>
+        <v>92474.84</v>
       </c>
       <c r="N100" s="4">
-        <v>1908516.78</v>
+        <v>61666.847053999998</v>
       </c>
       <c r="O100" s="3" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>238</v>
+        <v>322</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>5.182E-3</v>
+        <v>1.5699999999999999E-4</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D101" s="4">
-        <v>138336</v>
+        <v>8246</v>
       </c>
       <c r="E101" s="5">
-        <v>5.0913019999999998</v>
+        <v>104.14</v>
       </c>
       <c r="F101" s="4">
-        <v>704310.44919722003</v>
+        <v>858738.44</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H101" s="3" t="s">
-        <v>397</v>
+        <v>31</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>398</v>
+        <v>32</v>
       </c>
       <c r="J101" s="5">
-        <v>50.8</v>
+        <v>104.14</v>
       </c>
       <c r="K101" s="5">
-        <v>9.977800391908044</v>
+        <v>1</v>
       </c>
       <c r="L101" s="3" t="s">
-        <v>399</v>
+        <v>33</v>
       </c>
       <c r="M101" s="4">
-        <v>7027469.0760239996</v>
+        <v>858738.44</v>
       </c>
       <c r="N101" s="4">
-        <v>704310.44919722003</v>
+        <v>858738.44</v>
       </c>
       <c r="O101" s="3" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="S101" s="3" t="s">
-        <v>402</v>
+        <v>107</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>1.9120000000000001E-3</v>
+        <v>2.1970000000000002E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D102" s="4">
-        <v>1250302</v>
+        <v>335144</v>
       </c>
       <c r="E102" s="5">
-        <v>3.5457130000000001</v>
+        <v>10.052891000000001</v>
       </c>
       <c r="F102" s="4">
-        <v>4433211.4301749896</v>
+        <v>3369166.01860295</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H102" s="3" t="s">
-        <v>325</v>
+        <v>49</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>326</v>
+        <v>50</v>
       </c>
       <c r="J102" s="5">
-        <v>5.35</v>
+        <v>13.78</v>
       </c>
       <c r="K102" s="5">
-        <v>1.5088645794039983</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L102" s="3" t="s">
-        <v>327</v>
+        <v>51</v>
       </c>
       <c r="M102" s="4">
-        <v>6689115.6999989999</v>
+        <v>4618284.3254380003</v>
       </c>
       <c r="N102" s="4">
-        <v>4433211.4301749896</v>
+        <v>3369166.01860295</v>
       </c>
       <c r="O102" s="3" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>330</v>
+        <v>179</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>34</v>
+        <v>534</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>1.2038E-2</v>
+        <v>8.6230000000000005E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D103" s="4">
-        <v>530716</v>
+        <v>219537</v>
       </c>
       <c r="E103" s="5">
-        <v>18.857827</v>
+        <v>4.7626369999999998</v>
       </c>
       <c r="F103" s="4">
-        <v>10008150.232968099</v>
+        <v>1045574.92973525</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>58</v>
+        <v>402</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>59</v>
+        <v>403</v>
       </c>
       <c r="J103" s="5">
-        <v>119.8</v>
+        <v>48.04</v>
       </c>
       <c r="K103" s="5">
-        <v>6.3527998154638716</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L103" s="3" t="s">
-        <v>60</v>
+        <v>404</v>
       </c>
       <c r="M103" s="4">
-        <v>63579774.953134</v>
+        <v>10546557.264713001</v>
       </c>
       <c r="N103" s="4">
-        <v>10008150.232968099</v>
+        <v>1045574.92973525</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>544</v>
+        <v>407</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>2.7175999999999999E-2</v>
+        <v>2.676E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D104" s="4">
-        <v>274092</v>
+        <v>130246</v>
       </c>
       <c r="E104" s="5">
-        <v>3.8224610000000001</v>
+        <v>5.2614470000000004</v>
       </c>
       <c r="F104" s="4">
-        <v>1047706.07646327</v>
+        <v>685282.36083899997</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H104" s="3" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="I104" s="3" t="s">
-        <v>465</v>
+        <v>40</v>
       </c>
       <c r="J104" s="5">
-        <v>27.21</v>
+        <v>7.89</v>
       </c>
       <c r="K104" s="5">
-        <v>7.1184500116101921</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L104" s="3" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="M104" s="4">
-        <v>7458043.3321639998</v>
+        <v>1027640.94</v>
       </c>
       <c r="N104" s="4">
-        <v>1047706.07646327</v>
+        <v>685282.36083899997</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>549</v>
+        <v>322</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>2.8440000000000002E-3</v>
+        <v>1.753E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D105" s="4">
-        <v>476100</v>
+        <v>476783</v>
       </c>
       <c r="E105" s="5">
-        <v>2.069858</v>
+        <v>27.265865000000002</v>
       </c>
       <c r="F105" s="4">
-        <v>985459.24967657996</v>
+        <v>12999901.2830995</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H105" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="I105" s="3" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="J105" s="5">
-        <v>2.88</v>
+        <v>173.4</v>
       </c>
       <c r="K105" s="5">
-        <v>1.3913999987115637</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L105" s="3" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="M105" s="4">
-        <v>1371167.9987300001</v>
+        <v>82674174.236760005</v>
       </c>
       <c r="N105" s="4">
-        <v>985459.24967657996</v>
+        <v>12999901.2830995</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>178</v>
+        <v>547</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>554</v>
+        <v>34</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>2.6749999999999999E-3</v>
+        <v>3.3272999999999997E-2</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D106" s="4">
-        <v>13302</v>
+        <v>232029</v>
       </c>
       <c r="E106" s="5">
-        <v>219.53</v>
+        <v>4.6793500000000003</v>
       </c>
       <c r="F106" s="4">
-        <v>2920188.06</v>
+        <v>1085744.91102795</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H106" s="3" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="I106" s="3" t="s">
-        <v>32</v>
+        <v>464</v>
       </c>
       <c r="J106" s="5">
-        <v>219.53</v>
+        <v>32.700000000000003</v>
       </c>
       <c r="K106" s="5">
-        <v>1</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L106" s="3" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="M106" s="4">
-        <v>2920188.06</v>
+        <v>7587348.2830910003</v>
       </c>
       <c r="N106" s="4">
-        <v>2920188.06</v>
+        <v>1085744.91102795</v>
       </c>
       <c r="O106" s="3" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="S106" s="3" t="s">
-        <v>106</v>
+        <v>552</v>
       </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>7.9290000000000003E-3</v>
+        <v>2.7780000000000001E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D107" s="4">
-        <v>41979</v>
+        <v>476100</v>
       </c>
       <c r="E107" s="5">
-        <v>37.164715999999999</v>
+        <v>1.6487320000000001</v>
       </c>
       <c r="F107" s="4">
-        <v>1560137.56139025</v>
+        <v>784961.51741746999</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H107" s="3" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="I107" s="3" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="J107" s="5">
-        <v>236.1</v>
+        <v>2.2599999999999998</v>
       </c>
       <c r="K107" s="5">
-        <v>6.3527998154638716</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L107" s="3" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="M107" s="4">
-        <v>9911241.6120979991</v>
+        <v>1075986.0012660001</v>
       </c>
       <c r="N107" s="4">
-        <v>1560137.56139025</v>
+        <v>784961.51741746999</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>544</v>
+        <v>179</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>34</v>
+        <v>557</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>4.2360000000000002E-3</v>
+        <v>2.0089999999999999E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D108" s="4">
-        <v>30454</v>
+        <v>13302</v>
       </c>
       <c r="E108" s="5">
-        <v>29.863386999999999</v>
+        <v>227.51</v>
       </c>
       <c r="F108" s="4">
-        <v>909463.38334343</v>
+        <v>3026338.02</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H108" s="3" t="s">
-        <v>78</v>
+        <v>31</v>
       </c>
       <c r="I108" s="3" t="s">
-        <v>79</v>
+        <v>32</v>
       </c>
       <c r="J108" s="5">
-        <v>41900</v>
+        <v>227.51</v>
       </c>
       <c r="K108" s="5">
-        <v>1403.0558556536134</v>
+        <v>1</v>
       </c>
       <c r="L108" s="3" t="s">
-        <v>80</v>
+        <v>33</v>
       </c>
       <c r="M108" s="4">
-        <v>1276027925.5025401</v>
+        <v>3026338.02</v>
       </c>
       <c r="N108" s="4">
-        <v>909463.38334343</v>
+        <v>3026338.02</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>104</v>
+        <v>145</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>322</v>
+        <v>107</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>2.4689999999999998E-3</v>
+        <v>7.7450000000000001E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D109" s="4">
-        <v>1958</v>
+        <v>41979</v>
       </c>
       <c r="E109" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>35.442480000000003</v>
       </c>
       <c r="F109" s="4">
-        <v>1.9580000000000001E-3</v>
+        <v>1487839.89559092</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>569</v>
+        <v>102</v>
       </c>
       <c r="H109" s="3" t="s">
-        <v>431</v>
+        <v>59</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J109" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>225.4</v>
       </c>
       <c r="K109" s="5">
-        <v>1</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>433</v>
+        <v>61</v>
       </c>
       <c r="M109" s="4">
-        <v>1.9580000000000001E-3</v>
+        <v>9462066.8331070002</v>
       </c>
       <c r="N109" s="4">
-        <v>1.9580000000000001E-3</v>
+        <v>1487839.89559092</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>34</v>
+        <v>562</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>34</v>
+        <v>564</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>570</v>
+        <v>547</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>0</v>
+        <v>3.8080000000000002E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D110" s="4">
-        <v>12296580</v>
+        <v>48406</v>
       </c>
       <c r="E110" s="5">
-        <v>0.103071</v>
+        <v>28.877887999999999</v>
       </c>
       <c r="F110" s="4">
-        <v>1267414.81870082</v>
+        <v>1397861.6500642099</v>
       </c>
       <c r="G110" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H110" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I110" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J110" s="5">
+        <v>41600</v>
+      </c>
+      <c r="K110" s="5">
+        <v>1440.5485608919878</v>
+      </c>
+      <c r="L110" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M110" s="4">
+        <v>2013687588.3260901</v>
+      </c>
+      <c r="N110" s="4">
+        <v>1397861.6500642099</v>
+      </c>
+      <c r="O110" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="P110" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="Q110" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R110" s="3" t="s">
         <v>569</v>
       </c>
-      <c r="H110" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="S110" s="3" t="s">
-        <v>578</v>
+        <v>317</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>3.441E-3</v>
+        <v>3.5769999999999999E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>580</v>
+        <v>571</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D111" s="4">
-        <v>192862</v>
+        <v>78907</v>
       </c>
       <c r="E111" s="5">
-        <v>42.98</v>
+        <v>41.494793000000001</v>
       </c>
       <c r="F111" s="4">
-        <v>8289208.7599999998</v>
+        <v>3274229.5917974999</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>569</v>
+        <v>102</v>
       </c>
       <c r="H111" s="3" t="s">
-        <v>581</v>
+        <v>64</v>
       </c>
       <c r="I111" s="3" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="J111" s="5">
-        <v>42.98</v>
+        <v>30.85</v>
       </c>
       <c r="K111" s="5">
-        <v>1</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L111" s="3" t="s">
-        <v>582</v>
+        <v>66</v>
       </c>
       <c r="M111" s="4">
-        <v>8289208.7599999998</v>
+        <v>2434280.9500000002</v>
       </c>
       <c r="N111" s="4">
-        <v>8289208.7599999998</v>
+        <v>3274229.5917974999</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>583</v>
+        <v>570</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>584</v>
+        <v>572</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>585</v>
+        <v>573</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>106</v>
+        <v>484</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>579</v>
+        <v>34</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>2.2508E-2</v>
+        <v>8.3800000000000003E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>586</v>
+        <v>574</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>587</v>
+        <v>575</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D112" s="4">
-        <v>314600</v>
+        <v>193111</v>
       </c>
       <c r="E112" s="5">
-        <v>3.3874439999999999</v>
+        <v>68.8</v>
       </c>
       <c r="F112" s="4">
-        <v>1065689.74096572</v>
+        <v>13286036.800000001</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>588</v>
+        <v>576</v>
       </c>
       <c r="H112" s="3" t="s">
-        <v>43</v>
+        <v>577</v>
       </c>
       <c r="I112" s="3" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="J112" s="5">
-        <v>18.04</v>
+        <v>68.8</v>
       </c>
       <c r="K112" s="5">
-        <v>5.3255500773988818</v>
+        <v>1</v>
       </c>
       <c r="L112" s="3" t="s">
-        <v>45</v>
+        <v>578</v>
       </c>
       <c r="M112" s="4">
-        <v>5675384.0824830001</v>
+        <v>13286036.800000001</v>
       </c>
       <c r="N112" s="4">
-        <v>1065689.74096572</v>
+        <v>13286036.800000001</v>
       </c>
       <c r="O112" s="3" t="s">
-        <v>586</v>
+        <v>579</v>
       </c>
       <c r="P112" s="3" t="s">
-        <v>589</v>
+        <v>580</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>590</v>
+        <v>581</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>394</v>
+        <v>107</v>
       </c>
       <c r="T112" s="4">
         <v>1</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>34</v>
+        <v>574</v>
       </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>2.8930000000000002E-3</v>
+        <v>3.4005000000000001E-2</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>591</v>
+        <v>582</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>592</v>
+        <v>583</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D113" s="4">
-        <v>28600</v>
+        <v>19451180</v>
       </c>
       <c r="E113" s="5">
-        <v>40.75</v>
+        <v>8.5700999999999999E-2</v>
       </c>
       <c r="F113" s="4">
-        <v>1165450</v>
+        <v>1666979.40009522</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>593</v>
+        <v>576</v>
       </c>
       <c r="H113" s="3" t="s">
-        <v>31</v>
+        <v>584</v>
       </c>
       <c r="I113" s="3" t="s">
-        <v>32</v>
+        <v>585</v>
       </c>
       <c r="J113" s="5">
-        <v>40.75</v>
+        <v>2.7</v>
       </c>
       <c r="K113" s="5">
-        <v>1</v>
+        <v>31.505003467125633</v>
       </c>
       <c r="L113" s="3" t="s">
-        <v>33</v>
+        <v>586</v>
       </c>
       <c r="M113" s="4">
-        <v>1165450</v>
+        <v>52518191.779625997</v>
       </c>
       <c r="N113" s="4">
-        <v>1165450</v>
+        <v>1666979.40009522</v>
       </c>
       <c r="O113" s="3" t="s">
-        <v>594</v>
+        <v>582</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>596</v>
+        <v>168</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="S113" s="3" t="s">
-        <v>146</v>
+        <v>589</v>
       </c>
       <c r="T113" s="4">
         <v>1</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>591</v>
+        <v>34</v>
       </c>
       <c r="X113" s="4">
         <v>0</v>
       </c>
       <c r="Y113" s="4">
         <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>3.1640000000000001E-3</v>
+        <v>4.2659999999999998E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D114" s="4">
-        <v>45000</v>
+        <v>1958</v>
       </c>
       <c r="E114" s="5">
-        <v>24.79</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="F114" s="4">
-        <v>1115550</v>
+        <v>1.9580000000000001E-3</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>593</v>
+        <v>576</v>
       </c>
       <c r="H114" s="3" t="s">
-        <v>31</v>
+        <v>430</v>
       </c>
       <c r="I114" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J114" s="5">
-        <v>24.79</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K114" s="5">
         <v>1</v>
       </c>
       <c r="L114" s="3" t="s">
-        <v>33</v>
+        <v>432</v>
       </c>
       <c r="M114" s="4">
-        <v>1115550</v>
+        <v>1.9580000000000001E-3</v>
       </c>
       <c r="N114" s="4">
-        <v>1115550</v>
+        <v>1.9580000000000001E-3</v>
       </c>
       <c r="O114" s="3" t="s">
-        <v>600</v>
+        <v>34</v>
       </c>
       <c r="P114" s="3" t="s">
-        <v>601</v>
+        <v>34</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>596</v>
+        <v>124</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>602</v>
+        <v>590</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>106</v>
+        <v>592</v>
       </c>
       <c r="T114" s="4">
         <v>1</v>
       </c>
       <c r="W114" s="3" t="s">
-        <v>598</v>
+        <v>34</v>
       </c>
       <c r="X114" s="4">
         <v>0</v>
       </c>
       <c r="Y114" s="4">
         <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>3.029E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>604</v>
+        <v>594</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>605</v>
+        <v>101</v>
       </c>
       <c r="D115" s="4">
-        <v>875000</v>
+        <v>1216578</v>
       </c>
       <c r="E115" s="5">
-        <v>99.944682999999998</v>
+        <v>3.4235139999999999</v>
       </c>
       <c r="F115" s="4">
-        <v>880925.06118682004</v>
+        <v>4164971.6282677101</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>606</v>
+        <v>595</v>
       </c>
       <c r="H115" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I115" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J115" s="5">
-        <v>99.944682999999998</v>
+        <v>18.760000000000002</v>
       </c>
       <c r="K115" s="5">
-        <v>1</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L115" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M115" s="4">
-        <v>880925.06118600001</v>
+        <v>22823002.917569999</v>
       </c>
       <c r="N115" s="4">
-        <v>880925.06118682004</v>
+        <v>4164971.6282677101</v>
       </c>
       <c r="O115" s="3" t="s">
-        <v>607</v>
+        <v>593</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>34</v>
+        <v>124</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="S115" s="3" t="s">
-        <v>39</v>
+        <v>399</v>
       </c>
       <c r="T115" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.0478362060000004</v>
+        <v>1</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>609</v>
+        <v>34</v>
       </c>
       <c r="X115" s="4">
-        <v>6409.0849368199997</v>
+        <v>0</v>
       </c>
       <c r="Y115" s="4">
-        <v>6409.0849360000002</v>
+        <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>2.392E-3</v>
+        <v>1.0659999999999999E-2</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>610</v>
+        <v>598</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>612</v>
+        <v>101</v>
       </c>
       <c r="D116" s="4">
-        <v>-429318.3</v>
+        <v>28600</v>
       </c>
       <c r="E116" s="5">
-        <v>1</v>
+        <v>39.78</v>
       </c>
       <c r="F116" s="4">
-        <v>-429318.3</v>
+        <v>1137708</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>613</v>
+        <v>600</v>
       </c>
       <c r="H116" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I116" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J116" s="5">
-        <v>1</v>
+        <v>39.78</v>
       </c>
       <c r="K116" s="5">
         <v>1</v>
       </c>
       <c r="L116" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M116" s="4">
-        <v>-429318.3</v>
+        <v>1137708</v>
       </c>
       <c r="N116" s="4">
-        <v>-429318.3</v>
+        <v>1137708</v>
       </c>
       <c r="O116" s="3" t="s">
-        <v>34</v>
+        <v>601</v>
       </c>
       <c r="P116" s="3" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="Q116" s="3" t="s">
-        <v>34</v>
+        <v>603</v>
       </c>
       <c r="R116" s="3" t="s">
-        <v>34</v>
+        <v>604</v>
       </c>
       <c r="S116" s="3" t="s">
-        <v>35</v>
+        <v>147</v>
       </c>
       <c r="T116" s="4">
         <v>1</v>
       </c>
       <c r="W116" s="3" t="s">
-        <v>34</v>
+        <v>598</v>
       </c>
       <c r="X116" s="4">
         <v>0</v>
       </c>
       <c r="Y116" s="4">
         <v>0</v>
       </c>
       <c r="Z116" s="6">
-        <v>-1.165E-3</v>
+        <v>2.911E-3</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>614</v>
+        <v>605</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>615</v>
+        <v>606</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>612</v>
+        <v>101</v>
       </c>
       <c r="D117" s="4">
-        <v>-388724.51</v>
+        <v>93664</v>
       </c>
       <c r="E117" s="5">
-        <v>1</v>
+        <v>23.69</v>
       </c>
       <c r="F117" s="4">
-        <v>-388724.51</v>
+        <v>2218900.16</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>613</v>
+        <v>600</v>
       </c>
       <c r="H117" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I117" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J117" s="5">
-        <v>1</v>
+        <v>23.69</v>
       </c>
       <c r="K117" s="5">
         <v>1</v>
       </c>
       <c r="L117" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M117" s="4">
-        <v>-388724.51</v>
+        <v>2218900.16</v>
       </c>
       <c r="N117" s="4">
-        <v>-388724.51</v>
+        <v>2218900.16</v>
       </c>
       <c r="O117" s="3" t="s">
-        <v>34</v>
+        <v>607</v>
       </c>
       <c r="P117" s="3" t="s">
-        <v>34</v>
+        <v>608</v>
       </c>
       <c r="Q117" s="3" t="s">
-        <v>34</v>
+        <v>603</v>
       </c>
       <c r="R117" s="3" t="s">
-        <v>34</v>
+        <v>609</v>
       </c>
       <c r="S117" s="3" t="s">
-        <v>35</v>
+        <v>107</v>
       </c>
       <c r="T117" s="4">
         <v>1</v>
       </c>
       <c r="W117" s="3" t="s">
-        <v>34</v>
+        <v>605</v>
       </c>
       <c r="X117" s="4">
         <v>0</v>
       </c>
       <c r="Y117" s="4">
         <v>0</v>
       </c>
       <c r="Z117" s="6">
-        <v>-1.0549999999999999E-3</v>
+        <v>5.679E-3</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>616</v>
+        <v>610</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>617</v>
+        <v>611</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="D118" s="4">
-        <v>5259971.0599999996</v>
+        <v>4800000</v>
       </c>
       <c r="E118" s="5">
-        <v>1</v>
+        <v>100.06995999999999</v>
       </c>
       <c r="F118" s="4">
-        <v>5259971.0599999996</v>
+        <v>4835840.6689074701</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>619</v>
+        <v>613</v>
       </c>
       <c r="H118" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I118" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J118" s="5">
-        <v>1</v>
+        <v>100.06995999999999</v>
       </c>
       <c r="K118" s="5">
         <v>1</v>
       </c>
       <c r="L118" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M118" s="4">
-        <v>5259971.0599999996</v>
+        <v>4835840.6689069998</v>
       </c>
       <c r="N118" s="4">
-        <v>5259971.0599999996</v>
+        <v>4835840.6689074701</v>
       </c>
       <c r="O118" s="3" t="s">
-        <v>34</v>
+        <v>614</v>
       </c>
       <c r="P118" s="3" t="s">
-        <v>34</v>
+        <v>615</v>
       </c>
       <c r="Q118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R118" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="S118" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="T118" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U118" s="2">
+        <v>46691</v>
+      </c>
+      <c r="V118" s="4">
+        <v>3.7619631170000001</v>
+      </c>
+      <c r="W118" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="X118" s="4">
+        <v>32482.588907469999</v>
+      </c>
+      <c r="Y118" s="4">
+        <v>32482.588907000001</v>
+      </c>
+      <c r="Z118" s="6">
+        <v>1.2377000000000001E-2</v>
+      </c>
+    </row>
+    <row r="119" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A119" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="C119" s="3" t="s">
         <v>620</v>
       </c>
-      <c r="R118" s="3" t="s">
-[...18 lines deleted...]
-        <v>1.4283000000000001E-2</v>
+      <c r="D119" s="4">
+        <v>-463475.01</v>
+      </c>
+      <c r="E119" s="5">
+        <v>1</v>
+      </c>
+      <c r="F119" s="4">
+        <v>-463475.01</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J119" s="5">
+        <v>1</v>
+      </c>
+      <c r="K119" s="5">
+        <v>1</v>
+      </c>
+      <c r="L119" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M119" s="4">
+        <v>-463475.01</v>
+      </c>
+      <c r="N119" s="4">
+        <v>-463475.01</v>
+      </c>
+      <c r="O119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P119" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="Q119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S119" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T119" s="4">
+        <v>1</v>
+      </c>
+      <c r="W119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X119" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y119" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z119" s="6">
+        <v>-1.186E-3</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="D120" s="4">
+        <v>-493355.99</v>
+      </c>
+      <c r="E120" s="5">
+        <v>1</v>
+      </c>
+      <c r="F120" s="4">
+        <v>-493355.99</v>
+      </c>
+      <c r="G120" s="3" t="s">
         <v>621</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I120" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J120" s="5">
+        <v>1</v>
+      </c>
+      <c r="K120" s="5">
+        <v>1</v>
+      </c>
+      <c r="L120" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M120" s="4">
+        <v>-493355.99</v>
+      </c>
+      <c r="N120" s="4">
+        <v>-493355.99</v>
+      </c>
+      <c r="O120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S120" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T120" s="4">
+        <v>1</v>
+      </c>
+      <c r="W120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X120" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y120" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z120" s="6">
+        <v>-1.2620000000000001E-3</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>622</v>
-[...4 lines deleted...]
-        <v>623</v>
+        <v>624</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="D121" s="4">
+        <v>2635012.63</v>
+      </c>
+      <c r="E121" s="5">
+        <v>1</v>
+      </c>
+      <c r="F121" s="4">
+        <v>2635012.63</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="H121" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I121" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J121" s="5">
+        <v>1</v>
+      </c>
+      <c r="K121" s="5">
+        <v>1</v>
+      </c>
+      <c r="L121" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M121" s="4">
+        <v>2635012.63</v>
+      </c>
+      <c r="N121" s="4">
+        <v>2635012.63</v>
+      </c>
+      <c r="O121" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P121" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q121" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="R121" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="S121" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="T121" s="4">
+        <v>1</v>
+      </c>
+      <c r="W121" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X121" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y121" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z121" s="6">
+        <v>6.744E-3</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>626</v>
+        <v>631</v>
+      </c>
+    </row>
+    <row r="126" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A126" s="3" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="127" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A127" s="3" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="128" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A128" s="3" t="s">
+        <v>634</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>September</vt:lpstr>
+      <vt:lpstr>December</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>