--- v0 (2025-10-06)
+++ v1 (2025-11-17)
@@ -1,82 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_06\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C3882A22-FF72-49BC-8F26-0B345C0E82EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4CC97B93-430E-456F-BCA6-DD816AA086CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="780" yWindow="780" windowWidth="11520" windowHeight="8325" xr2:uid="{C8BF3054-13B1-4C34-805C-4462EFE9679B}"/>
+    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{3247706A-1957-4357-AE3C-B987E4B4D945}"/>
   </bookViews>
   <sheets>
-    <sheet name="June" sheetId="1" r:id="rId1"/>
+    <sheet name="September" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1437" uniqueCount="594">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1476" uniqueCount="615">
   <si>
     <t>GMO Climate Change Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -175,1361 +178,1382 @@
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>BRL</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>CADTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CAD)</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CAD</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
-    <t>CHFTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (CHF)</t>
+    <t>DKKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (DKK)</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>DKK</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>EURTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (EUR)</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>EU</t>
+  </si>
+  <si>
+    <t>JPYTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (JPY)</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>KRWTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (KRW)</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>KRW</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>MYRTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (MYR)</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>MYR</t>
+  </si>
+  <si>
+    <t>MY</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>001084102</t>
+  </si>
+  <si>
+    <t>Agco Corp</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2010278</t>
+  </si>
+  <si>
+    <t>AGCO</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US0010841023</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>00770K202</t>
+  </si>
+  <si>
+    <t>Aemetis Inc</t>
+  </si>
+  <si>
+    <t>B9KR326</t>
+  </si>
+  <si>
+    <t>AMTX</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>US00770K2024</t>
+  </si>
+  <si>
+    <t>XNMS</t>
+  </si>
+  <si>
+    <t>00790R104</t>
+  </si>
+  <si>
+    <t>Advanced Drainage Systems In</t>
+  </si>
+  <si>
+    <t>BP7RS59</t>
+  </si>
+  <si>
+    <t>WMS</t>
+  </si>
+  <si>
+    <t>US00790R1041</t>
+  </si>
+  <si>
+    <t>012653101</t>
+  </si>
+  <si>
+    <t>Albemarle Corp</t>
+  </si>
+  <si>
+    <t>2046853</t>
+  </si>
+  <si>
+    <t>ALB</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>US0126531013</t>
+  </si>
+  <si>
+    <t>013872106</t>
+  </si>
+  <si>
+    <t>Alcoa Corp</t>
+  </si>
+  <si>
+    <t>BYNF418</t>
+  </si>
+  <si>
+    <t>AA</t>
+  </si>
+  <si>
+    <t>US0138721065</t>
+  </si>
+  <si>
+    <t>02361E108</t>
+  </si>
+  <si>
+    <t>Ameresco Inc-Cl A</t>
+  </si>
+  <si>
+    <t>B3SWPT2</t>
+  </si>
+  <si>
+    <t>AMRC</t>
+  </si>
+  <si>
+    <t>US02361E1082</t>
+  </si>
+  <si>
+    <t>04271T100</t>
+  </si>
+  <si>
+    <t>Array Technologies Inc</t>
+  </si>
+  <si>
+    <t>BLBLMD5</t>
+  </si>
+  <si>
+    <t>ARRY</t>
+  </si>
+  <si>
+    <t>US04271T1007</t>
+  </si>
+  <si>
+    <t>054540208</t>
+  </si>
+  <si>
+    <t>Axcelis Technologies Inc</t>
+  </si>
+  <si>
+    <t>BD420Q8</t>
+  </si>
+  <si>
+    <t>ACLS</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0545402085</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>099724106</t>
+  </si>
+  <si>
+    <t>Borgwarner Inc</t>
+  </si>
+  <si>
+    <t>2111955</t>
+  </si>
+  <si>
+    <t>BWA</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0997241064</t>
+  </si>
+  <si>
+    <t>14448C104</t>
+  </si>
+  <si>
+    <t>Carrier Global Corp</t>
+  </si>
+  <si>
+    <t>BK4N0D7</t>
+  </si>
+  <si>
+    <t>CARR</t>
+  </si>
+  <si>
+    <t>US14448C1045</t>
+  </si>
+  <si>
+    <t>184499101</t>
+  </si>
+  <si>
+    <t>Clean Energy Fuels Corp</t>
+  </si>
+  <si>
+    <t>B1Y1PC2</t>
+  </si>
+  <si>
+    <t>CLNE</t>
+  </si>
+  <si>
+    <t>US1844991018</t>
+  </si>
+  <si>
+    <t>209115104</t>
+  </si>
+  <si>
+    <t>Consolidated Edison Inc</t>
+  </si>
+  <si>
+    <t>2216850</t>
+  </si>
+  <si>
+    <t>ED</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>US2091151041</t>
+  </si>
+  <si>
+    <t>22052L104</t>
+  </si>
+  <si>
+    <t>Corteva Inc</t>
+  </si>
+  <si>
+    <t>BK73B42</t>
+  </si>
+  <si>
+    <t>CTVA</t>
+  </si>
+  <si>
+    <t>US22052L1044</t>
+  </si>
+  <si>
+    <t>2347608</t>
+  </si>
+  <si>
+    <t>First Quantum Minerals Ltd</t>
+  </si>
+  <si>
+    <t>FM</t>
+  </si>
+  <si>
+    <t>CA3359341052</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>335934105</t>
+  </si>
+  <si>
+    <t>237266101</t>
+  </si>
+  <si>
+    <t>Darling Ingredients Inc</t>
+  </si>
+  <si>
+    <t>2250289</t>
+  </si>
+  <si>
+    <t>DAR</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>US2372661015</t>
+  </si>
+  <si>
+    <t>244199105</t>
+  </si>
+  <si>
+    <t>Deere &amp; Co</t>
+  </si>
+  <si>
+    <t>2261203</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>US2441991054</t>
+  </si>
+  <si>
+    <t>281020107</t>
+  </si>
+  <si>
+    <t>Edison International</t>
+  </si>
+  <si>
+    <t>2829515</t>
+  </si>
+  <si>
+    <t>EIX</t>
+  </si>
+  <si>
+    <t>US2810201077</t>
+  </si>
+  <si>
+    <t>29275Y102</t>
+  </si>
+  <si>
+    <t>Enersys</t>
+  </si>
+  <si>
+    <t>B020GQ5</t>
+  </si>
+  <si>
+    <t>ENS</t>
+  </si>
+  <si>
+    <t>US29275Y1029</t>
+  </si>
+  <si>
+    <t>30161N101</t>
+  </si>
+  <si>
+    <t>Exelon Corp</t>
+  </si>
+  <si>
+    <t>2670519</t>
+  </si>
+  <si>
+    <t>EXC</t>
+  </si>
+  <si>
+    <t>US30161N1019</t>
+  </si>
+  <si>
+    <t>336433107</t>
+  </si>
+  <si>
+    <t>First Solar Inc</t>
+  </si>
+  <si>
+    <t>B1HMF22</t>
+  </si>
+  <si>
+    <t>FSLR</t>
+  </si>
+  <si>
+    <t>US3364331070</t>
+  </si>
+  <si>
+    <t>35671D857</t>
+  </si>
+  <si>
+    <t>Freeport-Mcmoran Inc</t>
+  </si>
+  <si>
+    <t>2352118</t>
+  </si>
+  <si>
+    <t>FCX</t>
+  </si>
+  <si>
+    <t>US35671D8570</t>
+  </si>
+  <si>
+    <t>374396406</t>
+  </si>
+  <si>
+    <t>Gevo Inc</t>
+  </si>
+  <si>
+    <t>BGDLVV9</t>
+  </si>
+  <si>
+    <t>GEVO</t>
+  </si>
+  <si>
+    <t>US3743964062</t>
+  </si>
+  <si>
+    <t>XNCM</t>
+  </si>
+  <si>
+    <t>384313607</t>
+  </si>
+  <si>
+    <t>Graftech International Ltd</t>
+  </si>
+  <si>
+    <t>BV6G2Q8</t>
+  </si>
+  <si>
+    <t>EAF</t>
+  </si>
+  <si>
+    <t>US3843136074</t>
+  </si>
+  <si>
+    <t>393222104</t>
+  </si>
+  <si>
+    <t>Green Plains Inc</t>
+  </si>
+  <si>
+    <t>B11FJD6</t>
+  </si>
+  <si>
+    <t>GPRE</t>
+  </si>
+  <si>
+    <t>US3932221043</t>
+  </si>
+  <si>
+    <t>4031879</t>
+  </si>
+  <si>
+    <t>Veolia Environnement</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>VIE</t>
+  </si>
+  <si>
+    <t>FR0000124141</t>
+  </si>
+  <si>
+    <t>XPAR</t>
+  </si>
+  <si>
+    <t>4103596</t>
+  </si>
+  <si>
+    <t>Edp Sa</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>EDP</t>
+  </si>
+  <si>
+    <t>PTEDP0AM0009</t>
+  </si>
+  <si>
+    <t>XLIS</t>
+  </si>
+  <si>
+    <t>443510607</t>
+  </si>
+  <si>
+    <t>Hubbell Inc</t>
+  </si>
+  <si>
+    <t>BDFG6S3</t>
+  </si>
+  <si>
+    <t>HUBB</t>
+  </si>
+  <si>
+    <t>US4435106079</t>
+  </si>
+  <si>
+    <t>4491235</t>
+  </si>
+  <si>
+    <t>Kingspan Group Plc</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>IE</t>
+  </si>
+  <si>
+    <t>KSP</t>
+  </si>
+  <si>
+    <t>IE0004927939</t>
+  </si>
+  <si>
+    <t>XDUB</t>
+  </si>
+  <si>
+    <t>4513612</t>
+  </si>
+  <si>
+    <t>Kemira Oyj</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>KEMIRA</t>
+  </si>
+  <si>
+    <t>FI0009004824</t>
+  </si>
+  <si>
+    <t>XHEL</t>
+  </si>
+  <si>
+    <t>465741106</t>
+  </si>
+  <si>
+    <t>Itron Inc</t>
+  </si>
+  <si>
+    <t>2471949</t>
+  </si>
+  <si>
+    <t>ITRI</t>
+  </si>
+  <si>
+    <t>US4657411066</t>
+  </si>
+  <si>
+    <t>4834108</t>
+  </si>
+  <si>
+    <t>Schneider Electric Se</t>
+  </si>
+  <si>
+    <t>SU</t>
+  </si>
+  <si>
+    <t>FR0000121972</t>
+  </si>
+  <si>
+    <t>4942904</t>
+  </si>
+  <si>
+    <t>E.on Se</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>EOAN</t>
+  </si>
+  <si>
+    <t>DE000ENAG999</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
+    <t>5271782</t>
+  </si>
+  <si>
+    <t>Endesa Sa</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>ELE</t>
+  </si>
+  <si>
+    <t>ES0130670112</t>
+  </si>
+  <si>
+    <t>XMAD</t>
+  </si>
+  <si>
+    <t>5337093</t>
+  </si>
+  <si>
+    <t>Erg Spa</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>ERG</t>
+  </si>
+  <si>
+    <t>IT0001157020</t>
+  </si>
+  <si>
+    <t>MTAA</t>
+  </si>
+  <si>
+    <t>5579107</t>
+  </si>
+  <si>
+    <t>Acciona Sa</t>
+  </si>
+  <si>
+    <t>ANA</t>
+  </si>
+  <si>
+    <t>ES0125220311</t>
+  </si>
+  <si>
+    <t>5769209</t>
+  </si>
+  <si>
+    <t>Arcadis Nv</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>ARCAD</t>
+  </si>
+  <si>
+    <t>NL0006237562</t>
+  </si>
+  <si>
+    <t>XAMS</t>
+  </si>
+  <si>
+    <t>5889505</t>
+  </si>
+  <si>
+    <t>Infineon Technologies Ag</t>
+  </si>
+  <si>
+    <t>IFX</t>
+  </si>
+  <si>
+    <t>DE0006231004</t>
+  </si>
+  <si>
+    <t>5962343</t>
+  </si>
+  <si>
+    <t>Stmicroelectronics Nv</t>
+  </si>
+  <si>
+    <t>STMMI</t>
+  </si>
+  <si>
+    <t>NL0000226223</t>
+  </si>
+  <si>
+    <t>6250724</t>
+  </si>
+  <si>
+    <t>Daikin Industries Ltd</t>
+  </si>
+  <si>
+    <t>6367</t>
+  </si>
+  <si>
+    <t>JP3481800005</t>
+  </si>
+  <si>
+    <t>XTKS</t>
+  </si>
+  <si>
+    <t>6346913</t>
+  </si>
+  <si>
+    <t>Lg Chem Ltd</t>
+  </si>
+  <si>
+    <t>051910</t>
+  </si>
+  <si>
+    <t>KR7051910008</t>
+  </si>
+  <si>
+    <t>XKRX</t>
+  </si>
+  <si>
+    <t>6439567</t>
+  </si>
+  <si>
+    <t>Igo Ltd</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>AUD</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>IGO</t>
+  </si>
+  <si>
+    <t>AU000000IGO4</t>
+  </si>
+  <si>
+    <t>XASX</t>
+  </si>
+  <si>
+    <t>6483489</t>
+  </si>
+  <si>
+    <t>Kansai Electric Power Co Inc</t>
+  </si>
+  <si>
+    <t>9503</t>
+  </si>
+  <si>
+    <t>JP3228600007</t>
+  </si>
+  <si>
+    <t>65290E101</t>
+  </si>
+  <si>
+    <t>Nextracker Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BR1GTS6</t>
+  </si>
+  <si>
+    <t>NXT</t>
+  </si>
+  <si>
+    <t>US65290E1010</t>
+  </si>
+  <si>
+    <t>6635677</t>
+  </si>
+  <si>
+    <t>Renesas Electronics Corp</t>
+  </si>
+  <si>
+    <t>6723</t>
+  </si>
+  <si>
+    <t>JP3164720009</t>
+  </si>
+  <si>
+    <t>6744250</t>
+  </si>
+  <si>
+    <t>Gs Yuasa Corp</t>
+  </si>
+  <si>
+    <t>6674</t>
+  </si>
+  <si>
+    <t>JP3385820000</t>
+  </si>
+  <si>
+    <t>6771645</t>
+  </si>
+  <si>
+    <t>Samsung Sdi Co Ltd</t>
+  </si>
+  <si>
+    <t>006400</t>
+  </si>
+  <si>
+    <t>KR7006400006</t>
+  </si>
+  <si>
+    <t>682189105</t>
+  </si>
+  <si>
+    <t>On Semiconductor</t>
+  </si>
+  <si>
+    <t>2583576</t>
+  </si>
+  <si>
+    <t>ON</t>
+  </si>
+  <si>
+    <t>US6821891057</t>
+  </si>
+  <si>
+    <t>686688102</t>
+  </si>
+  <si>
+    <t>Ormat Technologies Inc</t>
+  </si>
+  <si>
+    <t>B03L311</t>
+  </si>
+  <si>
+    <t>ORA</t>
+  </si>
+  <si>
+    <t>US6866881021</t>
+  </si>
+  <si>
+    <t>690742101</t>
+  </si>
+  <si>
+    <t>Owens Corning</t>
+  </si>
+  <si>
+    <t>B1FW7Q2</t>
+  </si>
+  <si>
+    <t>OC</t>
+  </si>
+  <si>
+    <t>US6907421019</t>
+  </si>
+  <si>
+    <t>6986427</t>
+  </si>
+  <si>
+    <t>Yokogawa Electric Corp</t>
+  </si>
+  <si>
+    <t>6841</t>
+  </si>
+  <si>
+    <t>JP3955000009</t>
+  </si>
+  <si>
+    <t>7130836</t>
+  </si>
+  <si>
+    <t>Nexans Sa</t>
+  </si>
+  <si>
+    <t>NEX</t>
+  </si>
+  <si>
+    <t>FR0000044448</t>
+  </si>
+  <si>
+    <t>83417M104</t>
+  </si>
+  <si>
+    <t>Solaredge Technologies Inc</t>
+  </si>
+  <si>
+    <t>BWC52Q6</t>
+  </si>
+  <si>
+    <t>SEDG</t>
+  </si>
+  <si>
+    <t>US83417M1045</t>
+  </si>
+  <si>
+    <t>86771W105</t>
+  </si>
+  <si>
+    <t>Sunrun Inc</t>
+  </si>
+  <si>
+    <t>BYXB1Y8</t>
+  </si>
+  <si>
+    <t>RUN</t>
+  </si>
+  <si>
+    <t>US86771W1053</t>
+  </si>
+  <si>
+    <t>920253101</t>
+  </si>
+  <si>
+    <t>Valmont Industries</t>
+  </si>
+  <si>
+    <t>2926825</t>
+  </si>
+  <si>
+    <t>VMI</t>
+  </si>
+  <si>
+    <t>US9202531011</t>
+  </si>
+  <si>
+    <t>B02GKC7</t>
+  </si>
+  <si>
+    <t>Suzano Sa</t>
+  </si>
+  <si>
+    <t>SUZB3</t>
+  </si>
+  <si>
+    <t>BRSUZBACNOR0</t>
+  </si>
+  <si>
+    <t>BVMF</t>
+  </si>
+  <si>
+    <t>B02L486</t>
+  </si>
+  <si>
+    <t>Mowi Asa</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>MOWI</t>
+  </si>
+  <si>
+    <t>NO0003054108</t>
+  </si>
+  <si>
+    <t>XOSL</t>
+  </si>
+  <si>
+    <t>B06YV46</t>
+  </si>
+  <si>
+    <t>Neste OYJ</t>
+  </si>
+  <si>
+    <t>NESTE</t>
+  </si>
+  <si>
+    <t>FI0009013296</t>
+  </si>
+  <si>
+    <t>B0DJ8Q5</t>
+  </si>
+  <si>
+    <t>Alstom</t>
+  </si>
+  <si>
+    <t>ALO</t>
+  </si>
+  <si>
+    <t>FR0010220475</t>
+  </si>
+  <si>
+    <t>B16MKT5</t>
+  </si>
+  <si>
+    <t>Austevoll Seafood Asa</t>
+  </si>
+  <si>
+    <t>AUSS</t>
+  </si>
+  <si>
+    <t>NO0010073489</t>
+  </si>
+  <si>
+    <t>B1VRCG6</t>
+  </si>
+  <si>
+    <t>Cmoc Group Ltd-H</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>3993</t>
+  </si>
+  <si>
+    <t>CNE100000114</t>
+  </si>
+  <si>
+    <t>XHKG</t>
+  </si>
+  <si>
+    <t>B1W4V69</t>
+  </si>
+  <si>
+    <t>Prysmian Spa</t>
+  </si>
+  <si>
+    <t>PRY</t>
+  </si>
+  <si>
+    <t>IT0004176001</t>
+  </si>
+  <si>
+    <t>B288C92</t>
+  </si>
+  <si>
+    <t>Iberdrola Sa</t>
+  </si>
+  <si>
+    <t>IBE</t>
+  </si>
+  <si>
+    <t>ES0144580Y14</t>
+  </si>
+  <si>
+    <t>B28ZQ24</t>
+  </si>
+  <si>
+    <t>Kernel Holding Sa</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>PLN</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>KER</t>
+  </si>
+  <si>
+    <t>LU0327357389</t>
+  </si>
+  <si>
+    <t>XWAR</t>
+  </si>
+  <si>
+    <t>B3ZQM29</t>
+  </si>
+  <si>
+    <t>Phosagro Pjsc</t>
+  </si>
+  <si>
+    <t>Russian Federation</t>
+  </si>
+  <si>
+    <t>RUB</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>PHOR</t>
+  </si>
+  <si>
+    <t>RU000A0JRKT8</t>
+  </si>
+  <si>
+    <t>MISX</t>
+  </si>
+  <si>
+    <t>B59GZJ7</t>
+  </si>
+  <si>
+    <t>Goldwind Science&amp;technolog-H</t>
+  </si>
+  <si>
+    <t>2208</t>
+  </si>
+  <si>
+    <t>CNE100000PP1</t>
+  </si>
+  <si>
+    <t>B5B1TX2</t>
+  </si>
+  <si>
+    <t>Mmc Norilsk Nickel Pjsc</t>
+  </si>
+  <si>
+    <t>GMKN</t>
+  </si>
+  <si>
+    <t>RU0007288411</t>
+  </si>
+  <si>
+    <t>B6632T7</t>
+  </si>
+  <si>
+    <t>Bakkafrost P/F</t>
+  </si>
+  <si>
+    <t>BAKKA</t>
+  </si>
+  <si>
+    <t>FO0000000179</t>
+  </si>
+  <si>
+    <t>B68XHC3</t>
+  </si>
+  <si>
+    <t>Northland Power Inc</t>
+  </si>
+  <si>
+    <t>NPI</t>
+  </si>
+  <si>
+    <t>CA6665111002</t>
+  </si>
+  <si>
+    <t>666511100</t>
+  </si>
+  <si>
+    <t>B987K72</t>
+  </si>
+  <si>
+    <t>Nexgen Energy Ltd</t>
+  </si>
+  <si>
+    <t>NXE</t>
+  </si>
+  <si>
+    <t>CA65340P1062</t>
+  </si>
+  <si>
+    <t>65340P106</t>
+  </si>
+  <si>
+    <t>BD2P9X9</t>
+  </si>
+  <si>
+    <t>Knorr-Bremse Ag</t>
+  </si>
+  <si>
+    <t>KBX</t>
+  </si>
+  <si>
+    <t>DE000KBX1006</t>
+  </si>
+  <si>
+    <t>BD5LQM2</t>
+  </si>
+  <si>
+    <t>Cecep Solar Energy Co Lt-A</t>
+  </si>
+  <si>
+    <t>CNY</t>
+  </si>
+  <si>
+    <t>000591</t>
+  </si>
+  <si>
+    <t>CNE0000000K1</t>
+  </si>
+  <si>
+    <t>XSEC</t>
+  </si>
+  <si>
+    <t>BD6FXN3</t>
+  </si>
+  <si>
+    <t>Redeia Corp Sa</t>
+  </si>
+  <si>
+    <t>RED</t>
+  </si>
+  <si>
+    <t>ES0173093024</t>
+  </si>
+  <si>
+    <t>BD73C40</t>
+  </si>
+  <si>
+    <t>Ivanhoe Mines Ltd-Cl A</t>
+  </si>
+  <si>
+    <t>IVN</t>
+  </si>
+  <si>
+    <t>CA46579R1047</t>
+  </si>
+  <si>
+    <t>46579R104</t>
+  </si>
+  <si>
+    <t>BDC5ST8</t>
+  </si>
+  <si>
+    <t>Valeo</t>
+  </si>
+  <si>
+    <t>FR0013176526</t>
+  </si>
+  <si>
+    <t>BDR05C0</t>
+  </si>
+  <si>
+    <t>National Grid Plc</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>NG/</t>
+  </si>
+  <si>
+    <t>GB00BDR05C01</t>
+  </si>
+  <si>
+    <t>XLON</t>
+  </si>
+  <si>
+    <t>BF41XY8</t>
+  </si>
+  <si>
+    <t>Landis   Gyr Group Ag</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>EURTCash</t>
-[...347 lines deleted...]
-    <t>Grupo Mexico Sab De Cv-Ser B</t>
+    <t>LAND</t>
+  </si>
+  <si>
+    <t>CH0371153492</t>
+  </si>
+  <si>
+    <t>XSWX</t>
+  </si>
+  <si>
+    <t>BH3T8K8</t>
+  </si>
+  <si>
+    <t>Orbia Advance Corp Sab De Cv</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>MXN</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
-    <t>GMEXICOB</t>
-[...2 lines deleted...]
-    <t>MXP370841019</t>
+    <t>ORBIA*</t>
+  </si>
+  <si>
+    <t>MX01OR010004</t>
   </si>
   <si>
     <t>XMEX</t>
   </si>
   <si>
-    <t>281020107</t>
-[...925 lines deleted...]
-  <si>
     <t>BJF8Q36</t>
   </si>
   <si>
     <t>Greenlane Renewables Inc</t>
   </si>
   <si>
     <t>GRN</t>
   </si>
   <si>
     <t>CA3953321096</t>
   </si>
   <si>
     <t>395332109</t>
   </si>
   <si>
     <t>BK9ZQ96</t>
   </si>
   <si>
     <t>Trane Technologies Plc</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>IE00BK9ZQ967</t>
@@ -1576,77 +1600,80 @@
   <si>
     <t>BLS09M3</t>
   </si>
   <si>
     <t>Pentair Plc</t>
   </si>
   <si>
     <t>PNR</t>
   </si>
   <si>
     <t>IE00BLS09M33</t>
   </si>
   <si>
     <t>BMHRMH8</t>
   </si>
   <si>
     <t>Waga Energy Sa</t>
   </si>
   <si>
     <t>WAGA</t>
   </si>
   <si>
     <t>FR0012532810</t>
   </si>
   <si>
+    <t>BMYDHR4</t>
+  </si>
+  <si>
+    <t>Cadeler A/S</t>
+  </si>
+  <si>
+    <t>CADLR</t>
+  </si>
+  <si>
+    <t>DK0061412772</t>
+  </si>
+  <si>
     <t>BN4MX14</t>
   </si>
   <si>
     <t>Sunrise Energy Metals Ltd</t>
   </si>
   <si>
     <t>SRL</t>
   </si>
   <si>
     <t>AU0000143729</t>
   </si>
   <si>
     <t>BN4MYF5</t>
   </si>
   <si>
     <t>Vestas Wind Systems A/S</t>
   </si>
   <si>
-    <t>Denmark</t>
-[...7 lines deleted...]
-  <si>
     <t>VWS</t>
   </si>
   <si>
     <t>DK0061539921</t>
   </si>
   <si>
     <t>XCSE</t>
   </si>
   <si>
     <t>BP3R5T6</t>
   </si>
   <si>
     <t>Yutong Bus Co Ltd-A</t>
   </si>
   <si>
     <t>600066</t>
   </si>
   <si>
     <t>CNE000000PY4</t>
   </si>
   <si>
     <t>XSSC</t>
   </si>
   <si>
     <t>BRBK3M0</t>
@@ -1690,69 +1717,108 @@
   <si>
     <t>BSPBZK8</t>
   </si>
   <si>
     <t>Cs Wind Corp</t>
   </si>
   <si>
     <t>112610</t>
   </si>
   <si>
     <t>KR7112610001</t>
   </si>
   <si>
     <t>US71922G4073</t>
   </si>
   <si>
     <t>Phosagro Reg S Blocked Gdrs</t>
   </si>
   <si>
     <t>Depository Receipt/Share</t>
   </si>
   <si>
     <t>OOTC</t>
   </si>
   <si>
+    <t>B9L4K92</t>
+  </si>
+  <si>
+    <t>Energy Absolute Pcl-Nvdr</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>THB</t>
+  </si>
+  <si>
+    <t>TH</t>
+  </si>
+  <si>
+    <t>EA-R</t>
+  </si>
+  <si>
+    <t>TH3545010R19</t>
+  </si>
+  <si>
+    <t>XBKK</t>
+  </si>
+  <si>
     <t>833635105</t>
   </si>
   <si>
     <t>Quimica Y Minera Chil-Sp Adr</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>2771122</t>
   </si>
   <si>
     <t>SQM</t>
   </si>
   <si>
     <t>US8336351056</t>
+  </si>
+  <si>
+    <t>BJ0K6Z9</t>
+  </si>
+  <si>
+    <t>Klabin Sa - Unit</t>
+  </si>
+  <si>
+    <t>Equity Unit</t>
+  </si>
+  <si>
+    <t>KLBN11</t>
+  </si>
+  <si>
+    <t>BRKLBNCDAM18</t>
   </si>
   <si>
     <t>737630103</t>
   </si>
   <si>
     <t>Potlatchdeltic Corp</t>
   </si>
   <si>
     <t>Real Estate Investment Trust (REIT)</t>
   </si>
   <si>
     <t>B0XXJN1</t>
   </si>
   <si>
     <t>PCH</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>US7376301039</t>
   </si>
   <si>
     <t>962166104</t>
   </si>
@@ -2209,92 +2275,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31E66408-7654-4610-9814-A94FA2E76DDE}">
-  <dimension ref="A1:Z118"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{046CD37D-6D7C-4EF3-A348-6C13001B6FFD}">
+  <dimension ref="A1:Z121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45838</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -2344,8077 +2410,8299 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>161789.69</v>
+        <v>151458.19</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>161789.69</v>
+        <v>151458.19</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>161789.69</v>
+        <v>151458.19</v>
       </c>
       <c r="N4" s="4">
-        <v>161789.69</v>
+        <v>151458.19</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>3.8900000000000002E-4</v>
+        <v>3.2000000000000003E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="E5" s="5">
-        <v>0.183222</v>
+        <v>0.187774</v>
       </c>
       <c r="F5" s="4">
-        <v>1.8322200000000001E-3</v>
+        <v>3.7554799999999998E-3</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>5.4578500338905203</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>9.9989999999999992E-3</v>
+        <v>1.9998999999999999E-2</v>
       </c>
       <c r="N5" s="4">
-        <v>1.8322200000000001E-3</v>
+        <v>3.7554799999999998E-3</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
         <v>10676</v>
       </c>
       <c r="E6" s="5">
-        <v>0.73286899999999999</v>
+        <v>0.71870100000000003</v>
       </c>
       <c r="F6" s="4">
-        <v>7824.1113961199999</v>
+        <v>7672.84749173</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>10676.000040999999</v>
+        <v>10675.99999</v>
       </c>
       <c r="N6" s="4">
-        <v>7824.1113961199999</v>
+        <v>7672.84749173</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>1.8E-5</v>
+        <v>1.5999999999999999E-5</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>53742.95</v>
+        <v>42066.77</v>
       </c>
       <c r="E7" s="5">
-        <v>1.256281</v>
+        <v>0.157411</v>
       </c>
       <c r="F7" s="4">
-        <v>67516.268844220001</v>
+        <v>6621.7683541099996</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.79599999812144007</v>
+        <v>6.3527998154638716</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>53742.949872999998</v>
+        <v>42066.768777999998</v>
       </c>
       <c r="N7" s="4">
-        <v>67516.268844220001</v>
+        <v>6621.7683541099996</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>1.6200000000000001E-4</v>
+        <v>1.4E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>66423.81</v>
+        <v>10099.67</v>
       </c>
       <c r="E8" s="5">
-        <v>1.1738500000000001</v>
+        <v>1.175</v>
       </c>
       <c r="F8" s="4">
-        <v>77971.589368500005</v>
+        <v>11867.11225</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>66423.81</v>
+        <v>10099.67</v>
       </c>
       <c r="N8" s="4">
-        <v>77971.589368500005</v>
+        <v>11867.11225</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>1.8699999999999999E-4</v>
+        <v>2.5000000000000001E-5</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>61814.65</v>
+        <v>14151510</v>
       </c>
       <c r="E9" s="5">
-        <v>1.37035</v>
+        <v>6.7710000000000001E-3</v>
       </c>
       <c r="F9" s="4">
-        <v>84707.705627500007</v>
+        <v>95822.256830419996</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>0.72974057722479657</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>61814.65</v>
+        <v>14151506.583118999</v>
       </c>
       <c r="N9" s="4">
-        <v>84707.705627500007</v>
+        <v>95822.256830419996</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>2.03E-4</v>
+        <v>2.02E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>271648.78000000003</v>
+        <v>1248</v>
       </c>
       <c r="E10" s="5">
-        <v>0.127389</v>
+        <v>7.1299999999999998E-4</v>
       </c>
       <c r="F10" s="4">
-        <v>34604.94012739</v>
+        <v>0.88949075</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>7.8499996938500116</v>
+        <v>1403.0558556536134</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>271648.76940500003</v>
+        <v>1248.0052049999999</v>
       </c>
       <c r="N10" s="4">
-        <v>34604.94012739</v>
+        <v>0.88949075</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>8.2999999999999998E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>14683050</v>
+        <v>4.03</v>
       </c>
       <c r="E11" s="5">
-        <v>6.9230000000000003E-3</v>
+        <v>0.23761399999999999</v>
       </c>
       <c r="F11" s="4">
-        <v>101651.4936481</v>
+        <v>0.95758584000000002</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>144.44500617502399</v>
+        <v>4.2085000337732126</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>14683050.627699999</v>
+        <v>4.03</v>
       </c>
       <c r="N11" s="4">
-        <v>101651.4936481</v>
+        <v>0.95758584000000002</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>2.4399999999999999E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>1248</v>
+        <v>-2375795.39</v>
       </c>
       <c r="E12" s="5">
-        <v>7.4100000000000001E-4</v>
+        <v>1</v>
       </c>
       <c r="F12" s="4">
-        <v>0.92471844000000003</v>
+        <v>-2375795.39</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>75</v>
+        <v>32</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>1349.600518246599</v>
+        <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>1248.000485</v>
+        <v>-2375795.39</v>
       </c>
       <c r="N12" s="4">
-        <v>0.92471844000000003</v>
+        <v>-2375795.39</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>0</v>
+        <v>-5.0280000000000004E-3</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" s="4">
+        <v>48061</v>
+      </c>
+      <c r="E13" s="5">
+        <v>107.07</v>
+      </c>
+      <c r="F13" s="4">
+        <v>5145891.2699999996</v>
+      </c>
+      <c r="G13" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="H13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J13" s="5">
+        <v>107.07</v>
+      </c>
+      <c r="K13" s="5">
+        <v>1</v>
+      </c>
+      <c r="L13" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M13" s="4">
+        <v>5145891.2699999996</v>
+      </c>
+      <c r="N13" s="4">
+        <v>5145891.2699999996</v>
+      </c>
+      <c r="O13" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="C13" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H13" s="3" t="s">
+      <c r="P13" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="I13" s="3" t="s">
+      <c r="Q13" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="J13" s="5">
-[...5 lines deleted...]
-      <c r="L13" s="3" t="s">
+      <c r="R13" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="M13" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S13" s="3" t="s">
-        <v>35</v>
+        <v>82</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>0</v>
+        <v>1.0891E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="D14" s="4">
-        <v>-4937.37</v>
+        <v>146062</v>
       </c>
       <c r="E14" s="5">
-        <v>1</v>
+        <v>2.25</v>
       </c>
       <c r="F14" s="4">
-        <v>-4937.37</v>
+        <v>328639.5</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>1</v>
+        <v>2.25</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>-4937.37</v>
+        <v>328639.5</v>
       </c>
       <c r="N14" s="4">
-        <v>-4937.37</v>
+        <v>328639.5</v>
       </c>
       <c r="O14" s="3" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="P14" s="3" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="Q14" s="3" t="s">
-        <v>34</v>
+        <v>87</v>
       </c>
       <c r="R14" s="3" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>-1.1E-5</v>
+        <v>6.9499999999999998E-4</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D15" s="4">
-        <v>52132</v>
+        <v>46786</v>
       </c>
       <c r="E15" s="5">
-        <v>103.16</v>
+        <v>138.69999999999999</v>
       </c>
       <c r="F15" s="4">
-        <v>5377937.1200000001</v>
+        <v>6489218.2000000002</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>103.16</v>
+        <v>138.69999999999999</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>5377937.1200000001</v>
+        <v>6489218.2000000002</v>
       </c>
       <c r="N15" s="4">
-        <v>5377937.1200000001</v>
+        <v>6489218.2000000002</v>
       </c>
       <c r="O15" s="3" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="Q15" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R15" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="S15" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="T15" s="4">
+        <v>1</v>
+      </c>
+      <c r="W15" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="R15" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.2935E-2</v>
+        <v>1.3734E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D16" s="4">
-        <v>342762</v>
+        <v>75683</v>
       </c>
       <c r="E16" s="5">
-        <v>2.48</v>
+        <v>81.08</v>
       </c>
       <c r="F16" s="4">
-        <v>850049.76</v>
+        <v>6136377.6399999997</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>2.48</v>
+        <v>81.08</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>850049.76</v>
+        <v>6136377.6399999997</v>
       </c>
       <c r="N16" s="4">
-        <v>850049.76</v>
+        <v>6136377.6399999997</v>
       </c>
       <c r="O16" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="P16" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q16" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R16" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="S16" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="T16" s="4">
+        <v>1</v>
+      </c>
+      <c r="W16" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="P16" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>2.0439999999999998E-3</v>
+        <v>1.2987E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D17" s="4">
-        <v>66900</v>
+        <v>40800</v>
       </c>
       <c r="E17" s="5">
-        <v>114.86</v>
+        <v>32.89</v>
       </c>
       <c r="F17" s="4">
-        <v>7684134</v>
+        <v>1341912</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>114.86</v>
+        <v>32.89</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>7684134</v>
+        <v>1341912</v>
       </c>
       <c r="N17" s="4">
-        <v>7684134</v>
+        <v>1341912</v>
       </c>
       <c r="O17" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>1.8481999999999998E-2</v>
+        <v>2.8400000000000001E-3</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D18" s="4">
-        <v>101500</v>
+        <v>766651</v>
       </c>
       <c r="E18" s="5">
-        <v>62.67</v>
+        <v>33.58</v>
       </c>
       <c r="F18" s="4">
-        <v>6361005</v>
+        <v>25744140.579999998</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>62.67</v>
+        <v>33.58</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>6361005</v>
+        <v>25744140.579999998</v>
       </c>
       <c r="N18" s="4">
-        <v>6361005</v>
+        <v>25744140.579999998</v>
       </c>
       <c r="O18" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>110</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.5299E-2</v>
+        <v>5.4487000000000001E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D19" s="4">
-        <v>1004370</v>
+        <v>1559560</v>
       </c>
       <c r="E19" s="5">
-        <v>15.19</v>
+        <v>8.15</v>
       </c>
       <c r="F19" s="4">
-        <v>15256380.300000001</v>
+        <v>12710414</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>15.19</v>
+        <v>8.15</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>15256380.300000001</v>
+        <v>12710414</v>
       </c>
       <c r="N19" s="4">
-        <v>15256380.300000001</v>
+        <v>12710414</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>111</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>3.6694999999999998E-2</v>
+        <v>2.6901000000000001E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D20" s="4">
-        <v>1843500</v>
+        <v>63400</v>
       </c>
       <c r="E20" s="5">
-        <v>5.9</v>
+        <v>97.64</v>
       </c>
       <c r="F20" s="4">
-        <v>10876650</v>
+        <v>6190376</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>5.9</v>
+        <v>97.64</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>10876650</v>
+        <v>6190376</v>
       </c>
       <c r="N20" s="4">
-        <v>10876650</v>
+        <v>6190376</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="R20" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>116</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>2.6161E-2</v>
+        <v>1.3101E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D21" s="4">
-        <v>66700</v>
+        <v>133484</v>
       </c>
       <c r="E21" s="5">
-        <v>69.69</v>
+        <v>43.96</v>
       </c>
       <c r="F21" s="4">
-        <v>4648323</v>
+        <v>5867956.6399999997</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>69.69</v>
+        <v>43.96</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>4648323</v>
+        <v>5867956.6399999997</v>
       </c>
       <c r="N21" s="4">
-        <v>4648323</v>
+        <v>5867956.6399999997</v>
       </c>
       <c r="O21" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="P21" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q21" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="R21" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="S21" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="T21" s="4">
+        <v>1</v>
+      </c>
+      <c r="W21" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="P21" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.1180000000000001E-2</v>
+        <v>1.2418999999999999E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D22" s="4">
-        <v>232891</v>
+        <v>87800</v>
       </c>
       <c r="E22" s="5">
-        <v>33.479999999999997</v>
+        <v>59.7</v>
       </c>
       <c r="F22" s="4">
-        <v>7797190.6799999997</v>
+        <v>5241660</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>33.479999999999997</v>
+        <v>59.7</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>7797190.6799999997</v>
+        <v>5241660</v>
       </c>
       <c r="N22" s="4">
-        <v>7797190.6799999997</v>
+        <v>5241660</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>132</v>
+        <v>80</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>133</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.8754E-2</v>
+        <v>1.1093E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D23" s="4">
-        <v>85300</v>
+        <v>2952305</v>
       </c>
       <c r="E23" s="5">
-        <v>73.19</v>
+        <v>2.58</v>
       </c>
       <c r="F23" s="4">
-        <v>6243107</v>
+        <v>7616946.9000000004</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>73.19</v>
+        <v>2.58</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>6243107</v>
+        <v>7616946.9000000004</v>
       </c>
       <c r="N23" s="4">
-        <v>6243107</v>
+        <v>7616946.9000000004</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>136</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>137</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>138</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>92</v>
+        <v>122</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>134</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.5016E-2</v>
+        <v>1.6121E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D24" s="4">
-        <v>3152989</v>
+        <v>19100</v>
       </c>
       <c r="E24" s="5">
-        <v>1.95</v>
+        <v>100.52</v>
       </c>
       <c r="F24" s="4">
-        <v>6148328.5499999998</v>
+        <v>1919932</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>1.95</v>
+        <v>100.52</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>6148328.5499999998</v>
+        <v>1919932</v>
       </c>
       <c r="N24" s="4">
-        <v>6148328.5499999998</v>
+        <v>1919932</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>141</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>142</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>97</v>
+        <v>143</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>127</v>
+        <v>82</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>139</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.4788000000000001E-2</v>
+        <v>4.0629999999999998E-3</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D25" s="4">
-        <v>19100</v>
+        <v>60539</v>
       </c>
       <c r="E25" s="5">
-        <v>100.35</v>
+        <v>67.63</v>
       </c>
       <c r="F25" s="4">
-        <v>1916685</v>
+        <v>4094252.57</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>100.35</v>
+        <v>67.63</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>1916685</v>
+        <v>4094252.57</v>
       </c>
       <c r="N25" s="4">
-        <v>1916685</v>
+        <v>4094252.57</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>148</v>
+        <v>99</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>149</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>4.6100000000000004E-3</v>
+        <v>8.6650000000000008E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D26" s="4">
-        <v>56639</v>
+        <v>126738</v>
       </c>
       <c r="E26" s="5">
-        <v>74.53</v>
+        <v>22.624694999999999</v>
       </c>
       <c r="F26" s="4">
-        <v>4221304.67</v>
+        <v>2867408.5381629998</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J26" s="5">
-        <v>74.53</v>
+        <v>31.48</v>
       </c>
       <c r="K26" s="5">
-        <v>1</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M26" s="4">
-        <v>4221304.67</v>
+        <v>3989712.2363049998</v>
       </c>
       <c r="N26" s="4">
-        <v>4221304.67</v>
+        <v>2867408.5381629998</v>
       </c>
       <c r="O26" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="P26" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="P26" s="3" t="s">
+      <c r="Q26" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R26" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="Q26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R26" s="3" t="s">
+      <c r="S26" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="S26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.0153000000000001E-2</v>
+        <v>6.0679999999999996E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B27" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D27" s="4">
+        <v>633757</v>
+      </c>
+      <c r="E27" s="5">
+        <v>30.87</v>
+      </c>
+      <c r="F27" s="4">
+        <v>19564078.59</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J27" s="5">
+        <v>30.87</v>
+      </c>
+      <c r="K27" s="5">
+        <v>1</v>
+      </c>
+      <c r="L27" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M27" s="4">
+        <v>19564078.59</v>
+      </c>
+      <c r="N27" s="4">
+        <v>19564078.59</v>
+      </c>
+      <c r="O27" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="P27" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q27" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="R27" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="S27" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="T27" s="4">
+        <v>1</v>
+      </c>
+      <c r="W27" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>3.6340000000000001E-3</v>
+        <v>4.1406999999999999E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D28" s="4">
-        <v>552310</v>
+        <v>4300</v>
       </c>
       <c r="E28" s="5">
-        <v>37.94</v>
+        <v>457.26</v>
       </c>
       <c r="F28" s="4">
-        <v>20954641.399999999</v>
+        <v>1966218</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>37.94</v>
+        <v>457.26</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>20954641.399999999</v>
+        <v>1966218</v>
       </c>
       <c r="N28" s="4">
-        <v>20954641.399999999</v>
+        <v>1966218</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>165</v>
+        <v>80</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>166</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>5.0401000000000001E-2</v>
+        <v>4.1609999999999998E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D29" s="4">
-        <v>211069</v>
+        <v>27567</v>
       </c>
       <c r="E29" s="5">
-        <v>5.9946010000000003</v>
+        <v>55.28</v>
       </c>
       <c r="F29" s="4">
-        <v>1265274.41509634</v>
+        <v>1523903.76</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H29" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J29" s="5">
+        <v>55.28</v>
+      </c>
+      <c r="K29" s="5">
+        <v>1</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M29" s="4">
+        <v>1523903.76</v>
+      </c>
+      <c r="N29" s="4">
+        <v>1523903.76</v>
+      </c>
+      <c r="O29" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="I29" s="3" t="s">
+      <c r="P29" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="J29" s="5">
-[...5 lines deleted...]
-      <c r="L29" s="3" t="s">
+      <c r="Q29" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R29" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="M29" s="4">
-[...5 lines deleted...]
-      <c r="O29" s="3" t="s">
+      <c r="S29" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="T29" s="4">
+        <v>1</v>
+      </c>
+      <c r="W29" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="P29" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>3.0430000000000001E-3</v>
+        <v>3.225E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D30" s="4">
-        <v>27567</v>
+        <v>34403</v>
       </c>
       <c r="E30" s="5">
-        <v>51.6</v>
+        <v>112.96</v>
       </c>
       <c r="F30" s="4">
-        <v>1422457.2</v>
+        <v>3886162.88</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>51.6</v>
+        <v>112.96</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>1422457.2</v>
+        <v>3886162.88</v>
       </c>
       <c r="N30" s="4">
-        <v>1422457.2</v>
+        <v>3886162.88</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>148</v>
+        <v>80</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>3.421E-3</v>
+        <v>8.2249999999999997E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D31" s="4">
-        <v>34403</v>
+        <v>50839</v>
       </c>
       <c r="E31" s="5">
-        <v>85.77</v>
+        <v>45.01</v>
       </c>
       <c r="F31" s="4">
-        <v>2950745.31</v>
+        <v>2288263.39</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>85.77</v>
+        <v>45.01</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>2950745.31</v>
+        <v>2288263.39</v>
       </c>
       <c r="N31" s="4">
-        <v>2950745.31</v>
+        <v>2288263.39</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>90</v>
+        <v>143</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>92</v>
+        <v>122</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>7.097E-3</v>
+        <v>4.8430000000000001E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D32" s="4">
-        <v>94422</v>
+        <v>56396</v>
       </c>
       <c r="E32" s="5">
-        <v>39.65</v>
+        <v>220.53</v>
       </c>
       <c r="F32" s="4">
-        <v>3743832.3</v>
+        <v>12437009.880000001</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>39.65</v>
+        <v>220.53</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>3743832.3</v>
+        <v>12437009.880000001</v>
       </c>
       <c r="N32" s="4">
-        <v>3743832.3</v>
+        <v>12437009.880000001</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>9.0039999999999999E-3</v>
+        <v>2.6322000000000002E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D33" s="4">
-        <v>50839</v>
+        <v>49256</v>
       </c>
       <c r="E33" s="5">
-        <v>43.42</v>
+        <v>39.22</v>
       </c>
       <c r="F33" s="4">
-        <v>2207429.38</v>
+        <v>1931820.32</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>43.42</v>
+        <v>39.22</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>2207429.38</v>
+        <v>1931820.32</v>
       </c>
       <c r="N33" s="4">
-        <v>2207429.38</v>
+        <v>1931820.32</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>148</v>
+        <v>99</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>127</v>
+        <v>82</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>5.3090000000000004E-3</v>
+        <v>4.0879999999999996E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D34" s="4">
-        <v>72495</v>
+        <v>834295</v>
       </c>
       <c r="E34" s="5">
-        <v>165.54</v>
+        <v>1.96</v>
       </c>
       <c r="F34" s="4">
-        <v>12000822.300000001</v>
+        <v>1635218.2</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>165.54</v>
+        <v>1.96</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>12000822.300000001</v>
+        <v>1635218.2</v>
       </c>
       <c r="N34" s="4">
-        <v>12000822.300000001</v>
+        <v>1635218.2</v>
       </c>
       <c r="O34" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="P34" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="Q34" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="R34" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="S34" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="P34" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>2.8864999999999998E-2</v>
+        <v>3.46E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D35" s="4">
-        <v>41456</v>
+        <v>79294</v>
       </c>
       <c r="E35" s="5">
-        <v>43.35</v>
+        <v>12.82</v>
       </c>
       <c r="F35" s="4">
-        <v>1797117.6</v>
+        <v>1016549.08</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>43.35</v>
+        <v>12.82</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>1797117.6</v>
+        <v>1016549.08</v>
       </c>
       <c r="N35" s="4">
-        <v>1797117.6</v>
+        <v>1016549.08</v>
       </c>
       <c r="O35" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="P35" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="Q35" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R35" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="P35" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S35" s="3" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>4.3220000000000003E-3</v>
+        <v>2.1510000000000001E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D36" s="4">
-        <v>834295</v>
+        <v>775349</v>
       </c>
       <c r="E36" s="5">
-        <v>1.32</v>
+        <v>8.7899999999999991</v>
       </c>
       <c r="F36" s="4">
-        <v>1101269.3999999999</v>
+        <v>6815317.71</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>1.32</v>
+        <v>8.7899999999999991</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>1101269.3999999999</v>
+        <v>6815317.71</v>
       </c>
       <c r="N36" s="4">
-        <v>1101269.3999999999</v>
+        <v>6815317.71</v>
       </c>
       <c r="O36" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="P36" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="Q36" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="R36" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="P36" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S36" s="3" t="s">
-        <v>210</v>
+        <v>122</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.6480000000000002E-3</v>
+        <v>1.4423999999999999E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D37" s="4">
+        <v>236141</v>
+      </c>
+      <c r="E37" s="5">
+        <v>34.051499999999997</v>
+      </c>
+      <c r="F37" s="4">
+        <v>8040955.2615</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J37" s="5">
+        <v>28.98</v>
+      </c>
+      <c r="K37" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L37" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B37" s="3" t="s">
+      <c r="M37" s="4">
+        <v>6843366.1799999997</v>
+      </c>
+      <c r="N37" s="4">
+        <v>8040955.2615</v>
+      </c>
+      <c r="O37" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="P37" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="C37" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O37" s="3" t="s">
+      <c r="Q37" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R37" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="P37" s="3" t="s">
+      <c r="S37" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="Q37" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>211</v>
+        <v>34</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>5.9719999999999999E-3</v>
+        <v>1.7017999999999998E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B38" s="3" t="s">
+      <c r="C38" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D38" s="4">
+        <v>486021</v>
+      </c>
+      <c r="E38" s="5">
+        <v>4.7434750000000001</v>
+      </c>
+      <c r="F38" s="4">
+        <v>2305428.462975</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H38" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="C38" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I38" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J38" s="5">
-        <v>6.03</v>
+        <v>4.0369999999999999</v>
       </c>
       <c r="K38" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="M38" s="4">
-        <v>4993569.63</v>
+        <v>1962066.777</v>
       </c>
       <c r="N38" s="4">
-        <v>4993569.63</v>
+        <v>2305428.462975</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>219</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>97</v>
+        <v>143</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>220</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>127</v>
+        <v>221</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>216</v>
+        <v>34</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>1.201E-2</v>
+        <v>4.8789999999999997E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D39" s="4">
-        <v>239435</v>
+        <v>16100</v>
       </c>
       <c r="E39" s="5">
-        <v>35.508963000000001</v>
+        <v>430.31</v>
       </c>
       <c r="F39" s="4">
-        <v>8502088.4361875001</v>
+        <v>6927991</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>223</v>
+        <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>30.25</v>
+        <v>430.31</v>
       </c>
       <c r="K39" s="5">
-        <v>0.85189760190825059</v>
+        <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M39" s="4">
+        <v>6927991</v>
+      </c>
+      <c r="N39" s="4">
+        <v>6927991</v>
+      </c>
+      <c r="O39" s="3" t="s">
         <v>224</v>
-      </c>
-[...7 lines deleted...]
-        <v>221</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>225</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>148</v>
+        <v>80</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>226</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>227</v>
+        <v>82</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>34</v>
+        <v>222</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.0448999999999998E-2</v>
+        <v>1.4663000000000001E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="C40" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D40" s="4">
+        <v>24617</v>
+      </c>
+      <c r="E40" s="5">
+        <v>83.19</v>
+      </c>
+      <c r="F40" s="4">
+        <v>2047888.23</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H40" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="C40" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I40" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J40" s="5">
-        <v>408.41</v>
+        <v>70.8</v>
       </c>
       <c r="K40" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>33</v>
+        <v>230</v>
       </c>
       <c r="M40" s="4">
-        <v>6902129</v>
+        <v>1742883.6</v>
       </c>
       <c r="N40" s="4">
-        <v>6902129</v>
+        <v>2047888.23</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>231</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>232</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>92</v>
+        <v>233</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>228</v>
+        <v>34</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.6601000000000001E-2</v>
+        <v>4.3340000000000002E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D41" s="4">
-        <v>24617</v>
+        <v>141085</v>
       </c>
       <c r="E41" s="5">
-        <v>84.75197</v>
+        <v>22.419</v>
       </c>
       <c r="F41" s="4">
-        <v>2086339.2454899999</v>
+        <v>3162984.6150000002</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J41" s="5">
-        <v>72.2</v>
+        <v>19.079999999999998</v>
       </c>
       <c r="K41" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M41" s="4">
-        <v>1777347.4</v>
+        <v>2691901.8</v>
       </c>
       <c r="N41" s="4">
-        <v>2086339.2454899999</v>
+        <v>3162984.6150000002</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>5.0179999999999999E-3</v>
+        <v>6.6940000000000003E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D42" s="4">
-        <v>108421</v>
+        <v>58400</v>
       </c>
       <c r="E42" s="5">
-        <v>23.08963</v>
+        <v>124.56</v>
       </c>
       <c r="F42" s="4">
-        <v>2503400.7200194998</v>
+        <v>7274304</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>242</v>
+        <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>19.670000000000002</v>
+        <v>124.56</v>
       </c>
       <c r="K42" s="5">
-        <v>0.85189760190825059</v>
+        <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M42" s="4">
+        <v>7274304</v>
+      </c>
+      <c r="N42" s="4">
+        <v>7274304</v>
+      </c>
+      <c r="O42" s="3" t="s">
         <v>243</v>
-      </c>
-[...7 lines deleted...]
-        <v>240</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>244</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>245</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>246</v>
+        <v>122</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>34</v>
+        <v>241</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>6.0210000000000003E-3</v>
+        <v>1.5396E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="B43" s="3" t="s">
+      <c r="C43" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D43" s="4">
+        <v>16575</v>
+      </c>
+      <c r="E43" s="5">
+        <v>279.18</v>
+      </c>
+      <c r="F43" s="4">
+        <v>4627408.5</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J43" s="5">
+        <v>237.6</v>
+      </c>
+      <c r="K43" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="M43" s="4">
+        <v>3938220</v>
+      </c>
+      <c r="N43" s="4">
+        <v>4627408.5</v>
+      </c>
+      <c r="O43" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="P43" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="C43" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O43" s="3" t="s">
+      <c r="Q43" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R43" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="P43" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S43" s="3" t="s">
-        <v>127</v>
+        <v>214</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>247</v>
+        <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>1.0289E-2</v>
+        <v>9.7929999999999996E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D44" s="4">
+        <v>129203</v>
+      </c>
+      <c r="E44" s="5">
+        <v>18.817625</v>
+      </c>
+      <c r="F44" s="4">
+        <v>2431293.6028749999</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H44" s="3" t="s">
         <v>252</v>
-      </c>
-[...19 lines deleted...]
-        <v>223</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J44" s="5">
-        <v>225.8</v>
+        <v>16.015000000000001</v>
       </c>
       <c r="K44" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>224</v>
+        <v>165</v>
       </c>
       <c r="M44" s="4">
-        <v>1712015.6</v>
+        <v>2069186.0449999999</v>
       </c>
       <c r="N44" s="4">
-        <v>2009649.5120600001</v>
+        <v>2431293.6028749999</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="P44" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="Q44" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R44" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="Q44" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R44" s="3" t="s">
+      <c r="S44" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="S44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>4.8329999999999996E-3</v>
+        <v>5.1450000000000003E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D45" s="4">
-        <v>129203</v>
+        <v>76548</v>
       </c>
       <c r="E45" s="5">
-        <v>18.341405999999999</v>
+        <v>31.97175</v>
       </c>
       <c r="F45" s="4">
-        <v>2369764.7117187502</v>
+        <v>2447373.5189999999</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>258</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J45" s="5">
-        <v>15.625</v>
+        <v>27.21</v>
       </c>
       <c r="K45" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>259</v>
       </c>
       <c r="M45" s="4">
-        <v>2018796.875</v>
+        <v>2082871.08</v>
       </c>
       <c r="N45" s="4">
-        <v>2369764.7117187502</v>
+        <v>2447373.5189999999</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>256</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>260</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>261</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>262</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>5.6990000000000001E-3</v>
+        <v>5.1789999999999996E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D46" s="4">
-        <v>100287</v>
+        <v>95091</v>
       </c>
       <c r="E46" s="5">
-        <v>31.564827000000001</v>
+        <v>24.675000000000001</v>
       </c>
       <c r="F46" s="4">
-        <v>3165541.7552054999</v>
+        <v>2346370.4249999998</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>265</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J46" s="5">
-        <v>26.89</v>
+        <v>21</v>
       </c>
       <c r="K46" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>266</v>
       </c>
       <c r="M46" s="4">
-        <v>2696717.43</v>
+        <v>1996911</v>
       </c>
       <c r="N46" s="4">
-        <v>3165541.7552054999</v>
+        <v>2346370.4249999998</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>263</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>267</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>268</v>
       </c>
       <c r="S46" s="3" t="s">
         <v>269</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>7.613E-3</v>
+        <v>4.9659999999999999E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D47" s="4">
-        <v>30931</v>
+        <v>11749</v>
       </c>
       <c r="E47" s="5">
-        <v>21.786656000000001</v>
+        <v>200.8075</v>
       </c>
       <c r="F47" s="4">
-        <v>673883.056736</v>
+        <v>2359287.3174999999</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>272</v>
+        <v>258</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J47" s="5">
-        <v>18.559999999999999</v>
+        <v>170.9</v>
       </c>
       <c r="K47" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>273</v>
+        <v>259</v>
       </c>
       <c r="M47" s="4">
-        <v>574079.36</v>
+        <v>2007904.1</v>
       </c>
       <c r="N47" s="4">
-        <v>673883.056736</v>
+        <v>2359287.3174999999</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>270</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>1.6199999999999999E-3</v>
+        <v>4.993E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D48" s="4">
-        <v>15181</v>
+        <v>31567</v>
       </c>
       <c r="E48" s="5">
-        <v>179.36428000000001</v>
+        <v>50.407499999999999</v>
       </c>
       <c r="F48" s="4">
-        <v>2722929.1346800001</v>
+        <v>1591213.5525</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>265</v>
+        <v>276</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J48" s="5">
-        <v>152.80000000000001</v>
+        <v>42.9</v>
       </c>
       <c r="K48" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="M48" s="4">
-        <v>2319656.7999999998</v>
+        <v>1354224.3</v>
       </c>
       <c r="N48" s="4">
-        <v>2722929.1346800001</v>
+        <v>1591213.5525</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="P48" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="Q48" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R48" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="Q48" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R48" s="3" t="s">
+      <c r="S48" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="S48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>6.5490000000000001E-3</v>
+        <v>3.3670000000000002E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D49" s="4">
-        <v>23470</v>
+        <v>202104</v>
       </c>
       <c r="E49" s="5">
-        <v>48.36262</v>
+        <v>39.01</v>
       </c>
       <c r="F49" s="4">
-        <v>1135070.6913999999</v>
+        <v>7884077.04</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>283</v>
+        <v>252</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J49" s="5">
-        <v>41.2</v>
+        <v>33.200000000000003</v>
       </c>
       <c r="K49" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>284</v>
+        <v>165</v>
       </c>
       <c r="M49" s="4">
-        <v>966964</v>
+        <v>6709852.7999999998</v>
       </c>
       <c r="N49" s="4">
-        <v>1135070.6913999999</v>
+        <v>7884077.04</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>281</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>287</v>
+        <v>255</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>2.7299999999999998E-3</v>
+        <v>1.6685999999999999E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D50" s="4">
-        <v>212683</v>
+        <v>92401</v>
       </c>
       <c r="E50" s="5">
-        <v>42.393593000000003</v>
+        <v>28.017875</v>
       </c>
       <c r="F50" s="4">
-        <v>9016396.48684825</v>
+        <v>2588879.6678749998</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>258</v>
+        <v>210</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J50" s="5">
-        <v>36.115000000000002</v>
+        <v>23.844999999999999</v>
       </c>
       <c r="K50" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>259</v>
+        <v>211</v>
       </c>
       <c r="M50" s="4">
-        <v>7681046.5449999999</v>
+        <v>2203301.8450000002</v>
       </c>
       <c r="N50" s="4">
-        <v>9016396.48684825</v>
+        <v>2588879.6678749998</v>
       </c>
       <c r="O50" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="P50" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="Q50" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R50" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="P50" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S50" s="3" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.1686E-2</v>
+        <v>5.4790000000000004E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D51" s="4">
+        <v>22100</v>
+      </c>
+      <c r="E51" s="5">
+        <v>115.651584</v>
+      </c>
+      <c r="F51" s="4">
+        <v>2555899.3804380898</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J51" s="5">
+        <v>17080</v>
+      </c>
+      <c r="K51" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M51" s="4">
+        <v>377467908.86037201</v>
+      </c>
+      <c r="N51" s="4">
+        <v>2555899.3804380898</v>
+      </c>
+      <c r="O51" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="P51" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="Q51" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R51" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B51" s="3" t="s">
+      <c r="S51" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="C51" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>6.7679999999999997E-3</v>
+        <v>5.4089999999999997E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D52" s="4">
+        <v>107187</v>
+      </c>
+      <c r="E52" s="5">
+        <v>198.13893999999999</v>
+      </c>
+      <c r="F52" s="4">
+        <v>21238007.198603</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J52" s="5">
+        <v>278000</v>
+      </c>
+      <c r="K52" s="5">
+        <v>1403.0558556536134</v>
+      </c>
+      <c r="L52" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M52" s="4">
+        <v>29798110362.413601</v>
+      </c>
+      <c r="N52" s="4">
+        <v>21238007.198603</v>
+      </c>
+      <c r="O52" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="P52" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="Q52" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R52" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="C52" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P52" s="3" t="s">
+      <c r="S52" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="Q52" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>6.2649999999999997E-3</v>
+        <v>4.4949999999999997E-2</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D53" s="4">
+        <v>383834</v>
+      </c>
+      <c r="E53" s="5">
+        <v>3.4330449999999999</v>
+      </c>
+      <c r="F53" s="4">
+        <v>1317719.3945299999</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H53" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="I53" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="C53" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J53" s="5">
-        <v>211500</v>
+        <v>5.18</v>
       </c>
       <c r="K53" s="5">
-        <v>1349.600518246599</v>
+        <v>1.5088645794039983</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>76</v>
+        <v>303</v>
       </c>
       <c r="M53" s="4">
-        <v>23975014706.405602</v>
+        <v>1988260.12</v>
       </c>
       <c r="N53" s="4">
-        <v>17764526.896858301</v>
+        <v>1317719.3945299999</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>4.2728000000000002E-2</v>
+        <v>2.7880000000000001E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B54" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D54" s="4">
+        <v>152300</v>
+      </c>
+      <c r="E54" s="5">
+        <v>14.344723999999999</v>
+      </c>
+      <c r="F54" s="4">
+        <v>2184700.8836374702</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J54" s="5">
+        <v>2118.5</v>
+      </c>
+      <c r="K54" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M54" s="4">
+        <v>322647472.09676701</v>
+      </c>
+      <c r="N54" s="4">
+        <v>2184700.8836374702</v>
+      </c>
+      <c r="O54" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I54" s="3" t="s">
+      <c r="P54" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="J54" s="5">
-[...5 lines deleted...]
-      <c r="L54" s="3" t="s">
+      <c r="Q54" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R54" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="M54" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S54" s="3" t="s">
-        <v>313</v>
+        <v>293</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.5230000000000001E-3</v>
+        <v>4.6230000000000004E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D55" s="4">
+        <v>69400</v>
+      </c>
+      <c r="E55" s="5">
+        <v>73.989999999999995</v>
+      </c>
+      <c r="F55" s="4">
+        <v>5134906</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J55" s="5">
+        <v>73.989999999999995</v>
+      </c>
+      <c r="K55" s="5">
+        <v>1</v>
+      </c>
+      <c r="L55" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M55" s="4">
+        <v>5134906</v>
+      </c>
+      <c r="N55" s="4">
+        <v>5134906</v>
+      </c>
+      <c r="O55" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="P55" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="Q55" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R55" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="C55" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S55" s="3" t="s">
-        <v>300</v>
+        <v>122</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
-        <v>34</v>
+        <v>311</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>4.3340000000000002E-3</v>
+        <v>1.0867E-2</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D56" s="4">
+        <v>292300</v>
+      </c>
+      <c r="E56" s="5">
+        <v>11.551615999999999</v>
+      </c>
+      <c r="F56" s="4">
+        <v>3376536.5473812502</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J56" s="5">
+        <v>1706</v>
+      </c>
+      <c r="K56" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L56" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M56" s="4">
+        <v>498663679.59765399</v>
+      </c>
+      <c r="N56" s="4">
+        <v>3376536.5473812502</v>
+      </c>
+      <c r="O56" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="P56" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="B56" s="3" t="s">
+      <c r="Q56" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R56" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="C56" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S56" s="3" t="s">
-        <v>127</v>
+        <v>293</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>318</v>
+        <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>1.3509E-2</v>
+        <v>7.1459999999999996E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D57" s="4">
+        <v>138600</v>
+      </c>
+      <c r="E57" s="5">
+        <v>23.699095</v>
+      </c>
+      <c r="F57" s="4">
+        <v>3284693.7739106901</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J57" s="5">
+        <v>3500</v>
+      </c>
+      <c r="K57" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M57" s="4">
+        <v>485099882.87263298</v>
+      </c>
+      <c r="N57" s="4">
+        <v>3284693.7739106901</v>
+      </c>
+      <c r="O57" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="P57" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="Q57" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="R57" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S57" s="3" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>9.1629999999999993E-3</v>
+        <v>6.9519999999999998E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D58" s="4">
+        <v>52850</v>
+      </c>
+      <c r="E58" s="5">
+        <v>146.10964999999999</v>
+      </c>
+      <c r="F58" s="4">
+        <v>7721927.2299632998</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J58" s="5">
+        <v>205000</v>
+      </c>
+      <c r="K58" s="5">
+        <v>1403.0558556536134</v>
+      </c>
+      <c r="L58" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M58" s="4">
+        <v>10834295216.931</v>
+      </c>
+      <c r="N58" s="4">
+        <v>7721927.2299632998</v>
+      </c>
+      <c r="O58" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="P58" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="Q58" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R58" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S58" s="3" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>6.2220000000000001E-3</v>
+        <v>1.6343E-2</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D59" s="4">
+        <v>85048</v>
+      </c>
+      <c r="E59" s="5">
+        <v>49.31</v>
+      </c>
+      <c r="F59" s="4">
+        <v>4193716.88</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J59" s="5">
+        <v>49.31</v>
+      </c>
+      <c r="K59" s="5">
+        <v>1</v>
+      </c>
+      <c r="L59" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M59" s="4">
+        <v>4193716.88</v>
+      </c>
+      <c r="N59" s="4">
+        <v>4193716.88</v>
+      </c>
+      <c r="O59" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="P59" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="B59" s="3" t="s">
+      <c r="Q59" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R59" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="C59" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S59" s="3" t="s">
-        <v>305</v>
+        <v>122</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>34</v>
+        <v>328</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>1.6983999999999999E-2</v>
+        <v>8.8749999999999992E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D60" s="4">
-        <v>89548</v>
+        <v>49600</v>
       </c>
       <c r="E60" s="5">
-        <v>52.41</v>
+        <v>96.25</v>
       </c>
       <c r="F60" s="4">
-        <v>4693210.68</v>
+        <v>4774000</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J60" s="5">
-        <v>52.41</v>
+        <v>96.25</v>
       </c>
       <c r="K60" s="5">
         <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M60" s="4">
-        <v>4693210.68</v>
+        <v>4774000</v>
       </c>
       <c r="N60" s="4">
-        <v>4693210.68</v>
+        <v>4774000</v>
       </c>
       <c r="O60" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="P60" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="Q60" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R60" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="P60" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S60" s="3" t="s">
-        <v>127</v>
+        <v>82</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>1.1287999999999999E-2</v>
+        <v>1.0104E-2</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D61" s="4">
-        <v>63500</v>
+        <v>11609</v>
       </c>
       <c r="E61" s="5">
-        <v>83.76</v>
+        <v>141.46</v>
       </c>
       <c r="F61" s="4">
-        <v>5318760</v>
+        <v>1642209.14</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="5">
-        <v>83.76</v>
+        <v>141.46</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="4">
-        <v>5318760</v>
+        <v>1642209.14</v>
       </c>
       <c r="N61" s="4">
-        <v>5318760</v>
+        <v>1642209.14</v>
       </c>
       <c r="O61" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="P61" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="Q61" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R61" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="P61" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S61" s="3" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>1.2793000000000001E-2</v>
+        <v>3.4749999999999998E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D62" s="4">
+        <v>104700</v>
+      </c>
+      <c r="E62" s="5">
+        <v>28.811328</v>
+      </c>
+      <c r="F62" s="4">
+        <v>3016545.3499001302</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I62" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J62" s="5">
+        <v>4255</v>
+      </c>
+      <c r="K62" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L62" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M62" s="4">
+        <v>445498392.43441302</v>
+      </c>
+      <c r="N62" s="4">
+        <v>3016545.3499001302</v>
+      </c>
+      <c r="O62" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="P62" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="B62" s="3" t="s">
+      <c r="Q62" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R62" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="C62" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S62" s="3" t="s">
-        <v>92</v>
+        <v>293</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>345</v>
+        <v>34</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>3.839E-3</v>
+        <v>6.3839999999999999E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D63" s="4">
+        <v>78625</v>
+      </c>
+      <c r="E63" s="5">
+        <v>148.05000000000001</v>
+      </c>
+      <c r="F63" s="4">
+        <v>11640431.25</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H63" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="I63" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J63" s="5">
+        <v>126</v>
+      </c>
+      <c r="K63" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L63" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="M63" s="4">
+        <v>9906750</v>
+      </c>
+      <c r="N63" s="4">
+        <v>11640431.25</v>
+      </c>
+      <c r="O63" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="P63" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="Q63" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R63" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S63" s="3" t="s">
-        <v>300</v>
+        <v>214</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>6.7200000000000003E-3</v>
+        <v>2.4636000000000002E-2</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D64" s="4">
+        <v>537476</v>
+      </c>
+      <c r="E64" s="5">
+        <v>37</v>
+      </c>
+      <c r="F64" s="4">
+        <v>19886612</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H64" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I64" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J64" s="5">
+        <v>37</v>
+      </c>
+      <c r="K64" s="5">
+        <v>1</v>
+      </c>
+      <c r="L64" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M64" s="4">
+        <v>19886612</v>
+      </c>
+      <c r="N64" s="4">
+        <v>19886612</v>
+      </c>
+      <c r="O64" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="P64" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="B64" s="3" t="s">
+      <c r="Q64" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R64" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="C64" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S64" s="3" t="s">
-        <v>227</v>
+        <v>122</v>
       </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
-        <v>34</v>
+        <v>351</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>3.5104000000000003E-2</v>
+        <v>4.2089000000000001E-2</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D65" s="4">
-        <v>841876</v>
+        <v>1360989</v>
       </c>
       <c r="E65" s="5">
-        <v>20.399999999999999</v>
+        <v>17.29</v>
       </c>
       <c r="F65" s="4">
-        <v>17174270.399999999</v>
+        <v>23531499.809999999</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H65" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J65" s="5">
-        <v>20.399999999999999</v>
+        <v>17.29</v>
       </c>
       <c r="K65" s="5">
         <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M65" s="4">
-        <v>17174270.399999999</v>
+        <v>23531499.809999999</v>
       </c>
       <c r="N65" s="4">
-        <v>17174270.399999999</v>
+        <v>23531499.809999999</v>
       </c>
       <c r="O65" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="P65" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q65" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R65" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="P65" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S65" s="3" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>4.1307999999999997E-2</v>
+        <v>4.9804000000000001E-2</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D66" s="4">
-        <v>2131119</v>
+        <v>9300</v>
       </c>
       <c r="E66" s="5">
-        <v>8.18</v>
+        <v>387.73</v>
       </c>
       <c r="F66" s="4">
-        <v>17432553.420000002</v>
+        <v>3605889</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H66" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J66" s="5">
-        <v>8.18</v>
+        <v>387.73</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M66" s="4">
-        <v>17432553.420000002</v>
+        <v>3605889</v>
       </c>
       <c r="N66" s="4">
-        <v>17432553.420000002</v>
+        <v>3605889</v>
       </c>
       <c r="O66" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="P66" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="Q66" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R66" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="P66" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S66" s="3" t="s">
-        <v>127</v>
+        <v>82</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>4.1930000000000002E-2</v>
+        <v>7.6309999999999998E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D67" s="4">
+        <v>743500</v>
+      </c>
+      <c r="E67" s="5">
+        <v>9.3699239999999993</v>
+      </c>
+      <c r="F67" s="4">
+        <v>6966538.6673676902</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H67" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I67" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J67" s="5">
+        <v>49.9</v>
+      </c>
+      <c r="K67" s="5">
+        <v>5.3255500773988818</v>
+      </c>
+      <c r="L67" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M67" s="4">
+        <v>37100650.539201997</v>
+      </c>
+      <c r="N67" s="4">
+        <v>6966538.6673676902</v>
+      </c>
+      <c r="O67" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="P67" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="B67" s="3" t="s">
+      <c r="Q67" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R67" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="C67" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O67" s="3" t="s">
+      <c r="S67" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="P67" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
-        <v>368</v>
+        <v>34</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>5.4190000000000002E-3</v>
+        <v>1.4744E-2</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D68" s="4">
+        <v>135256</v>
+      </c>
+      <c r="E68" s="5">
+        <v>21.126901</v>
+      </c>
+      <c r="F68" s="4">
+        <v>2857540.2192868199</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H68" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="B68" s="3" t="s">
+      <c r="I68" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="C68" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J68" s="5">
-        <v>100.95</v>
+        <v>210.8</v>
       </c>
       <c r="K68" s="5">
-        <v>1</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>33</v>
+        <v>375</v>
       </c>
       <c r="M68" s="4">
-        <v>1635390</v>
+        <v>28511965.919893</v>
       </c>
       <c r="N68" s="4">
-        <v>1635390</v>
+        <v>2857540.2192868199</v>
       </c>
       <c r="O68" s="3" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="P68" s="3" t="s">
         <v>376</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>90</v>
+        <v>160</v>
       </c>
       <c r="R68" s="3" t="s">
         <v>377</v>
       </c>
       <c r="S68" s="3" t="s">
-        <v>92</v>
+        <v>378</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
-        <v>373</v>
+        <v>34</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>3.9329999999999999E-3</v>
+        <v>6.0470000000000003E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B69" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D69" s="4">
+        <v>587285</v>
+      </c>
+      <c r="E69" s="5">
+        <v>18.312374999999999</v>
+      </c>
+      <c r="F69" s="4">
+        <v>10754583.151875</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H69" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="I69" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J69" s="5">
+        <v>15.585000000000001</v>
+      </c>
+      <c r="K69" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L69" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="M69" s="4">
+        <v>9152836.7249999996</v>
+      </c>
+      <c r="N69" s="4">
+        <v>10754583.151875</v>
+      </c>
+      <c r="O69" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="C69" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G69" s="3" t="s">
+      <c r="P69" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="Q69" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="H69" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R69" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="S69" s="3" t="s">
-        <v>382</v>
+        <v>240</v>
       </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>1.438E-2</v>
+        <v>2.2762000000000001E-2</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D70" s="4">
-        <v>135256</v>
+        <v>96178</v>
       </c>
       <c r="E70" s="5">
-        <v>19.229818999999999</v>
+        <v>25.991</v>
       </c>
       <c r="F70" s="4">
-        <v>2600948.4075614898</v>
+        <v>2499762.398</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>385</v>
+        <v>210</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>386</v>
+        <v>55</v>
       </c>
       <c r="J70" s="5">
-        <v>194.6</v>
+        <v>22.12</v>
       </c>
       <c r="K70" s="5">
-        <v>10.119699857797977</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>387</v>
+        <v>211</v>
       </c>
       <c r="M70" s="4">
-        <v>26320817.230138998</v>
+        <v>2127457.36</v>
       </c>
       <c r="N70" s="4">
-        <v>2600948.4075614898</v>
+        <v>2499762.398</v>
       </c>
       <c r="O70" s="3" t="s">
         <v>383</v>
       </c>
       <c r="P70" s="3" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>165</v>
+        <v>80</v>
       </c>
       <c r="R70" s="3" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="S70" s="3" t="s">
-        <v>390</v>
+        <v>214</v>
       </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>6.2550000000000001E-3</v>
+        <v>5.2900000000000004E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D71" s="4">
-        <v>728405</v>
+        <v>414264</v>
       </c>
       <c r="E71" s="5">
-        <v>13.522752000000001</v>
+        <v>9.5211369999999995</v>
       </c>
       <c r="F71" s="4">
-        <v>9850040.1705599893</v>
+        <v>3944264.2666720101</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>242</v>
+        <v>373</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>55</v>
+        <v>374</v>
       </c>
       <c r="J71" s="5">
-        <v>11.52</v>
+        <v>95</v>
       </c>
       <c r="K71" s="5">
-        <v>0.85189760190825059</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>243</v>
+        <v>375</v>
       </c>
       <c r="M71" s="4">
-        <v>8391225.5999989994</v>
+        <v>39355081.545787998</v>
       </c>
       <c r="N71" s="4">
-        <v>9850040.1705599893</v>
+        <v>3944264.2666720101</v>
       </c>
       <c r="O71" s="3" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="P71" s="3" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>97</v>
+        <v>160</v>
       </c>
       <c r="R71" s="3" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>246</v>
+        <v>378</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>2.3692000000000001E-2</v>
+        <v>8.3479999999999995E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D72" s="4">
+        <v>1086000</v>
+      </c>
+      <c r="E72" s="5">
+        <v>2.0166059999999999</v>
+      </c>
+      <c r="F72" s="4">
+        <v>2190033.9314174098</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="I72" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="J72" s="5">
+        <v>15.69</v>
+      </c>
+      <c r="K72" s="5">
+        <v>7.7803997725011103</v>
+      </c>
+      <c r="L72" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="B72" s="3" t="s">
+      <c r="M72" s="4">
+        <v>17039339.501768999</v>
+      </c>
+      <c r="N72" s="4">
+        <v>2190033.9314174098</v>
+      </c>
+      <c r="O72" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="P72" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="C72" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P72" s="3" t="s">
+      <c r="Q72" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R72" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="Q72" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R72" s="3" t="s">
+      <c r="S72" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="S72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>1.004E-2</v>
+        <v>4.6350000000000002E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D73" s="4">
-        <v>1086000</v>
+        <v>12881</v>
       </c>
       <c r="E73" s="5">
-        <v>1.016561</v>
+        <v>98.911500000000004</v>
       </c>
       <c r="F73" s="4">
-        <v>1103984.7133758001</v>
+        <v>1274079.0315</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>401</v>
+        <v>265</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="J73" s="5">
-        <v>7.98</v>
+        <v>84.18</v>
       </c>
       <c r="K73" s="5">
-        <v>7.8499996938500116</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>402</v>
+        <v>266</v>
       </c>
       <c r="M73" s="4">
-        <v>8666279.6620150004</v>
+        <v>1084322.58</v>
       </c>
       <c r="N73" s="4">
-        <v>1103984.7133758001</v>
+        <v>1274079.0315</v>
       </c>
       <c r="O73" s="3" t="s">
         <v>399</v>
       </c>
       <c r="P73" s="3" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>405</v>
+        <v>269</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>2.6549999999999998E-3</v>
+        <v>2.696E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D74" s="4">
-        <v>54090</v>
+        <v>125340</v>
       </c>
       <c r="E74" s="5">
-        <v>70.477953999999997</v>
+        <v>18.923375</v>
       </c>
       <c r="F74" s="4">
-        <v>3812152.53186</v>
+        <v>2371855.8224999998</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>272</v>
+        <v>258</v>
       </c>
       <c r="I74" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J74" s="5">
-        <v>60.04</v>
+        <v>16.105</v>
       </c>
       <c r="K74" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>273</v>
+        <v>259</v>
       </c>
       <c r="M74" s="4">
-        <v>3247563.6</v>
+        <v>2018600.7</v>
       </c>
       <c r="N74" s="4">
-        <v>3812152.53186</v>
+        <v>2371855.8224999998</v>
       </c>
       <c r="O74" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="P74" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="Q74" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R74" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="P74" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S74" s="3" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>9.1690000000000001E-3</v>
+        <v>5.0200000000000002E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D75" s="4">
+        <v>219994</v>
+      </c>
+      <c r="E75" s="5">
+        <v>5.2262360000000001</v>
+      </c>
+      <c r="F75" s="4">
+        <v>1149740.5460534501</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="I75" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="B75" s="3" t="s">
+      <c r="J75" s="5">
+        <v>18.96</v>
+      </c>
+      <c r="K75" s="5">
+        <v>3.6278500616825209</v>
+      </c>
+      <c r="L75" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="C75" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M75" s="4">
-        <v>2529788.13</v>
+        <v>4171086.3109180001</v>
       </c>
       <c r="N75" s="4">
-        <v>2969591.7964005</v>
+        <v>1149740.5460534501</v>
       </c>
       <c r="O75" s="3" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="P75" s="3" t="s">
         <v>412</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="R75" s="3" t="s">
         <v>413</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>269</v>
+        <v>414</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>7.1419999999999999E-3</v>
+        <v>2.4329999999999998E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B76" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D76" s="4">
+        <v>120856</v>
+      </c>
+      <c r="E76" s="5">
+        <v>0</v>
+      </c>
+      <c r="F76" s="4">
+        <v>1.46492E-3</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H76" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I76" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="J76" s="5">
+        <v>9.9999999999999995E-7</v>
+      </c>
+      <c r="K76" s="5">
+        <v>82.500014437502529</v>
+      </c>
+      <c r="L76" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="M76" s="4">
+        <v>0.120855</v>
+      </c>
+      <c r="N76" s="4">
+        <v>1.46492E-3</v>
+      </c>
+      <c r="O76" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="C76" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P76" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>165</v>
+        <v>99</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>2.4889999999999999E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B77" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D77" s="4">
+        <v>1594000</v>
+      </c>
+      <c r="E77" s="5">
+        <v>1.799393</v>
+      </c>
+      <c r="F77" s="4">
+        <v>2868232.99573287</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="J77" s="5">
+        <v>14</v>
+      </c>
+      <c r="K77" s="5">
+        <v>7.7803997725011103</v>
+      </c>
+      <c r="L77" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="M77" s="4">
+        <v>22315999.347479999</v>
+      </c>
+      <c r="N77" s="4">
+        <v>2868232.99573287</v>
+      </c>
+      <c r="O77" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="C77" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I77" s="3" t="s">
+      <c r="P77" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="J77" s="5">
-[...5 lines deleted...]
-      <c r="L77" s="3" t="s">
+      <c r="Q77" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R77" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="M77" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S77" s="3" t="s">
-        <v>429</v>
+        <v>398</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>0</v>
+        <v>6.0699999999999999E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D78" s="4">
         <v>7221500</v>
       </c>
       <c r="E78" s="5">
         <v>0</v>
       </c>
       <c r="F78" s="4">
-        <v>9.2346549999999999E-2</v>
+        <v>8.7533330000000006E-2</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="J78" s="5">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="K78" s="5">
-        <v>78.200023147206849</v>
+        <v>82.500014437502529</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="M78" s="4">
-        <v>7.2215020000000001</v>
+        <v>7.2214999999999998</v>
       </c>
       <c r="N78" s="4">
-        <v>9.2346549999999999E-2</v>
+        <v>8.7533330000000006E-2</v>
       </c>
       <c r="O78" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="P78" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="Q78" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R78" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="P78" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S78" s="3" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D79" s="4">
+        <v>118816</v>
+      </c>
+      <c r="E79" s="5">
+        <v>45.841766999999997</v>
+      </c>
+      <c r="F79" s="4">
+        <v>5446735.5930164997</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H79" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="I79" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="J79" s="5">
+        <v>457.4</v>
+      </c>
+      <c r="K79" s="5">
+        <v>9.977800391908044</v>
+      </c>
+      <c r="L79" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="M79" s="4">
+        <v>54346440.534619004</v>
+      </c>
+      <c r="N79" s="4">
+        <v>5446735.5930164997</v>
+      </c>
+      <c r="O79" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="P79" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="Q79" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="R79" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S79" s="3" t="s">
-        <v>390</v>
+        <v>378</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>8.4169999999999991E-3</v>
+        <v>1.1527000000000001E-2</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D80" s="4">
         <v>125600</v>
       </c>
       <c r="E80" s="5">
-        <v>15.661414000000001</v>
+        <v>16.745723999999999</v>
       </c>
       <c r="F80" s="4">
-        <v>1967073.6533528799</v>
+        <v>2103262.9006755799</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H80" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I80" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J80" s="5">
-        <v>21.37</v>
+        <v>23.3</v>
       </c>
       <c r="K80" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L80" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M80" s="4">
-        <v>2684072.0104410001</v>
+        <v>2926479.9972899999</v>
       </c>
       <c r="N80" s="4">
-        <v>1967073.6533528799</v>
+        <v>2103262.9006755799</v>
       </c>
       <c r="O80" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="P80" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="Q80" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R80" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="P80" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S80" s="3" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>4.731E-3</v>
+        <v>4.4510000000000001E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D81" s="4">
-        <v>911700</v>
+        <v>958900</v>
       </c>
       <c r="E81" s="5">
-        <v>6.9329419999999997</v>
+        <v>8.9550090000000004</v>
       </c>
       <c r="F81" s="4">
-        <v>6320763.6496885298</v>
+        <v>8586958.4591059405</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H81" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J81" s="5">
-        <v>9.4600000000000009</v>
+        <v>12.46</v>
       </c>
       <c r="K81" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L81" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M81" s="4">
-        <v>8624682.0335499998</v>
+        <v>11947893.988936</v>
       </c>
       <c r="N81" s="4">
-        <v>6320763.6496885298</v>
+        <v>8586958.4591059405</v>
       </c>
       <c r="O81" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="P81" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="Q81" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="R81" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="P81" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S81" s="3" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>1.5203E-2</v>
+        <v>1.8173999999999999E-2</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D82" s="4">
-        <v>53870</v>
+        <v>51190</v>
       </c>
       <c r="E82" s="5">
-        <v>96.314392999999995</v>
+        <v>93.823750000000004</v>
       </c>
       <c r="F82" s="4">
-        <v>5188456.3239749996</v>
+        <v>4802837.7625000002</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H82" s="3" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J82" s="5">
-        <v>82.05</v>
+        <v>79.849999999999994</v>
       </c>
       <c r="K82" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L82" s="3" t="s">
-        <v>259</v>
+        <v>165</v>
       </c>
       <c r="M82" s="4">
-        <v>4420033.5</v>
+        <v>4087521.5</v>
       </c>
       <c r="N82" s="4">
-        <v>5188456.3239749996</v>
+        <v>4802837.7625000002</v>
       </c>
       <c r="O82" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="P82" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q82" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R82" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="P82" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S82" s="3" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>1.2479000000000001E-2</v>
+        <v>1.0165E-2</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D83" s="4">
+        <v>3328560</v>
+      </c>
+      <c r="E83" s="5">
+        <v>0.63777899999999998</v>
+      </c>
+      <c r="F83" s="4">
+        <v>2122886.6396476799</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H83" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="J83" s="5">
+        <v>4.54</v>
+      </c>
+      <c r="K83" s="5">
+        <v>7.1184500116101921</v>
+      </c>
+      <c r="L83" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="M83" s="4">
+        <v>15111662.424647</v>
+      </c>
+      <c r="N83" s="4">
+        <v>2122886.6396476799</v>
+      </c>
+      <c r="O83" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="P83" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="B83" s="3" t="s">
+      <c r="Q83" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R83" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="C83" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I83" s="3" t="s">
+      <c r="S83" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="J83" s="5">
-[...28 lines deleted...]
-      </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>1.444E-3</v>
+        <v>4.4929999999999996E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D84" s="4">
         <v>106071</v>
       </c>
       <c r="E84" s="5">
-        <v>21.305378000000001</v>
+        <v>19.317</v>
       </c>
       <c r="F84" s="4">
-        <v>2259882.6968025002</v>
+        <v>2048973.507</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J84" s="5">
-        <v>18.149999999999999</v>
+        <v>16.440000000000001</v>
       </c>
       <c r="K84" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="M84" s="4">
-        <v>1925188.65</v>
+        <v>1743807.24</v>
       </c>
       <c r="N84" s="4">
-        <v>2259882.6968025002</v>
+        <v>2048973.507</v>
       </c>
       <c r="O84" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="P84" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="Q84" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R84" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="P84" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S84" s="3" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>5.4349999999999997E-3</v>
+        <v>4.3359999999999996E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D85" s="4">
-        <v>473129</v>
+        <v>624329</v>
       </c>
       <c r="E85" s="5">
-        <v>7.4972519999999996</v>
+        <v>10.608021000000001</v>
       </c>
       <c r="F85" s="4">
-        <v>3547167.2187614501</v>
+        <v>6622894.9547218597</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H85" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I85" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J85" s="5">
-        <v>10.23</v>
+        <v>14.76</v>
       </c>
       <c r="K85" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L85" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M85" s="4">
-        <v>4840109.6888279999</v>
+        <v>9215096.0314659998</v>
       </c>
       <c r="N85" s="4">
-        <v>3547167.2187614501</v>
+        <v>6622894.9547218597</v>
       </c>
       <c r="O85" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="P85" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="Q85" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R85" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="P85" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S85" s="3" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="T85" s="4">
         <v>1</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>8.5310000000000004E-3</v>
+        <v>1.4017E-2</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D86" s="4">
-        <v>1118702</v>
+        <v>913387</v>
       </c>
       <c r="E86" s="5">
-        <v>10.905067000000001</v>
+        <v>12.496124999999999</v>
       </c>
       <c r="F86" s="4">
-        <v>12199519.703682899</v>
+        <v>11413798.125375001</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>223</v>
+        <v>210</v>
       </c>
       <c r="I86" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J86" s="5">
-        <v>9.2899999999999991</v>
+        <v>10.635</v>
       </c>
       <c r="K86" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="M86" s="4">
-        <v>10392741.579999</v>
+        <v>9713870.7449999992</v>
       </c>
       <c r="N86" s="4">
-        <v>12199519.703682899</v>
+        <v>11413798.125375001</v>
       </c>
       <c r="O86" s="3" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>227</v>
+        <v>214</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>2.9343000000000001E-2</v>
+        <v>2.4157000000000001E-2</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D87" s="4">
         <v>170285</v>
       </c>
       <c r="E87" s="5">
-        <v>14.546265</v>
+        <v>14.371219</v>
       </c>
       <c r="F87" s="4">
-        <v>2477010.7780962498</v>
+        <v>2447202.98484375</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>59</v>
+        <v>469</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>60</v>
+        <v>470</v>
       </c>
       <c r="J87" s="5">
-        <v>10.615</v>
+        <v>10.675000000000001</v>
       </c>
       <c r="K87" s="5">
-        <v>0.72974057722479657</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>61</v>
+        <v>471</v>
       </c>
       <c r="M87" s="4">
-        <v>1807575.2749999999</v>
+        <v>1817792.375</v>
       </c>
       <c r="N87" s="4">
-        <v>2477010.7780962498</v>
+        <v>2447202.98484375</v>
       </c>
       <c r="O87" s="3" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="P87" s="3" t="s">
         <v>472</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="R87" s="3" t="s">
         <v>473</v>
       </c>
       <c r="S87" s="3" t="s">
         <v>474</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>5.9569999999999996E-3</v>
+        <v>5.1789999999999996E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D88" s="4">
-        <v>46733</v>
+        <v>70323</v>
       </c>
       <c r="E88" s="5">
-        <v>69.849245999999994</v>
+        <v>80.688744999999997</v>
       </c>
       <c r="F88" s="4">
-        <v>3264264.8241205998</v>
+        <v>5674274.61823666</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H88" s="3" t="s">
-        <v>49</v>
+        <v>477</v>
       </c>
       <c r="I88" s="3" t="s">
-        <v>50</v>
+        <v>478</v>
       </c>
       <c r="J88" s="5">
-        <v>55.6</v>
+        <v>64.2</v>
       </c>
       <c r="K88" s="5">
-        <v>0.79599999812144007</v>
+        <v>0.79564999687627802</v>
       </c>
       <c r="L88" s="3" t="s">
-        <v>51</v>
+        <v>479</v>
       </c>
       <c r="M88" s="4">
-        <v>2598354.7938669999</v>
+        <v>4514736.5822750004</v>
       </c>
       <c r="N88" s="4">
-        <v>3264264.8241205998</v>
+        <v>5674274.61823666</v>
       </c>
       <c r="O88" s="3" t="s">
         <v>475</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>7.8510000000000003E-3</v>
+        <v>1.2009000000000001E-2</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D89" s="4">
         <v>2049126</v>
       </c>
       <c r="E89" s="5">
-        <v>0.69447400000000004</v>
+        <v>0.97040800000000005</v>
       </c>
       <c r="F89" s="4">
-        <v>1423064.4251534999</v>
+        <v>1988487.7425337499</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>169</v>
+        <v>485</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>170</v>
+        <v>486</v>
       </c>
       <c r="J89" s="5">
-        <v>13.12</v>
+        <v>17.79</v>
       </c>
       <c r="K89" s="5">
-        <v>18.891999351626584</v>
+        <v>18.332501343314036</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>171</v>
+        <v>487</v>
       </c>
       <c r="M89" s="4">
-        <v>26884532.197322</v>
+        <v>36453954.211162999</v>
       </c>
       <c r="N89" s="4">
-        <v>1423064.4251534999</v>
+        <v>1988487.7425337499</v>
       </c>
       <c r="O89" s="3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>174</v>
+        <v>490</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>3.4220000000000001E-3</v>
+        <v>4.2079999999999999E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D90" s="4">
         <v>1925700</v>
       </c>
       <c r="E90" s="5">
-        <v>6.9623000000000004E-2</v>
+        <v>0.21920400000000001</v>
       </c>
       <c r="F90" s="4">
-        <v>134072.18761451001</v>
+        <v>422120.52608883003</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H90" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J90" s="5">
-        <v>9.5000000000000001E-2</v>
+        <v>0.30499999999999999</v>
       </c>
       <c r="K90" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L90" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M90" s="4">
-        <v>182941.500711</v>
+        <v>587338.49945600005</v>
       </c>
       <c r="N90" s="4">
-        <v>134072.18761451001</v>
+        <v>422120.52608883003</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>3.2200000000000002E-4</v>
+        <v>8.9300000000000002E-4</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D91" s="4">
-        <v>7400</v>
+        <v>5100</v>
       </c>
       <c r="E91" s="5">
-        <v>437.41</v>
+        <v>421.96</v>
       </c>
       <c r="F91" s="4">
-        <v>3236834</v>
+        <v>2151996</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H91" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J91" s="5">
-        <v>437.41</v>
+        <v>421.96</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M91" s="4">
-        <v>3236834</v>
+        <v>2151996</v>
       </c>
       <c r="N91" s="4">
-        <v>3236834</v>
+        <v>2151996</v>
       </c>
       <c r="O91" s="3" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>7.7850000000000003E-3</v>
+        <v>4.5539999999999999E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D92" s="4">
         <v>460000</v>
       </c>
       <c r="E92" s="5">
-        <v>4.12</v>
+        <v>5.48</v>
       </c>
       <c r="F92" s="4">
-        <v>1895200</v>
+        <v>2520800</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H92" s="3" t="s">
-        <v>59</v>
+        <v>469</v>
       </c>
       <c r="I92" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J92" s="5">
-        <v>4.12</v>
+        <v>5.48</v>
       </c>
       <c r="K92" s="5">
         <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
-        <v>61</v>
+        <v>471</v>
       </c>
       <c r="M92" s="4">
-        <v>1895200</v>
+        <v>2520800</v>
       </c>
       <c r="N92" s="4">
-        <v>1895200</v>
+        <v>2520800</v>
       </c>
       <c r="O92" s="3" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>4.5580000000000004E-3</v>
+        <v>5.3350000000000003E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D93" s="4">
         <v>1008392</v>
       </c>
       <c r="E93" s="5">
-        <v>1.2898499999999999</v>
+        <v>1.4948969999999999</v>
       </c>
       <c r="F93" s="4">
-        <v>1300674.1810186901</v>
+        <v>1507442.4033347699</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H93" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J93" s="5">
-        <v>1.76</v>
+        <v>2.08</v>
       </c>
       <c r="K93" s="5">
-        <v>1.3645000053079051</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L93" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M93" s="4">
-        <v>1774769.9269030001</v>
+        <v>2097455.3580570002</v>
       </c>
       <c r="N93" s="4">
-        <v>1300674.1810186901</v>
+        <v>1507442.4033347699</v>
       </c>
       <c r="O93" s="3" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>3.1280000000000001E-3</v>
+        <v>3.1900000000000001E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D94" s="4">
         <v>320055</v>
       </c>
       <c r="E94" s="5">
-        <v>0.12124</v>
+        <v>0.22533500000000001</v>
       </c>
       <c r="F94" s="4">
-        <v>38803.388186249998</v>
+        <v>72119.593424999999</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H94" s="3" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="I94" s="3" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="J94" s="5">
-        <v>0.185</v>
+        <v>0.34</v>
       </c>
       <c r="K94" s="5">
-        <v>1.5259021896696423</v>
+        <v>1.5088645794039983</v>
       </c>
       <c r="L94" s="3" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="M94" s="4">
-        <v>59210.175000000003</v>
+        <v>108818.7</v>
       </c>
       <c r="N94" s="4">
-        <v>38803.388186249998</v>
+        <v>72119.593424999999</v>
       </c>
       <c r="O94" s="3" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>9.2999999999999997E-5</v>
+        <v>1.5200000000000001E-4</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D95" s="4">
-        <v>19072</v>
+        <v>10472</v>
       </c>
       <c r="E95" s="5">
-        <v>102.66</v>
+        <v>110.76</v>
       </c>
       <c r="F95" s="4">
-        <v>1957931.52</v>
+        <v>1159878.72</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J95" s="5">
-        <v>102.66</v>
+        <v>110.76</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M95" s="4">
-        <v>1957931.52</v>
+        <v>1159878.72</v>
       </c>
       <c r="N95" s="4">
-        <v>1957931.52</v>
+        <v>1159878.72</v>
       </c>
       <c r="O95" s="3" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>4.7089999999999996E-3</v>
+        <v>2.454E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D96" s="4">
         <v>114522</v>
       </c>
       <c r="E96" s="5">
-        <v>25.648623000000001</v>
+        <v>25.438749999999999</v>
       </c>
       <c r="F96" s="4">
-        <v>2937331.5459449999</v>
+        <v>2913296.5274999999</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H96" s="3" t="s">
-        <v>223</v>
+        <v>210</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J96" s="5">
-        <v>21.85</v>
+        <v>21.65</v>
       </c>
       <c r="K96" s="5">
-        <v>0.85189760190825059</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L96" s="3" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="M96" s="4">
-        <v>2502305.7000000002</v>
+        <v>2479401.2999999998</v>
       </c>
       <c r="N96" s="4">
-        <v>2937331.5459449999</v>
+        <v>2913296.5274999999</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>227</v>
+        <v>214</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>7.0650000000000001E-3</v>
+        <v>6.1650000000000003E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D97" s="4">
-        <v>1399037</v>
+        <v>164786</v>
       </c>
       <c r="E97" s="5">
-        <v>0.52755700000000005</v>
+        <v>5.0913019999999998</v>
       </c>
       <c r="F97" s="4">
-        <v>738071.41284975002</v>
+        <v>838975.40539999004</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H97" s="3" t="s">
-        <v>308</v>
+        <v>373</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>309</v>
+        <v>374</v>
       </c>
       <c r="J97" s="5">
-        <v>0.80500000000000005</v>
+        <v>50.8</v>
       </c>
       <c r="K97" s="5">
-        <v>1.5259021896696423</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L97" s="3" t="s">
-        <v>310</v>
+        <v>375</v>
       </c>
       <c r="M97" s="4">
-        <v>1126224.7849999999</v>
+        <v>8371129.1288010003</v>
       </c>
       <c r="N97" s="4">
-        <v>738071.41284975002</v>
+        <v>838975.40539999004</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>313</v>
+        <v>378</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
         <v>1.7750000000000001E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D98" s="4">
-        <v>954953</v>
+        <v>1399037</v>
       </c>
       <c r="E98" s="5">
-        <v>14.950125</v>
+        <v>3.5457130000000001</v>
       </c>
       <c r="F98" s="4">
-        <v>14276666.046760401</v>
+        <v>4960582.9788624896</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H98" s="3" t="s">
-        <v>520</v>
+        <v>301</v>
       </c>
       <c r="I98" s="3" t="s">
-        <v>521</v>
+        <v>302</v>
       </c>
       <c r="J98" s="5">
-        <v>95.02</v>
+        <v>5.35</v>
       </c>
       <c r="K98" s="5">
-        <v>6.3557998357788446</v>
+        <v>1.5088645794039983</v>
       </c>
       <c r="L98" s="3" t="s">
-        <v>522</v>
+        <v>303</v>
       </c>
       <c r="M98" s="4">
-        <v>90739631.715469003</v>
+        <v>7484847.9499989999</v>
       </c>
       <c r="N98" s="4">
-        <v>14276666.046760401</v>
+        <v>4960582.9788624896</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>525</v>
+        <v>306</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>3.4339000000000001E-2</v>
+        <v>1.0499E-2</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D99" s="4">
-        <v>355776</v>
+        <v>678716</v>
       </c>
       <c r="E99" s="5">
-        <v>3.4694020000000001</v>
+        <v>18.857827</v>
       </c>
       <c r="F99" s="4">
-        <v>1234329.96441281</v>
+        <v>12799108.550560299</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H99" s="3" t="s">
-        <v>401</v>
+        <v>49</v>
       </c>
       <c r="I99" s="3" t="s">
-        <v>454</v>
+        <v>50</v>
       </c>
       <c r="J99" s="5">
-        <v>24.86</v>
+        <v>119.8</v>
       </c>
       <c r="K99" s="5">
-        <v>7.165500123246602</v>
+        <v>6.3527998154638716</v>
       </c>
       <c r="L99" s="3" t="s">
-        <v>402</v>
+        <v>51</v>
       </c>
       <c r="M99" s="4">
-        <v>8844591.5121260006</v>
+        <v>81310174.438102007</v>
       </c>
       <c r="N99" s="4">
-        <v>1234329.96441281</v>
+        <v>12799108.550560299</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>2.9680000000000002E-3</v>
+        <v>2.7088999999999998E-2</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D100" s="4">
-        <v>476293</v>
+        <v>355776</v>
       </c>
       <c r="E100" s="5">
-        <v>0.967387</v>
+        <v>3.8224610000000001</v>
       </c>
       <c r="F100" s="4">
-        <v>460759.80945400998</v>
+        <v>1359940.0094121599</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H100" s="3" t="s">
-        <v>44</v>
+        <v>393</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>45</v>
+        <v>451</v>
       </c>
       <c r="J100" s="5">
-        <v>1.32</v>
+        <v>27.21</v>
       </c>
       <c r="K100" s="5">
-        <v>1.3645000053079051</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L100" s="3" t="s">
-        <v>46</v>
+        <v>395</v>
       </c>
       <c r="M100" s="4">
-        <v>628706.762445</v>
+        <v>9680664.9757889993</v>
       </c>
       <c r="N100" s="4">
-        <v>460759.80945400998</v>
+        <v>1359940.0094121599</v>
       </c>
       <c r="O100" s="3" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>159</v>
+        <v>538</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>535</v>
+        <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>1.108E-3</v>
+        <v>2.8779999999999999E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D101" s="4">
-        <v>17295</v>
+        <v>476293</v>
       </c>
       <c r="E101" s="5">
-        <v>168.67</v>
+        <v>2.069858</v>
       </c>
       <c r="F101" s="4">
-        <v>2917147.65</v>
+        <v>985858.73221216002</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H101" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J101" s="5">
-        <v>168.67</v>
+        <v>2.88</v>
       </c>
       <c r="K101" s="5">
-        <v>1</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L101" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M101" s="4">
-        <v>2917147.65</v>
+        <v>1371723.838729</v>
       </c>
       <c r="N101" s="4">
-        <v>2917147.65</v>
+        <v>985858.73221216002</v>
       </c>
       <c r="O101" s="3" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="S101" s="3" t="s">
-        <v>92</v>
+        <v>154</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>34</v>
+        <v>543</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>7.0159999999999997E-3</v>
+        <v>2.0860000000000002E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D102" s="4">
-        <v>54502</v>
+        <v>17295</v>
       </c>
       <c r="E102" s="5">
-        <v>46.634571000000001</v>
+        <v>219.53</v>
       </c>
       <c r="F102" s="4">
-        <v>2541677.3340885499</v>
+        <v>3796771.35</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H102" s="3" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>521</v>
+        <v>32</v>
       </c>
       <c r="J102" s="5">
-        <v>296.39999999999998</v>
+        <v>219.53</v>
       </c>
       <c r="K102" s="5">
-        <v>6.3557998357788446</v>
+        <v>1</v>
       </c>
       <c r="L102" s="3" t="s">
-        <v>522</v>
+        <v>33</v>
       </c>
       <c r="M102" s="4">
-        <v>16154392.382602001</v>
+        <v>3796771.35</v>
       </c>
       <c r="N102" s="4">
-        <v>2541677.3340885499</v>
+        <v>3796771.35</v>
       </c>
       <c r="O102" s="3" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>525</v>
+        <v>82</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>6.1130000000000004E-3</v>
+        <v>8.0350000000000005E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D103" s="4">
-        <v>28070</v>
+        <v>54502</v>
       </c>
       <c r="E103" s="5">
-        <v>34.751024000000001</v>
+        <v>37.164715999999999</v>
       </c>
       <c r="F103" s="4">
-        <v>975461.61825725995</v>
+        <v>2025551.2844729901</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>74</v>
+        <v>49</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="J103" s="5">
-        <v>46900</v>
+        <v>236.1</v>
       </c>
       <c r="K103" s="5">
-        <v>1349.600518246599</v>
+        <v>6.3527998154638716</v>
       </c>
       <c r="L103" s="3" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="M103" s="4">
-        <v>1316483505.52966</v>
+        <v>12867921.826212</v>
       </c>
       <c r="N103" s="4">
-        <v>975461.61825725995</v>
+        <v>2025551.2844729901</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>305</v>
+        <v>533</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>2.346E-3</v>
+        <v>4.287E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D104" s="4">
-        <v>2335</v>
+        <v>38389</v>
       </c>
       <c r="E104" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>29.863386999999999</v>
       </c>
       <c r="F104" s="4">
-        <v>2.3349999999999998E-3</v>
+        <v>1146430.34817006</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>550</v>
+        <v>77</v>
       </c>
       <c r="H104" s="3" t="s">
-        <v>424</v>
+        <v>64</v>
       </c>
       <c r="I104" s="3" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="J104" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>41900</v>
       </c>
       <c r="K104" s="5">
-        <v>1</v>
+        <v>1403.0558556536134</v>
       </c>
       <c r="L104" s="3" t="s">
-        <v>426</v>
+        <v>66</v>
       </c>
       <c r="M104" s="4">
-        <v>2.3349999999999998E-3</v>
+        <v>1608505813.09901</v>
       </c>
       <c r="N104" s="4">
-        <v>2.3349999999999998E-3</v>
+        <v>1146430.34817006</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>34</v>
+        <v>552</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>34</v>
+        <v>554</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>551</v>
+        <v>298</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>0</v>
+        <v>2.4260000000000002E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D105" s="4">
-        <v>229504</v>
+        <v>2335</v>
       </c>
       <c r="E105" s="5">
-        <v>35.270000000000003</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="F105" s="4">
-        <v>8094606.0800000001</v>
+        <v>2.3349999999999998E-3</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="H105" s="3" t="s">
-        <v>554</v>
+        <v>417</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J105" s="5">
-        <v>35.270000000000003</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K105" s="5">
         <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
-        <v>555</v>
+        <v>419</v>
       </c>
       <c r="M105" s="4">
-        <v>8094606.0800000001</v>
+        <v>2.3349999999999998E-3</v>
       </c>
       <c r="N105" s="4">
-        <v>8094606.0800000001</v>
+        <v>2.3349999999999998E-3</v>
       </c>
       <c r="O105" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P105" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q105" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R105" s="3" t="s">
         <v>556</v>
       </c>
-      <c r="P105" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S105" s="3" t="s">
-        <v>92</v>
+        <v>559</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>552</v>
+        <v>34</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>1.9469E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B106" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D106" s="4">
+        <v>14647620</v>
+      </c>
+      <c r="E106" s="5">
+        <v>0.103071</v>
+      </c>
+      <c r="F106" s="4">
+        <v>1509737.7194877299</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="I106" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="J106" s="5">
+        <v>3.34</v>
+      </c>
+      <c r="K106" s="5">
+        <v>32.404995035554762</v>
+      </c>
+      <c r="L106" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="M106" s="4">
+        <v>48923043.304989003</v>
+      </c>
+      <c r="N106" s="4">
+        <v>1509737.7194877299</v>
+      </c>
+      <c r="O106" s="3" t="s">
         <v>560</v>
       </c>
-      <c r="C106" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P106" s="3" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>564</v>
+        <v>143</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="S106" s="3" t="s">
-        <v>127</v>
+        <v>567</v>
       </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>559</v>
+        <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>1.402E-3</v>
+        <v>3.1949999999999999E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D107" s="4">
-        <v>22000</v>
+        <v>249678</v>
       </c>
       <c r="E107" s="5">
-        <v>25.69</v>
+        <v>42.98</v>
       </c>
       <c r="F107" s="4">
-        <v>565180</v>
+        <v>10731160.439999999</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="H107" s="3" t="s">
-        <v>31</v>
+        <v>570</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J107" s="5">
-        <v>25.69</v>
+        <v>42.98</v>
       </c>
       <c r="K107" s="5">
         <v>1</v>
       </c>
       <c r="L107" s="3" t="s">
-        <v>33</v>
+        <v>571</v>
       </c>
       <c r="M107" s="4">
-        <v>565180</v>
+        <v>10731160.439999999</v>
       </c>
       <c r="N107" s="4">
-        <v>565180</v>
+        <v>10731160.439999999</v>
       </c>
       <c r="O107" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="P107" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="Q107" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R107" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="S107" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="T107" s="4">
+        <v>1</v>
+      </c>
+      <c r="W107" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="P107" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>1.359E-3</v>
+        <v>2.2712E-2</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>573</v>
+        <v>76</v>
       </c>
       <c r="D108" s="4">
-        <v>-75423.13</v>
+        <v>374700</v>
       </c>
       <c r="E108" s="5">
-        <v>1</v>
+        <v>3.3874439999999999</v>
       </c>
       <c r="F108" s="4">
-        <v>-75423.13</v>
+        <v>1269275.0983466499</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="H108" s="3" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="I108" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="J108" s="5">
-        <v>1</v>
+        <v>18.04</v>
       </c>
       <c r="K108" s="5">
-        <v>1</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L108" s="3" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="M108" s="4">
-        <v>-75423.13</v>
+        <v>6759588.0982400002</v>
       </c>
       <c r="N108" s="4">
-        <v>-75423.13</v>
+        <v>1269275.0983466499</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>34</v>
+        <v>575</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>34</v>
+        <v>579</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>35</v>
+        <v>370</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>-1.8100000000000001E-4</v>
+        <v>2.686E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>573</v>
+        <v>76</v>
       </c>
       <c r="D109" s="4">
-        <v>-553639.44999999995</v>
+        <v>38200</v>
       </c>
       <c r="E109" s="5">
-        <v>1</v>
+        <v>40.75</v>
       </c>
       <c r="F109" s="4">
-        <v>-553639.44999999995</v>
+        <v>1556650</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="H109" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I109" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J109" s="5">
-        <v>1</v>
+        <v>40.75</v>
       </c>
       <c r="K109" s="5">
         <v>1</v>
       </c>
       <c r="L109" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M109" s="4">
-        <v>-553639.44999999995</v>
+        <v>1556650</v>
       </c>
       <c r="N109" s="4">
-        <v>-553639.44999999995</v>
+        <v>1556650</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>34</v>
+        <v>583</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>34</v>
+        <v>584</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>34</v>
+        <v>585</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>34</v>
+        <v>586</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>34</v>
+        <v>580</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>-1.3309999999999999E-3</v>
+        <v>3.2940000000000001E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>577</v>
+        <v>587</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>579</v>
+        <v>76</v>
       </c>
       <c r="D110" s="4">
-        <v>1124187.0419999999</v>
+        <v>60000</v>
       </c>
       <c r="E110" s="5">
-        <v>5.01</v>
+        <v>24.79</v>
       </c>
       <c r="F110" s="4">
-        <v>5632177.0804199995</v>
+        <v>1487400</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="H110" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J110" s="5">
-        <v>5.01</v>
+        <v>24.79</v>
       </c>
       <c r="K110" s="5">
         <v>1</v>
       </c>
       <c r="L110" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M110" s="4">
-        <v>5632177.0804199995</v>
+        <v>1487400</v>
       </c>
       <c r="N110" s="4">
-        <v>5632177.0804199995</v>
+        <v>1487400</v>
       </c>
       <c r="O110" s="3" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>34</v>
+        <v>585</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>584</v>
+        <v>82</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>577</v>
+        <v>587</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>1.3546000000000001E-2</v>
+        <v>3.1480000000000002E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>579</v>
+        <v>594</v>
       </c>
       <c r="D111" s="4">
-        <v>279348.51</v>
+        <v>-69299.72</v>
       </c>
       <c r="E111" s="5">
         <v>1</v>
       </c>
       <c r="F111" s="4">
-        <v>279348.51</v>
+        <v>-69299.72</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J111" s="5">
         <v>1</v>
       </c>
       <c r="K111" s="5">
         <v>1</v>
       </c>
       <c r="L111" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M111" s="4">
-        <v>279348.51</v>
+        <v>-69299.72</v>
       </c>
       <c r="N111" s="4">
-        <v>279348.51</v>
+        <v>-69299.72</v>
       </c>
       <c r="O111" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="Q111" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R111" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>584</v>
+        <v>35</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>6.7100000000000005E-4</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:1" x14ac:dyDescent="0.2">
+        <v>-1.46E-4</v>
+      </c>
+    </row>
+    <row r="112" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A112" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="D112" s="4">
+        <v>-603782.59</v>
+      </c>
+      <c r="E112" s="5">
+        <v>1</v>
+      </c>
+      <c r="F112" s="4">
+        <v>-603782.59</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I112" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J112" s="5">
+        <v>1</v>
+      </c>
+      <c r="K112" s="5">
+        <v>1</v>
+      </c>
+      <c r="L112" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M112" s="4">
+        <v>-603782.59</v>
+      </c>
+      <c r="N112" s="4">
+        <v>-603782.59</v>
+      </c>
+      <c r="O112" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P112" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q112" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R112" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S112" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T112" s="4">
+        <v>1</v>
+      </c>
+      <c r="W112" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X112" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y112" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z112" s="6">
+        <v>-1.2769999999999999E-3</v>
+      </c>
+    </row>
+    <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:1" x14ac:dyDescent="0.2">
+        <v>598</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="D113" s="4">
+        <v>1896729.6850000001</v>
+      </c>
+      <c r="E113" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F113" s="4">
+        <v>9502615.7218500003</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I113" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J113" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="K113" s="5">
+        <v>1</v>
+      </c>
+      <c r="L113" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M113" s="4">
+        <v>9502615.7218500003</v>
+      </c>
+      <c r="N113" s="4">
+        <v>9502615.7218500003</v>
+      </c>
+      <c r="O113" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="P113" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="Q113" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R113" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="S113" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="T113" s="4">
+        <v>1</v>
+      </c>
+      <c r="W113" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="X113" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y113" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z113" s="6">
+        <v>2.0112000000000001E-2</v>
+      </c>
+    </row>
+    <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>589</v>
-[...7 lines deleted...]
-    <row r="116" spans="1:1" x14ac:dyDescent="0.2">
+        <v>606</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="D114" s="4">
+        <v>502041.86</v>
+      </c>
+      <c r="E114" s="5">
+        <v>1</v>
+      </c>
+      <c r="F114" s="4">
+        <v>502041.86</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J114" s="5">
+        <v>1</v>
+      </c>
+      <c r="K114" s="5">
+        <v>1</v>
+      </c>
+      <c r="L114" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M114" s="4">
+        <v>502041.86</v>
+      </c>
+      <c r="N114" s="4">
+        <v>502041.86</v>
+      </c>
+      <c r="O114" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P114" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="Q114" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R114" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S114" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="T114" s="4">
+        <v>1</v>
+      </c>
+      <c r="W114" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X114" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y114" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z114" s="6">
+        <v>1.062E-3</v>
+      </c>
+    </row>
+    <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:1" x14ac:dyDescent="0.2">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:1" x14ac:dyDescent="0.2">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>593</v>
+        <v>611</v>
+      </c>
+    </row>
+    <row r="119" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A119" s="3" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="120" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A120" s="3" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="121" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A121" s="3" t="s">
+        <v>614</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>June</vt:lpstr>
+      <vt:lpstr>September</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>