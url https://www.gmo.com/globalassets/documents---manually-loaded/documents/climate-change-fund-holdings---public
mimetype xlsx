--- v1 (2025-11-17)
+++ v2 (2026-03-03)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4CC97B93-430E-456F-BCA6-DD816AA086CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B36EF82E-31E1-414D-A3E1-3A8C9C01CCD6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{3247706A-1957-4357-AE3C-B987E4B4D945}"/>
+    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{2D0CC6CE-05D2-4F08-AB5A-4D9994D980D0}"/>
   </bookViews>
   <sheets>
-    <sheet name="September" sheetId="1" r:id="rId1"/>
+    <sheet name="December" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1476" uniqueCount="615">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1567" uniqueCount="635">
   <si>
     <t>GMO Climate Change Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -145,644 +145,671 @@
   <si>
     <t>USD TAX RECLAIMS</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
+    <t>AUDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (AUD)</t>
+  </si>
+  <si>
+    <t>Trade Date Cash</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>AUD</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
     <t>BRLTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (BRL)</t>
   </si>
   <si>
-    <t>Trade Date Cash</t>
-[...1 lines deleted...]
-  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>BRL</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>CADTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CAD)</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CAD</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>DKKTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (DKK)</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
-    <t>EURTCash</t>
-[...5 lines deleted...]
-    <t>European Union</t>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>HKDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (HKD)</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>JPYTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (JPY)</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>KRWTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (KRW)</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>KRW</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>MYRTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (MYR)</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>MYR</t>
+  </si>
+  <si>
+    <t>MY</t>
+  </si>
+  <si>
+    <t>NOKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (NOK)</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>001084102</t>
+  </si>
+  <si>
+    <t>Agco Corp</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2010278</t>
+  </si>
+  <si>
+    <t>AGCO</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US0010841023</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>00770K202</t>
+  </si>
+  <si>
+    <t>Aemetis Inc</t>
+  </si>
+  <si>
+    <t>B9KR326</t>
+  </si>
+  <si>
+    <t>AMTX</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>US00770K2024</t>
+  </si>
+  <si>
+    <t>XNMS</t>
+  </si>
+  <si>
+    <t>00790R104</t>
+  </si>
+  <si>
+    <t>Advanced Drainage Systems In</t>
+  </si>
+  <si>
+    <t>BP7RS59</t>
+  </si>
+  <si>
+    <t>WMS</t>
+  </si>
+  <si>
+    <t>US00790R1041</t>
+  </si>
+  <si>
+    <t>012653101</t>
+  </si>
+  <si>
+    <t>Albemarle Corp</t>
+  </si>
+  <si>
+    <t>2046853</t>
+  </si>
+  <si>
+    <t>ALB</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>US0126531013</t>
+  </si>
+  <si>
+    <t>013872106</t>
+  </si>
+  <si>
+    <t>Alcoa Corp</t>
+  </si>
+  <si>
+    <t>BYNF418</t>
+  </si>
+  <si>
+    <t>AA</t>
+  </si>
+  <si>
+    <t>US0138721065</t>
+  </si>
+  <si>
+    <t>02361E108</t>
+  </si>
+  <si>
+    <t>Ameresco Inc-Cl A</t>
+  </si>
+  <si>
+    <t>B3SWPT2</t>
+  </si>
+  <si>
+    <t>AMRC</t>
+  </si>
+  <si>
+    <t>US02361E1082</t>
+  </si>
+  <si>
+    <t>04271T100</t>
+  </si>
+  <si>
+    <t>Array Technologies Inc</t>
+  </si>
+  <si>
+    <t>BLBLMD5</t>
+  </si>
+  <si>
+    <t>ARRY</t>
+  </si>
+  <si>
+    <t>US04271T1007</t>
+  </si>
+  <si>
+    <t>054540208</t>
+  </si>
+  <si>
+    <t>Axcelis Technologies Inc</t>
+  </si>
+  <si>
+    <t>BD420Q8</t>
+  </si>
+  <si>
+    <t>ACLS</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0545402085</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>099724106</t>
+  </si>
+  <si>
+    <t>Borgwarner Inc</t>
+  </si>
+  <si>
+    <t>2111955</t>
+  </si>
+  <si>
+    <t>BWA</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>US0997241064</t>
+  </si>
+  <si>
+    <t>14448C104</t>
+  </si>
+  <si>
+    <t>Carrier Global Corp</t>
+  </si>
+  <si>
+    <t>BK4N0D7</t>
+  </si>
+  <si>
+    <t>CARR</t>
+  </si>
+  <si>
+    <t>US14448C1045</t>
+  </si>
+  <si>
+    <t>184499101</t>
+  </si>
+  <si>
+    <t>Clean Energy Fuels Corp</t>
+  </si>
+  <si>
+    <t>B1Y1PC2</t>
+  </si>
+  <si>
+    <t>CLNE</t>
+  </si>
+  <si>
+    <t>US1844991018</t>
+  </si>
+  <si>
+    <t>209115104</t>
+  </si>
+  <si>
+    <t>Consolidated Edison Inc</t>
+  </si>
+  <si>
+    <t>2216850</t>
+  </si>
+  <si>
+    <t>ED</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>US2091151041</t>
+  </si>
+  <si>
+    <t>22052L104</t>
+  </si>
+  <si>
+    <t>Corteva Inc</t>
+  </si>
+  <si>
+    <t>BK73B42</t>
+  </si>
+  <si>
+    <t>CTVA</t>
+  </si>
+  <si>
+    <t>US22052L1044</t>
+  </si>
+  <si>
+    <t>2347608</t>
+  </si>
+  <si>
+    <t>First Quantum Minerals Ltd</t>
+  </si>
+  <si>
+    <t>FM</t>
+  </si>
+  <si>
+    <t>CA3359341052</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>335934105</t>
+  </si>
+  <si>
+    <t>237266101</t>
+  </si>
+  <si>
+    <t>Darling Ingredients Inc</t>
+  </si>
+  <si>
+    <t>2250289</t>
+  </si>
+  <si>
+    <t>DAR</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>US2372661015</t>
+  </si>
+  <si>
+    <t>244199105</t>
+  </si>
+  <si>
+    <t>Deere &amp; Co</t>
+  </si>
+  <si>
+    <t>2261203</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>US2441991054</t>
+  </si>
+  <si>
+    <t>281020107</t>
+  </si>
+  <si>
+    <t>Edison International</t>
+  </si>
+  <si>
+    <t>2829515</t>
+  </si>
+  <si>
+    <t>EIX</t>
+  </si>
+  <si>
+    <t>US2810201077</t>
+  </si>
+  <si>
+    <t>29275Y102</t>
+  </si>
+  <si>
+    <t>Enersys</t>
+  </si>
+  <si>
+    <t>B020GQ5</t>
+  </si>
+  <si>
+    <t>ENS</t>
+  </si>
+  <si>
+    <t>US29275Y1029</t>
+  </si>
+  <si>
+    <t>30161N101</t>
+  </si>
+  <si>
+    <t>Exelon Corp</t>
+  </si>
+  <si>
+    <t>2670519</t>
+  </si>
+  <si>
+    <t>EXC</t>
+  </si>
+  <si>
+    <t>US30161N1019</t>
+  </si>
+  <si>
+    <t>336433107</t>
+  </si>
+  <si>
+    <t>First Solar Inc</t>
+  </si>
+  <si>
+    <t>B1HMF22</t>
+  </si>
+  <si>
+    <t>FSLR</t>
+  </si>
+  <si>
+    <t>US3364331070</t>
+  </si>
+  <si>
+    <t>35671D857</t>
+  </si>
+  <si>
+    <t>Freeport-Mcmoran Inc</t>
+  </si>
+  <si>
+    <t>2352118</t>
+  </si>
+  <si>
+    <t>FCX</t>
+  </si>
+  <si>
+    <t>US35671D8570</t>
+  </si>
+  <si>
+    <t>374396406</t>
+  </si>
+  <si>
+    <t>Gevo Inc</t>
+  </si>
+  <si>
+    <t>BGDLVV9</t>
+  </si>
+  <si>
+    <t>GEVO</t>
+  </si>
+  <si>
+    <t>US3743964062</t>
+  </si>
+  <si>
+    <t>XNCM</t>
+  </si>
+  <si>
+    <t>384313607</t>
+  </si>
+  <si>
+    <t>Graftech International Ltd</t>
+  </si>
+  <si>
+    <t>BV6G2Q8</t>
+  </si>
+  <si>
+    <t>EAF</t>
+  </si>
+  <si>
+    <t>US3843136074</t>
+  </si>
+  <si>
+    <t>393222104</t>
+  </si>
+  <si>
+    <t>Green Plains Inc</t>
+  </si>
+  <si>
+    <t>B11FJD6</t>
+  </si>
+  <si>
+    <t>GPRE</t>
+  </si>
+  <si>
+    <t>US3932221043</t>
+  </si>
+  <si>
+    <t>4031879</t>
+  </si>
+  <si>
+    <t>Veolia Environnement</t>
+  </si>
+  <si>
+    <t>France</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
-    <t>EU</t>
-[...463 lines deleted...]
-  <si>
     <t>FR</t>
   </si>
   <si>
     <t>VIE</t>
   </si>
   <si>
     <t>FR0000124141</t>
   </si>
   <si>
     <t>XPAR</t>
   </si>
   <si>
     <t>4103596</t>
   </si>
   <si>
     <t>Edp Sa</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>EDP</t>
   </si>
   <si>
     <t>PTEDP0AM0009</t>
   </si>
   <si>
     <t>XLIS</t>
   </si>
   <si>
     <t>443510607</t>
   </si>
   <si>
     <t>Hubbell Inc</t>
   </si>
   <si>
     <t>BDFG6S3</t>
   </si>
   <si>
     <t>HUBB</t>
   </si>
   <si>
     <t>US4435106079</t>
   </si>
   <si>
-    <t>4491235</t>
-[...19 lines deleted...]
-  <si>
     <t>4513612</t>
   </si>
   <si>
     <t>Kemira Oyj</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>KEMIRA</t>
   </si>
   <si>
     <t>FI0009004824</t>
   </si>
   <si>
     <t>XHEL</t>
   </si>
   <si>
     <t>465741106</t>
   </si>
   <si>
     <t>Itron Inc</t>
@@ -940,107 +967,131 @@
   <si>
     <t>XTKS</t>
   </si>
   <si>
     <t>6346913</t>
   </si>
   <si>
     <t>Lg Chem Ltd</t>
   </si>
   <si>
     <t>051910</t>
   </si>
   <si>
     <t>KR7051910008</t>
   </si>
   <si>
     <t>XKRX</t>
   </si>
   <si>
     <t>6439567</t>
   </si>
   <si>
     <t>Igo Ltd</t>
   </si>
   <si>
-    <t>Australia</t>
-[...7 lines deleted...]
-  <si>
     <t>IGO</t>
   </si>
   <si>
     <t>AU000000IGO4</t>
   </si>
   <si>
     <t>XASX</t>
   </si>
   <si>
     <t>6483489</t>
   </si>
   <si>
     <t>Kansai Electric Power Co Inc</t>
   </si>
   <si>
     <t>9503</t>
   </si>
   <si>
     <t>JP3228600007</t>
   </si>
   <si>
     <t>65290E101</t>
   </si>
   <si>
-    <t>Nextracker Inc-Cl A</t>
+    <t>Nextpower Inc-Cl A</t>
   </si>
   <si>
     <t>BR1GTS6</t>
   </si>
   <si>
     <t>NXT</t>
   </si>
   <si>
     <t>US65290E1010</t>
   </si>
   <si>
+    <t>6536651</t>
+  </si>
+  <si>
+    <t>Byd Co Ltd-H</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>CNE100000296</t>
+  </si>
+  <si>
+    <t>XHKG</t>
+  </si>
+  <si>
     <t>6635677</t>
   </si>
   <si>
     <t>Renesas Electronics Corp</t>
   </si>
   <si>
     <t>6723</t>
   </si>
   <si>
     <t>JP3164720009</t>
   </si>
   <si>
+    <t>6668468</t>
+  </si>
+  <si>
+    <t>Paladin Energy Ltd</t>
+  </si>
+  <si>
+    <t>PDN</t>
+  </si>
+  <si>
+    <t>AU000000PDN8</t>
+  </si>
+  <si>
     <t>6744250</t>
   </si>
   <si>
     <t>Gs Yuasa Corp</t>
   </si>
   <si>
     <t>6674</t>
   </si>
   <si>
     <t>JP3385820000</t>
   </si>
   <si>
     <t>6771645</t>
   </si>
   <si>
     <t>Samsung Sdi Co Ltd</t>
   </si>
   <si>
     <t>006400</t>
   </si>
   <si>
     <t>KR7006400006</t>
   </si>
   <si>
     <t>682189105</t>
@@ -1090,50 +1141,62 @@
   <si>
     <t>6986427</t>
   </si>
   <si>
     <t>Yokogawa Electric Corp</t>
   </si>
   <si>
     <t>6841</t>
   </si>
   <si>
     <t>JP3955000009</t>
   </si>
   <si>
     <t>7130836</t>
   </si>
   <si>
     <t>Nexans Sa</t>
   </si>
   <si>
     <t>NEX</t>
   </si>
   <si>
     <t>FR0000044448</t>
   </si>
   <si>
+    <t>7144569</t>
+  </si>
+  <si>
+    <t>Enel Spa</t>
+  </si>
+  <si>
+    <t>ENEL</t>
+  </si>
+  <si>
+    <t>IT0003128367</t>
+  </si>
+  <si>
     <t>83417M104</t>
   </si>
   <si>
     <t>Solaredge Technologies Inc</t>
   </si>
   <si>
     <t>BWC52Q6</t>
   </si>
   <si>
     <t>SEDG</t>
   </si>
   <si>
     <t>US83417M1045</t>
   </si>
   <si>
     <t>86771W105</t>
   </si>
   <si>
     <t>Sunrun Inc</t>
   </si>
   <si>
     <t>BYXB1Y8</t>
   </si>
   <si>
     <t>RUN</t>
@@ -1156,59 +1219,50 @@
   <si>
     <t>US9202531011</t>
   </si>
   <si>
     <t>B02GKC7</t>
   </si>
   <si>
     <t>Suzano Sa</t>
   </si>
   <si>
     <t>SUZB3</t>
   </si>
   <si>
     <t>BRSUZBACNOR0</t>
   </si>
   <si>
     <t>BVMF</t>
   </si>
   <si>
     <t>B02L486</t>
   </si>
   <si>
     <t>Mowi Asa</t>
   </si>
   <si>
-    <t>Norway</t>
-[...7 lines deleted...]
-  <si>
     <t>MOWI</t>
   </si>
   <si>
     <t>NO0003054108</t>
   </si>
   <si>
     <t>XOSL</t>
   </si>
   <si>
     <t>B06YV46</t>
   </si>
   <si>
     <t>Neste OYJ</t>
   </si>
   <si>
     <t>NESTE</t>
   </si>
   <si>
     <t>FI0009013296</t>
   </si>
   <si>
     <t>B0DJ8Q5</t>
   </si>
   <si>
     <t>Alstom</t>
@@ -1216,80 +1270,56 @@
   <si>
     <t>ALO</t>
   </si>
   <si>
     <t>FR0010220475</t>
   </si>
   <si>
     <t>B16MKT5</t>
   </si>
   <si>
     <t>Austevoll Seafood Asa</t>
   </si>
   <si>
     <t>AUSS</t>
   </si>
   <si>
     <t>NO0010073489</t>
   </si>
   <si>
     <t>B1VRCG6</t>
   </si>
   <si>
     <t>Cmoc Group Ltd-H</t>
   </si>
   <si>
-    <t>China</t>
-[...7 lines deleted...]
-  <si>
     <t>3993</t>
   </si>
   <si>
     <t>CNE100000114</t>
   </si>
   <si>
-    <t>XHKG</t>
-[...13 lines deleted...]
-  <si>
     <t>B288C92</t>
   </si>
   <si>
     <t>Iberdrola Sa</t>
   </si>
   <si>
     <t>IBE</t>
   </si>
   <si>
     <t>ES0144580Y14</t>
   </si>
   <si>
     <t>B28ZQ24</t>
   </si>
   <si>
     <t>Kernel Holding Sa</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>PLN</t>
   </si>
   <si>
     <t>UA</t>
@@ -1384,128 +1414,143 @@
   <si>
     <t>Nexgen Energy Ltd</t>
   </si>
   <si>
     <t>NXE</t>
   </si>
   <si>
     <t>CA65340P1062</t>
   </si>
   <si>
     <t>65340P106</t>
   </si>
   <si>
     <t>BD2P9X9</t>
   </si>
   <si>
     <t>Knorr-Bremse Ag</t>
   </si>
   <si>
     <t>KBX</t>
   </si>
   <si>
     <t>DE000KBX1006</t>
   </si>
   <si>
+    <t>BD5CJB5</t>
+  </si>
+  <si>
+    <t>Xuji Electric Co Ltd-A</t>
+  </si>
+  <si>
+    <t>CNY</t>
+  </si>
+  <si>
+    <t>000400</t>
+  </si>
+  <si>
+    <t>CNE0000007F6</t>
+  </si>
+  <si>
+    <t>XSEC</t>
+  </si>
+  <si>
     <t>BD5LQM2</t>
   </si>
   <si>
     <t>Cecep Solar Energy Co Lt-A</t>
   </si>
   <si>
-    <t>CNY</t>
-[...1 lines deleted...]
-  <si>
     <t>000591</t>
   </si>
   <si>
     <t>CNE0000000K1</t>
   </si>
   <si>
-    <t>XSEC</t>
-[...1 lines deleted...]
-  <si>
     <t>BD6FXN3</t>
   </si>
   <si>
     <t>Redeia Corp Sa</t>
   </si>
   <si>
     <t>RED</t>
   </si>
   <si>
     <t>ES0173093024</t>
   </si>
   <si>
     <t>BD73C40</t>
   </si>
   <si>
     <t>Ivanhoe Mines Ltd-Cl A</t>
   </si>
   <si>
     <t>IVN</t>
   </si>
   <si>
     <t>CA46579R1047</t>
   </si>
   <si>
     <t>46579R104</t>
   </si>
   <si>
     <t>BDC5ST8</t>
   </si>
   <si>
     <t>Valeo</t>
   </si>
   <si>
     <t>FR0013176526</t>
   </si>
   <si>
     <t>BDR05C0</t>
   </si>
   <si>
     <t>National Grid Plc</t>
   </si>
   <si>
-    <t>United Kingdom</t>
-[...7 lines deleted...]
-  <si>
     <t>NG/</t>
   </si>
   <si>
     <t>GB00BDR05C01</t>
   </si>
   <si>
     <t>XLON</t>
   </si>
   <si>
+    <t>BDX85Z1</t>
+  </si>
+  <si>
+    <t>Cnh Industrial Nv</t>
+  </si>
+  <si>
+    <t>CNH</t>
+  </si>
+  <si>
+    <t>NL0010545661</t>
+  </si>
+  <si>
     <t>BF41XY8</t>
   </si>
   <si>
     <t>Landis   Gyr Group Ag</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>LAND</t>
   </si>
   <si>
     <t>CH0371153492</t>
   </si>
   <si>
     <t>XSWX</t>
   </si>
   <si>
     <t>BH3T8K8</t>
@@ -1588,60 +1633,63 @@
   <si>
     <t>BLNLT21</t>
   </si>
   <si>
     <t>Clean Teq Water Ltd</t>
   </si>
   <si>
     <t>CNQ</t>
   </si>
   <si>
     <t>AU0000153280</t>
   </si>
   <si>
     <t>BLS09M3</t>
   </si>
   <si>
     <t>Pentair Plc</t>
   </si>
   <si>
     <t>PNR</t>
   </si>
   <si>
     <t>IE00BLS09M33</t>
   </si>
   <si>
-    <t>BMHRMH8</t>
-[...8 lines deleted...]
-    <t>FR0012532810</t>
+    <t>BMY5XY9</t>
+  </si>
+  <si>
+    <t>Capstone Copper Corp</t>
+  </si>
+  <si>
+    <t>CS</t>
+  </si>
+  <si>
+    <t>CA14071L1085</t>
+  </si>
+  <si>
+    <t>14071L108</t>
   </si>
   <si>
     <t>BMYDHR4</t>
   </si>
   <si>
     <t>Cadeler A/S</t>
   </si>
   <si>
     <t>CADLR</t>
   </si>
   <si>
     <t>DK0061412772</t>
   </si>
   <si>
     <t>BN4MX14</t>
   </si>
   <si>
     <t>Sunrise Energy Metals Ltd</t>
   </si>
   <si>
     <t>SRL</t>
   </si>
   <si>
     <t>AU0000143729</t>
   </si>
@@ -1705,105 +1753,117 @@
   <si>
     <t>BRJCHK4</t>
   </si>
   <si>
     <t>Rockwool A/S-B Shs</t>
   </si>
   <si>
     <t>ROCKB</t>
   </si>
   <si>
     <t>DK0063855168</t>
   </si>
   <si>
     <t>BSPBZK8</t>
   </si>
   <si>
     <t>Cs Wind Corp</t>
   </si>
   <si>
     <t>112610</t>
   </si>
   <si>
     <t>KR7112610001</t>
   </si>
   <si>
+    <t>BTK05J6</t>
+  </si>
+  <si>
+    <t>Anglo American Plc</t>
+  </si>
+  <si>
+    <t>AAL</t>
+  </si>
+  <si>
+    <t>GB00BTK05J60</t>
+  </si>
+  <si>
+    <t>833635105</t>
+  </si>
+  <si>
+    <t>Quimica Y Minera Chil-Sp Adr</t>
+  </si>
+  <si>
+    <t>Depository Receipt/Share</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>2771122</t>
+  </si>
+  <si>
+    <t>SQM</t>
+  </si>
+  <si>
+    <t>US8336351056</t>
+  </si>
+  <si>
+    <t>B9L4K92</t>
+  </si>
+  <si>
+    <t>Energy Absolute Pcl-Nvdr</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>THB</t>
+  </si>
+  <si>
+    <t>TH</t>
+  </si>
+  <si>
+    <t>EA-R</t>
+  </si>
+  <si>
+    <t>TH3545010R19</t>
+  </si>
+  <si>
+    <t>XBKK</t>
+  </si>
+  <si>
     <t>US71922G4073</t>
   </si>
   <si>
     <t>Phosagro Reg S Blocked Gdrs</t>
   </si>
   <si>
-    <t>Depository Receipt/Share</t>
-[...1 lines deleted...]
-  <si>
     <t>OOTC</t>
-  </si>
-[...43 lines deleted...]
-    <t>US8336351056</t>
   </si>
   <si>
     <t>BJ0K6Z9</t>
   </si>
   <si>
     <t>Klabin Sa - Unit</t>
   </si>
   <si>
     <t>Equity Unit</t>
   </si>
   <si>
     <t>KLBN11</t>
   </si>
   <si>
     <t>BRKLBNCDAM18</t>
   </si>
   <si>
     <t>737630103</t>
   </si>
   <si>
     <t>Potlatchdeltic Corp</t>
   </si>
   <si>
     <t>Real Estate Investment Trust (REIT)</t>
   </si>
@@ -2275,92 +2335,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{046CD37D-6D7C-4EF3-A348-6C13001B6FFD}">
-  <dimension ref="A1:Z121"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7617E37F-4F7D-4551-889C-FF74BD6A7099}">
+  <dimension ref="A1:Z128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
-    <col min="15" max="15" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45930</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -2410,8299 +2470,8817 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>151458.19</v>
+        <v>193969.43</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>151458.19</v>
+        <v>193969.43</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>151458.19</v>
+        <v>193969.43</v>
       </c>
       <c r="N4" s="4">
-        <v>151458.19</v>
+        <v>193969.43</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>3.2000000000000003E-4</v>
+        <v>3.5100000000000002E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>0.02</v>
+        <v>284616.63</v>
       </c>
       <c r="E5" s="5">
-        <v>0.187774</v>
+        <v>0.66685000000000005</v>
       </c>
       <c r="F5" s="4">
-        <v>3.7554799999999998E-3</v>
+        <v>189796.59971549999</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>5.3255500773988818</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>1.9998999999999999E-2</v>
+        <v>284616.63</v>
       </c>
       <c r="N5" s="4">
-        <v>3.7554799999999998E-3</v>
+        <v>189796.59971549999</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>0</v>
+        <v>3.4299999999999999E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>10676</v>
+        <v>1483154.39</v>
       </c>
       <c r="E6" s="5">
-        <v>0.71870100000000003</v>
+        <v>0.18249000000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>7672.84749173</v>
+        <v>270660.95898535999</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>1.3913999987115637</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>10675.99999</v>
+        <v>1483154.3664470001</v>
       </c>
       <c r="N6" s="4">
-        <v>7672.84749173</v>
+        <v>270660.95898535999</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>1.5999999999999999E-5</v>
+        <v>4.8999999999999998E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>42066.77</v>
+        <v>8654.49</v>
       </c>
       <c r="E7" s="5">
-        <v>0.157411</v>
+        <v>0.72952799999999995</v>
       </c>
       <c r="F7" s="4">
-        <v>6621.7683541099996</v>
+        <v>6313.6895859899996</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>6.3527998154638716</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>42066.768777999998</v>
+        <v>8654.4900099999995</v>
       </c>
       <c r="N7" s="4">
-        <v>6621.7683541099996</v>
+        <v>6313.6895859899996</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>1.4E-5</v>
+        <v>1.1E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>10099.67</v>
+        <v>-7088011.0999999996</v>
       </c>
       <c r="E8" s="5">
-        <v>1.175</v>
+        <v>0.15724299999999999</v>
       </c>
       <c r="F8" s="4">
-        <v>11867.11225</v>
+        <v>-1114537.2507704899</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.85106382978723405</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>10099.67</v>
+        <v>-7088011.2746200003</v>
       </c>
       <c r="N8" s="4">
-        <v>11867.11225</v>
+        <v>-1114537.2507704899</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>2.5000000000000001E-5</v>
+        <v>-2.0179999999999998E-3</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>14151510</v>
+        <v>21511.05</v>
       </c>
       <c r="E9" s="5">
-        <v>6.7710000000000001E-3</v>
+        <v>1.3450500000000001</v>
       </c>
       <c r="F9" s="4">
-        <v>95822.256830419996</v>
+        <v>28933.437802500001</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>147.68496434146536</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>14151506.583118999</v>
+        <v>21511.05</v>
       </c>
       <c r="N9" s="4">
-        <v>95822.256830419996</v>
+        <v>28933.437802500001</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>2.02E-4</v>
+        <v>5.1999999999999997E-5</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>1248</v>
+        <v>-4787681.84</v>
       </c>
       <c r="E10" s="5">
-        <v>7.1299999999999998E-4</v>
+        <v>0.12847700000000001</v>
       </c>
       <c r="F10" s="4">
-        <v>0.88949075</v>
+        <v>-615106.55103744997</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>1403.0558556536134</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>1248.0052049999999</v>
+        <v>-4787681.7012290005</v>
       </c>
       <c r="N10" s="4">
-        <v>0.88949075</v>
+        <v>-615106.55103744997</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>0</v>
+        <v>-1.1130000000000001E-3</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>4.03</v>
+        <v>7874522</v>
       </c>
       <c r="E11" s="5">
-        <v>0.23761399999999999</v>
+        <v>6.3800000000000003E-3</v>
       </c>
       <c r="F11" s="4">
-        <v>0.95758584000000002</v>
+        <v>50237.787489230002</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>4.2085000337732126</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>4.03</v>
+        <v>7874520.5546310004</v>
       </c>
       <c r="N11" s="4">
-        <v>0.95758584000000002</v>
+        <v>50237.787489230002</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>0</v>
+        <v>9.0000000000000006E-5</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>-2375795.39</v>
+        <v>1248</v>
       </c>
       <c r="E12" s="5">
-        <v>1</v>
+        <v>6.9399999999999996E-4</v>
       </c>
       <c r="F12" s="4">
-        <v>-2375795.39</v>
+        <v>0.86633576999999995</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>1</v>
+        <v>1440.5485608919878</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>-2375795.39</v>
+        <v>1247.998746</v>
       </c>
       <c r="N12" s="4">
-        <v>-2375795.39</v>
+        <v>0.86633576999999995</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>-5.0280000000000004E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>48061</v>
+        <v>4.03</v>
       </c>
       <c r="E13" s="5">
-        <v>107.07</v>
+        <v>0.24642700000000001</v>
       </c>
       <c r="F13" s="4">
-        <v>5145891.2699999996</v>
+        <v>0.99310005000000001</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>31</v>
+        <v>79</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>32</v>
+        <v>80</v>
       </c>
       <c r="J13" s="5">
-        <v>107.07</v>
+        <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>1</v>
+        <v>4.0580000203711606</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="M13" s="4">
-        <v>5145891.2699999996</v>
+        <v>4.03</v>
       </c>
       <c r="N13" s="4">
-        <v>5145891.2699999996</v>
+        <v>0.99310005000000001</v>
       </c>
       <c r="O13" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
-        <v>82</v>
+        <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>1.0891E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D14" s="4">
+        <v>-10590491.960000001</v>
+      </c>
+      <c r="E14" s="5">
+        <v>9.9139000000000005E-2</v>
+      </c>
+      <c r="F14" s="4">
+        <v>-1049930.5491803701</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H14" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="C14" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I14" s="3" t="s">
-        <v>32</v>
+        <v>85</v>
       </c>
       <c r="J14" s="5">
-        <v>2.25</v>
+        <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>1</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L14" s="3" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
       <c r="M14" s="4">
-        <v>328639.5</v>
+        <v>-10590491.743815999</v>
       </c>
       <c r="N14" s="4">
-        <v>328639.5</v>
+        <v>-1049930.5491803701</v>
       </c>
       <c r="O14" s="3" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>89</v>
+        <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>6.9499999999999998E-4</v>
+        <v>-1.9009999999999999E-3</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="D15" s="4">
-        <v>46786</v>
+        <v>-5167273</v>
       </c>
       <c r="E15" s="5">
-        <v>138.69999999999999</v>
+        <v>1</v>
       </c>
       <c r="F15" s="4">
-        <v>6489218.2000000002</v>
+        <v>-5167273</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>138.69999999999999</v>
+        <v>1</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>6489218.2000000002</v>
+        <v>-5167273</v>
       </c>
       <c r="N15" s="4">
-        <v>6489218.2000000002</v>
+        <v>-5167273</v>
       </c>
       <c r="O15" s="3" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>82</v>
+        <v>35</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.3734E-2</v>
+        <v>-9.3570000000000007E-3</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D16" s="4">
-        <v>75683</v>
+        <v>54398</v>
       </c>
       <c r="E16" s="5">
-        <v>81.08</v>
+        <v>104.32</v>
       </c>
       <c r="F16" s="4">
-        <v>6136377.6399999997</v>
+        <v>5674799.3600000003</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>81.08</v>
+        <v>104.32</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>6136377.6399999997</v>
+        <v>5674799.3600000003</v>
       </c>
       <c r="N16" s="4">
-        <v>6136377.6399999997</v>
+        <v>5674799.3600000003</v>
       </c>
       <c r="O16" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="P16" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q16" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R16" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="S16" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="P16" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.2987E-2</v>
+        <v>1.0276E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D17" s="4">
-        <v>40800</v>
+        <v>166973</v>
       </c>
       <c r="E17" s="5">
-        <v>32.89</v>
+        <v>1.39</v>
       </c>
       <c r="F17" s="4">
-        <v>1341912</v>
+        <v>232092.47</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>32.89</v>
+        <v>1.39</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>1341912</v>
+        <v>232092.47</v>
       </c>
       <c r="N17" s="4">
-        <v>1341912</v>
+        <v>232092.47</v>
       </c>
       <c r="O17" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="P17" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q17" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R17" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="P17" s="3" t="s">
+      <c r="S17" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="Q17" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.8400000000000001E-3</v>
+        <v>4.2000000000000002E-4</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D18" s="4">
-        <v>766651</v>
+        <v>52955</v>
       </c>
       <c r="E18" s="5">
-        <v>33.58</v>
+        <v>144.83000000000001</v>
       </c>
       <c r="F18" s="4">
-        <v>25744140.579999998</v>
+        <v>7669472.6500000004</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>33.58</v>
+        <v>144.83000000000001</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>25744140.579999998</v>
+        <v>7669472.6500000004</v>
       </c>
       <c r="N18" s="4">
-        <v>25744140.579999998</v>
+        <v>7669472.6500000004</v>
       </c>
       <c r="O18" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="P18" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="P18" s="3" t="s">
+      <c r="Q18" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R18" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="Q18" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S18" s="3" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>5.4487000000000001E-2</v>
+        <v>1.3887999999999999E-2</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D19" s="4">
-        <v>1559560</v>
+        <v>142011</v>
       </c>
       <c r="E19" s="5">
-        <v>8.15</v>
+        <v>141.44</v>
       </c>
       <c r="F19" s="4">
-        <v>12710414</v>
+        <v>20086035.84</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>8.15</v>
+        <v>141.44</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>12710414</v>
+        <v>20086035.84</v>
       </c>
       <c r="N19" s="4">
-        <v>12710414</v>
+        <v>20086035.84</v>
       </c>
       <c r="O19" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="P19" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="P19" s="3" t="s">
+      <c r="Q19" s="3" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>2.6901000000000001E-2</v>
+        <v>3.6373000000000003E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D20" s="4">
-        <v>63400</v>
+        <v>43821</v>
       </c>
       <c r="E20" s="5">
-        <v>97.64</v>
+        <v>53.14</v>
       </c>
       <c r="F20" s="4">
-        <v>6190376</v>
+        <v>2328647.94</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>97.64</v>
+        <v>53.14</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>6190376</v>
+        <v>2328647.94</v>
       </c>
       <c r="N20" s="4">
-        <v>6190376</v>
+        <v>2328647.94</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="Q20" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R20" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="R20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S20" s="3" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>116</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.3101E-2</v>
+        <v>4.2160000000000001E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D21" s="4">
-        <v>133484</v>
+        <v>526763</v>
       </c>
       <c r="E21" s="5">
-        <v>43.96</v>
+        <v>29.29</v>
       </c>
       <c r="F21" s="4">
-        <v>5867956.6399999997</v>
+        <v>15428888.27</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>43.96</v>
+        <v>29.29</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>5867956.6399999997</v>
+        <v>15428888.27</v>
       </c>
       <c r="N21" s="4">
-        <v>5867956.6399999997</v>
+        <v>15428888.27</v>
       </c>
       <c r="O21" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="P21" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q21" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R21" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="P21" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S21" s="3" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.2418999999999999E-2</v>
+        <v>2.7938999999999999E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D22" s="4">
-        <v>87800</v>
+        <v>2142446</v>
       </c>
       <c r="E22" s="5">
-        <v>59.7</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="F22" s="4">
-        <v>5241660</v>
+        <v>19753352.120000001</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>59.7</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>5241660</v>
+        <v>19753352.120000001</v>
       </c>
       <c r="N22" s="4">
-        <v>5241660</v>
+        <v>19753352.120000001</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>82</v>
+        <v>104</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.1093E-2</v>
+        <v>3.5770000000000003E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D23" s="4">
-        <v>2952305</v>
+        <v>71755</v>
       </c>
       <c r="E23" s="5">
-        <v>2.58</v>
+        <v>80.34</v>
       </c>
       <c r="F23" s="4">
-        <v>7616946.9000000004</v>
+        <v>5764796.7000000002</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>2.58</v>
+        <v>80.34</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>7616946.9000000004</v>
+        <v>5764796.7000000002</v>
       </c>
       <c r="N23" s="4">
-        <v>7616946.9000000004</v>
+        <v>5764796.7000000002</v>
       </c>
       <c r="O23" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="P23" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q23" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R23" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="P23" s="3" t="s">
+      <c r="S23" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="Q23" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.6121E-2</v>
+        <v>1.0439E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D24" s="4">
-        <v>19100</v>
+        <v>129332</v>
       </c>
       <c r="E24" s="5">
-        <v>100.52</v>
+        <v>45.06</v>
       </c>
       <c r="F24" s="4">
-        <v>1919932</v>
+        <v>5827699.9199999999</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>100.52</v>
+        <v>45.06</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>1919932</v>
+        <v>5827699.9199999999</v>
       </c>
       <c r="N24" s="4">
-        <v>1919932</v>
+        <v>5827699.9199999999</v>
       </c>
       <c r="O24" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="P24" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="P24" s="3" t="s">
+      <c r="Q24" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="Q24" s="3" t="s">
+      <c r="R24" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="R24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S24" s="3" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>4.0629999999999998E-3</v>
+        <v>1.0553E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D25" s="4">
-        <v>60539</v>
+        <v>113452</v>
       </c>
       <c r="E25" s="5">
-        <v>67.63</v>
+        <v>52.84</v>
       </c>
       <c r="F25" s="4">
-        <v>4094252.57</v>
+        <v>5994803.6799999997</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>67.63</v>
+        <v>52.84</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>4094252.57</v>
+        <v>5994803.6799999997</v>
       </c>
       <c r="N25" s="4">
-        <v>4094252.57</v>
+        <v>5994803.6799999997</v>
       </c>
       <c r="O25" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="P25" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="P25" s="3" t="s">
+      <c r="Q25" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R25" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="Q25" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S25" s="3" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>8.6650000000000008E-3</v>
+        <v>1.0855E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="C26" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D26" s="4">
+        <v>3259274</v>
+      </c>
+      <c r="E26" s="5">
+        <v>2.1</v>
+      </c>
+      <c r="F26" s="4">
+        <v>6844475.4000000004</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J26" s="5">
+        <v>2.1</v>
+      </c>
+      <c r="K26" s="5">
+        <v>1</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M26" s="4">
+        <v>6844475.4000000004</v>
+      </c>
+      <c r="N26" s="4">
+        <v>6844475.4000000004</v>
+      </c>
+      <c r="O26" s="3" t="s">
         <v>151</v>
-      </c>
-[...37 lines deleted...]
-        <v>150</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>152</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>154</v>
+        <v>137</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>6.0679999999999996E-3</v>
+        <v>1.2394000000000001E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D27" s="4">
-        <v>633757</v>
+        <v>20422</v>
       </c>
       <c r="E27" s="5">
-        <v>30.87</v>
+        <v>99.32</v>
       </c>
       <c r="F27" s="4">
-        <v>19564078.59</v>
+        <v>2028313.04</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>30.87</v>
+        <v>99.32</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>19564078.59</v>
+        <v>2028313.04</v>
       </c>
       <c r="N27" s="4">
-        <v>19564078.59</v>
+        <v>2028313.04</v>
       </c>
       <c r="O27" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="P27" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="Q27" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="P27" s="3" t="s">
+      <c r="R27" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="Q27" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S27" s="3" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>4.1406999999999999E-2</v>
+        <v>3.673E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D28" s="4">
-        <v>4300</v>
+        <v>64901</v>
       </c>
       <c r="E28" s="5">
-        <v>457.26</v>
+        <v>67.03</v>
       </c>
       <c r="F28" s="4">
-        <v>1966218</v>
+        <v>4350314.03</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>457.26</v>
+        <v>67.03</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>1966218</v>
+        <v>4350314.03</v>
       </c>
       <c r="N28" s="4">
-        <v>1966218</v>
+        <v>4350314.03</v>
       </c>
       <c r="O28" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="P28" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="Q28" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R28" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="P28" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S28" s="3" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>4.1609999999999998E-3</v>
+        <v>7.8770000000000003E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D29" s="4">
+        <v>186405</v>
+      </c>
+      <c r="E29" s="5">
+        <v>26.846616999999998</v>
+      </c>
+      <c r="F29" s="4">
+        <v>5004343.60751413</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J29" s="5">
+        <v>36.799999999999997</v>
+      </c>
+      <c r="K29" s="5">
+        <v>1.3707500016140581</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M29" s="4">
+        <v>6859704.0080770003</v>
+      </c>
+      <c r="N29" s="4">
+        <v>5004343.60751413</v>
+      </c>
+      <c r="O29" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="P29" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="Q29" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R29" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="C29" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O29" s="3" t="s">
+      <c r="S29" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="P29" s="3" t="s">
+      <c r="T29" s="4">
+        <v>1</v>
+      </c>
+      <c r="W29" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="Q29" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>3.225E-3</v>
+        <v>9.0620000000000006E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D30" s="4">
-        <v>34403</v>
+        <v>762532</v>
       </c>
       <c r="E30" s="5">
-        <v>112.96</v>
+        <v>36</v>
       </c>
       <c r="F30" s="4">
-        <v>3886162.88</v>
+        <v>27451152</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>112.96</v>
+        <v>36</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>3886162.88</v>
+        <v>27451152</v>
       </c>
       <c r="N30" s="4">
-        <v>3886162.88</v>
+        <v>27451152</v>
       </c>
       <c r="O30" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="P30" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="P30" s="3" t="s">
+      <c r="Q30" s="3" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>176</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>8.2249999999999997E-3</v>
+        <v>4.9709999999999997E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D31" s="4">
-        <v>50839</v>
+        <v>4636</v>
       </c>
       <c r="E31" s="5">
-        <v>45.01</v>
+        <v>465.57</v>
       </c>
       <c r="F31" s="4">
-        <v>2288263.39</v>
+        <v>2158382.52</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>45.01</v>
+        <v>465.57</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>2288263.39</v>
+        <v>2158382.52</v>
       </c>
       <c r="N31" s="4">
-        <v>2288263.39</v>
+        <v>2158382.52</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>143</v>
+        <v>95</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>177</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>4.8430000000000001E-3</v>
+        <v>3.908E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D32" s="4">
-        <v>56396</v>
+        <v>36826</v>
       </c>
       <c r="E32" s="5">
-        <v>220.53</v>
+        <v>60.02</v>
       </c>
       <c r="F32" s="4">
-        <v>12437009.880000001</v>
+        <v>2210296.52</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>220.53</v>
+        <v>60.02</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>12437009.880000001</v>
+        <v>2210296.52</v>
       </c>
       <c r="N32" s="4">
-        <v>12437009.880000001</v>
+        <v>2210296.52</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>120</v>
+        <v>158</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>186</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>2.6322000000000002E-2</v>
+        <v>4.0020000000000003E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D33" s="4">
-        <v>49256</v>
+        <v>30330</v>
       </c>
       <c r="E33" s="5">
-        <v>39.22</v>
+        <v>146.75</v>
       </c>
       <c r="F33" s="4">
-        <v>1931820.32</v>
+        <v>4450927.5</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>39.22</v>
+        <v>146.75</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>1931820.32</v>
+        <v>4450927.5</v>
       </c>
       <c r="N33" s="4">
-        <v>1931820.32</v>
+        <v>4450927.5</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>189</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>191</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>4.0879999999999996E-3</v>
+        <v>8.0599999999999995E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D34" s="4">
-        <v>834295</v>
+        <v>46048</v>
       </c>
       <c r="E34" s="5">
-        <v>1.96</v>
+        <v>43.59</v>
       </c>
       <c r="F34" s="4">
-        <v>1635218.2</v>
+        <v>2007232.32</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>1.96</v>
+        <v>43.59</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>1635218.2</v>
+        <v>2007232.32</v>
       </c>
       <c r="N34" s="4">
-        <v>1635218.2</v>
+        <v>2007232.32</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>194</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>87</v>
+        <v>158</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>196</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>197</v>
+        <v>137</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>3.46E-3</v>
+        <v>3.6340000000000001E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D35" s="4">
-        <v>79294</v>
+        <v>41124</v>
       </c>
       <c r="E35" s="5">
-        <v>12.82</v>
+        <v>261.23</v>
       </c>
       <c r="F35" s="4">
-        <v>1016549.08</v>
+        <v>10742822.52</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>12.82</v>
+        <v>261.23</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>1016549.08</v>
+        <v>10742822.52</v>
       </c>
       <c r="N35" s="4">
-        <v>1016549.08</v>
+        <v>10742822.52</v>
       </c>
       <c r="O35" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="P35" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="P35" s="3" t="s">
+      <c r="Q35" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R35" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="Q35" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S35" s="3" t="s">
-        <v>82</v>
+        <v>137</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>2.1510000000000001E-3</v>
+        <v>1.9453000000000002E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D36" s="4">
-        <v>775349</v>
+        <v>99093</v>
       </c>
       <c r="E36" s="5">
-        <v>8.7899999999999991</v>
+        <v>50.79</v>
       </c>
       <c r="F36" s="4">
-        <v>6815317.71</v>
+        <v>5032933.47</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>8.7899999999999991</v>
+        <v>50.79</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>6815317.71</v>
+        <v>5032933.47</v>
       </c>
       <c r="N36" s="4">
-        <v>6815317.71</v>
+        <v>5032933.47</v>
       </c>
       <c r="O36" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="P36" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="P36" s="3" t="s">
+      <c r="Q36" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R36" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="Q36" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S36" s="3" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>1.4423999999999999E-2</v>
+        <v>9.1140000000000006E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B37" s="3" t="s">
+      <c r="C37" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D37" s="4">
+        <v>659372</v>
+      </c>
+      <c r="E37" s="5">
+        <v>2</v>
+      </c>
+      <c r="F37" s="4">
+        <v>1318744</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J37" s="5">
+        <v>2</v>
+      </c>
+      <c r="K37" s="5">
+        <v>1</v>
+      </c>
+      <c r="L37" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M37" s="4">
+        <v>1318744</v>
+      </c>
+      <c r="N37" s="4">
+        <v>1318744</v>
+      </c>
+      <c r="O37" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="C37" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H37" s="3" t="s">
+      <c r="P37" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="I37" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L37" s="3" t="s">
+      <c r="Q37" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R37" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="M37" s="4">
-[...8 lines deleted...]
-      <c r="P37" s="3" t="s">
+      <c r="S37" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="Q37" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>1.7017999999999998E-2</v>
+        <v>2.3879999999999999E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D38" s="4">
-        <v>486021</v>
+        <v>94</v>
       </c>
       <c r="E38" s="5">
-        <v>4.7434750000000001</v>
+        <v>15.51</v>
       </c>
       <c r="F38" s="4">
-        <v>2305428.462975</v>
+        <v>1457.94</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>217</v>
+        <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>4.0369999999999999</v>
+        <v>15.51</v>
       </c>
       <c r="K38" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>218</v>
+        <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>1962066.777</v>
+        <v>1457.94</v>
       </c>
       <c r="N38" s="4">
-        <v>2305428.462975</v>
+        <v>1457.94</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>215</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>143</v>
+        <v>95</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>221</v>
+        <v>97</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>34</v>
+        <v>213</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>4.8789999999999997E-3</v>
+        <v>1.9999999999999999E-6</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D39" s="4">
-        <v>16100</v>
+        <v>877298</v>
       </c>
       <c r="E39" s="5">
-        <v>430.31</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="F39" s="4">
-        <v>6927991</v>
+        <v>8597520.4000000004</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>430.31</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>6927991</v>
+        <v>8597520.4000000004</v>
       </c>
       <c r="N39" s="4">
-        <v>6927991</v>
+        <v>8597520.4000000004</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>80</v>
+        <v>102</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>82</v>
+        <v>137</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>1.4663000000000001E-2</v>
+        <v>1.5569E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D40" s="4">
+        <v>267344</v>
+      </c>
+      <c r="E40" s="5">
+        <v>34.904654000000001</v>
+      </c>
+      <c r="F40" s="4">
+        <v>9331549.818976</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="J40" s="5">
+        <v>29.72</v>
+      </c>
+      <c r="K40" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L40" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="M40" s="4">
+        <v>7945463.6799999997</v>
+      </c>
+      <c r="N40" s="4">
+        <v>9331549.818976</v>
+      </c>
+      <c r="O40" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="P40" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="C40" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H40" s="3" t="s">
+      <c r="Q40" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R40" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="I40" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L40" s="3" t="s">
+      <c r="S40" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="M40" s="4">
-[...19 lines deleted...]
-      </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>4.3340000000000002E-3</v>
+        <v>1.6898E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D41" s="4">
+        <v>471500</v>
+      </c>
+      <c r="E41" s="5">
+        <v>4.5979720000000004</v>
+      </c>
+      <c r="F41" s="4">
+        <v>2167943.680125</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="J41" s="5">
+        <v>3.915</v>
+      </c>
+      <c r="K41" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L41" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B41" s="3" t="s">
+      <c r="M41" s="4">
+        <v>1845922.5</v>
+      </c>
+      <c r="N41" s="4">
+        <v>2167943.680125</v>
+      </c>
+      <c r="O41" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="P41" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="C41" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H41" s="3" t="s">
+      <c r="Q41" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R41" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="I41" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L41" s="3" t="s">
+      <c r="S41" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="M41" s="4">
-[...19 lines deleted...]
-      </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>6.6940000000000003E-3</v>
+        <v>3.9249999999999997E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D42" s="4">
-        <v>58400</v>
+        <v>14916</v>
       </c>
       <c r="E42" s="5">
-        <v>124.56</v>
+        <v>444.11</v>
       </c>
       <c r="F42" s="4">
-        <v>7274304</v>
+        <v>6624344.7599999998</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>124.56</v>
+        <v>444.11</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>7274304</v>
+        <v>6624344.7599999998</v>
       </c>
       <c r="N42" s="4">
-        <v>7274304</v>
+        <v>6624344.7599999998</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>120</v>
+        <v>95</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>1.5396E-2</v>
+        <v>1.1995E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D43" s="4">
+        <v>150925</v>
+      </c>
+      <c r="E43" s="5">
+        <v>22.995730999999999</v>
+      </c>
+      <c r="F43" s="4">
+        <v>3470630.7011750001</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="J43" s="5">
+        <v>19.579999999999998</v>
+      </c>
+      <c r="K43" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L43" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="B43" s="3" t="s">
+      <c r="M43" s="4">
+        <v>2955111.5</v>
+      </c>
+      <c r="N43" s="4">
+        <v>3470630.7011750001</v>
+      </c>
+      <c r="O43" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="P43" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="C43" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P43" s="3" t="s">
+      <c r="Q43" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R43" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="Q43" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R43" s="3" t="s">
+      <c r="S43" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="S43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>9.7929999999999996E-3</v>
+        <v>6.2839999999999997E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D44" s="4">
-        <v>129203</v>
+        <v>100121</v>
       </c>
       <c r="E44" s="5">
-        <v>18.817625</v>
+        <v>92.86</v>
       </c>
       <c r="F44" s="4">
-        <v>2431293.6028749999</v>
+        <v>9297236.0600000005</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H44" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J44" s="5">
+        <v>92.86</v>
+      </c>
+      <c r="K44" s="5">
+        <v>1</v>
+      </c>
+      <c r="L44" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M44" s="4">
+        <v>9297236.0600000005</v>
+      </c>
+      <c r="N44" s="4">
+        <v>9297236.0600000005</v>
+      </c>
+      <c r="O44" s="3" t="s">
         <v>252</v>
-      </c>
-[...19 lines deleted...]
-        <v>250</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>253</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>254</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>255</v>
+        <v>137</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>34</v>
+        <v>250</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>5.1450000000000003E-3</v>
+        <v>1.6836E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B45" s="3" t="s">
+      <c r="C45" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D45" s="4">
+        <v>21907</v>
+      </c>
+      <c r="E45" s="5">
+        <v>275.87830500000001</v>
+      </c>
+      <c r="F45" s="4">
+        <v>6043666.0276349997</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="J45" s="5">
+        <v>234.9</v>
+      </c>
+      <c r="K45" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L45" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="M45" s="4">
+        <v>5145954.3</v>
+      </c>
+      <c r="N45" s="4">
+        <v>6043666.0276349997</v>
+      </c>
+      <c r="O45" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="P45" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="C45" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H45" s="3" t="s">
+      <c r="Q45" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R45" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="I45" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="S45" s="3" t="s">
-        <v>262</v>
+        <v>230</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>5.1789999999999996E-3</v>
+        <v>1.0944000000000001E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D46" s="4">
+        <v>113331</v>
+      </c>
+      <c r="E46" s="5">
+        <v>18.938006000000001</v>
+      </c>
+      <c r="F46" s="4">
+        <v>2146263.18631875</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H46" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="I46" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="J46" s="5">
+        <v>16.125</v>
+      </c>
+      <c r="K46" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L46" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="M46" s="4">
+        <v>1827462.375</v>
+      </c>
+      <c r="N46" s="4">
+        <v>2146263.18631875</v>
+      </c>
+      <c r="O46" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="P46" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="Q46" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R46" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B46" s="3" t="s">
+      <c r="S46" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="C46" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>4.9659999999999999E-3</v>
+        <v>3.8860000000000001E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D47" s="4">
+        <v>59594</v>
+      </c>
+      <c r="E47" s="5">
+        <v>35.973404000000002</v>
+      </c>
+      <c r="F47" s="4">
+        <v>2143799.0081790001</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="J47" s="5">
+        <v>30.63</v>
+      </c>
+      <c r="K47" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="M47" s="4">
+        <v>1825364.22</v>
+      </c>
+      <c r="N47" s="4">
+        <v>2143799.0081790001</v>
+      </c>
+      <c r="O47" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="P47" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="Q47" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R47" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="S47" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="C47" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>4.993E-3</v>
+        <v>3.882E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D48" s="4">
+        <v>82736</v>
+      </c>
+      <c r="E48" s="5">
+        <v>25.814411</v>
+      </c>
+      <c r="F48" s="4">
+        <v>2135781.1084960001</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H48" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B48" s="3" t="s">
+      <c r="I48" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="J48" s="5">
+        <v>21.98</v>
+      </c>
+      <c r="K48" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L48" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="C48" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H48" s="3" t="s">
+      <c r="M48" s="4">
+        <v>1818537.28</v>
+      </c>
+      <c r="N48" s="4">
+        <v>2135781.1084960001</v>
+      </c>
+      <c r="O48" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="P48" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="I48" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L48" s="3" t="s">
+      <c r="Q48" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R48" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="M48" s="4">
-[...8 lines deleted...]
-      <c r="P48" s="3" t="s">
+      <c r="S48" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="Q48" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>3.3670000000000002E-3</v>
+        <v>3.8670000000000002E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D49" s="4">
+        <v>10507</v>
+      </c>
+      <c r="E49" s="5">
+        <v>218.33025499999999</v>
+      </c>
+      <c r="F49" s="4">
+        <v>2293995.9892850001</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="J49" s="5">
+        <v>185.9</v>
+      </c>
+      <c r="K49" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="M49" s="4">
+        <v>1953251.3</v>
+      </c>
+      <c r="N49" s="4">
+        <v>2293995.9892850001</v>
+      </c>
+      <c r="O49" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="P49" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="B49" s="3" t="s">
+      <c r="Q49" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R49" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="C49" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S49" s="3" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.6685999999999999E-2</v>
+        <v>4.1539999999999997E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D50" s="4">
+        <v>34000</v>
+      </c>
+      <c r="E50" s="5">
+        <v>41.739953</v>
+      </c>
+      <c r="F50" s="4">
+        <v>1419158.402</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H50" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="B50" s="3" t="s">
+      <c r="I50" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="J50" s="5">
+        <v>35.54</v>
+      </c>
+      <c r="K50" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L50" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="C50" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M50" s="4">
-        <v>2203301.8450000002</v>
+        <v>1208360</v>
       </c>
       <c r="N50" s="4">
-        <v>2588879.6678749998</v>
+        <v>1419158.402</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="P50" s="3" t="s">
         <v>287</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>120</v>
+        <v>95</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>288</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>269</v>
+        <v>289</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>5.4790000000000004E-3</v>
+        <v>2.5690000000000001E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B51" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D51" s="4">
+        <v>216136</v>
+      </c>
+      <c r="E51" s="5">
+        <v>44.311999</v>
+      </c>
+      <c r="F51" s="4">
+        <v>9577418.1077959891</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="J51" s="5">
+        <v>37.729999999999997</v>
+      </c>
+      <c r="K51" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="M51" s="4">
+        <v>8154811.279999</v>
+      </c>
+      <c r="N51" s="4">
+        <v>9577418.1077959891</v>
+      </c>
+      <c r="O51" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="C51" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P51" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>80</v>
+        <v>135</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>293</v>
+        <v>264</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>5.4089999999999997E-3</v>
+        <v>1.7343000000000001E-2</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D52" s="4">
-        <v>107187</v>
+        <v>99029</v>
       </c>
       <c r="E52" s="5">
-        <v>198.13893999999999</v>
+        <v>26.395764</v>
       </c>
       <c r="F52" s="4">
-        <v>21238007.198603</v>
+        <v>2613946.0883987499</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>64</v>
+        <v>225</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>65</v>
+        <v>226</v>
       </c>
       <c r="J52" s="5">
-        <v>278000</v>
+        <v>22.475000000000001</v>
       </c>
       <c r="K52" s="5">
-        <v>1403.0558556536134</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>66</v>
+        <v>227</v>
       </c>
       <c r="M52" s="4">
-        <v>29798110362.413601</v>
+        <v>2225676.7749999999</v>
       </c>
       <c r="N52" s="4">
-        <v>21238007.198603</v>
+        <v>2613946.0883987499</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>294</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>296</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>99</v>
+        <v>135</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>297</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>4.4949999999999997E-2</v>
+        <v>4.7330000000000002E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="C53" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D53" s="4">
+        <v>23481</v>
+      </c>
+      <c r="E53" s="5">
+        <v>128.10618299999999</v>
+      </c>
+      <c r="F53" s="4">
+        <v>3008060.73558965</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J53" s="5">
+        <v>20080</v>
+      </c>
+      <c r="K53" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M53" s="4">
+        <v>471498393.456469</v>
+      </c>
+      <c r="N53" s="4">
+        <v>3008060.73558965</v>
+      </c>
+      <c r="O53" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="P53" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="C53" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H53" s="3" t="s">
+      <c r="Q53" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R53" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="I53" s="3" t="s">
+      <c r="S53" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="J53" s="5">
-[...28 lines deleted...]
-      </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>2.7880000000000001E-3</v>
+        <v>5.4469999999999996E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D54" s="4">
+        <v>97436</v>
+      </c>
+      <c r="E54" s="5">
+        <v>231.16193999999999</v>
+      </c>
+      <c r="F54" s="4">
+        <v>22523472.284891099</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J54" s="5">
+        <v>333000</v>
+      </c>
+      <c r="K54" s="5">
+        <v>1440.5485608919878</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M54" s="4">
+        <v>32446155586.290501</v>
+      </c>
+      <c r="N54" s="4">
+        <v>22523472.284891099</v>
+      </c>
+      <c r="O54" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="P54" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q54" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R54" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="S54" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>4.6230000000000004E-3</v>
+        <v>4.0786999999999997E-2</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D55" s="4">
+        <v>407488</v>
+      </c>
+      <c r="E55" s="5">
+        <v>5.4681699999999998</v>
+      </c>
+      <c r="F55" s="4">
+        <v>2228213.6569599998</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J55" s="5">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="K55" s="5">
+        <v>1.4995876134063133</v>
+      </c>
+      <c r="L55" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M55" s="4">
+        <v>3341401.6</v>
+      </c>
+      <c r="N55" s="4">
+        <v>2228213.6569599998</v>
+      </c>
+      <c r="O55" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="P55" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="Q55" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R55" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="S55" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="C55" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
-        <v>311</v>
+        <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>1.0867E-2</v>
+        <v>4.0350000000000004E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D56" s="4">
+        <v>132309</v>
+      </c>
+      <c r="E56" s="5">
+        <v>15.662383999999999</v>
+      </c>
+      <c r="F56" s="4">
+        <v>2072274.04382915</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J56" s="5">
+        <v>2455</v>
+      </c>
+      <c r="K56" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L56" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M56" s="4">
+        <v>324818535.37955701</v>
+      </c>
+      <c r="N56" s="4">
+        <v>2072274.04382915</v>
+      </c>
+      <c r="O56" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="P56" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="Q56" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R56" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S56" s="3" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>7.1459999999999996E-3</v>
+        <v>3.7520000000000001E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D57" s="4">
+        <v>57617</v>
+      </c>
+      <c r="E57" s="5">
+        <v>87.11</v>
+      </c>
+      <c r="F57" s="4">
+        <v>5019016.87</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J57" s="5">
+        <v>87.11</v>
+      </c>
+      <c r="K57" s="5">
+        <v>1</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M57" s="4">
+        <v>5019016.87</v>
+      </c>
+      <c r="N57" s="4">
+        <v>5019016.87</v>
+      </c>
+      <c r="O57" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="P57" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="Q57" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R57" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="C57" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S57" s="3" t="s">
-        <v>293</v>
+        <v>137</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>34</v>
+        <v>317</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>6.9519999999999998E-3</v>
+        <v>9.0880000000000006E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D58" s="4">
+        <v>203386</v>
+      </c>
+      <c r="E58" s="5">
+        <v>12.250273</v>
+      </c>
+      <c r="F58" s="4">
+        <v>2491534.0271086302</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H58" s="3" t="s">
         <v>324</v>
-      </c>
-[...19 lines deleted...]
-        <v>64</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J58" s="5">
-        <v>205000</v>
+        <v>95.35</v>
       </c>
       <c r="K58" s="5">
-        <v>1403.0558556536134</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>66</v>
+        <v>325</v>
       </c>
       <c r="M58" s="4">
-        <v>10834295216.931</v>
+        <v>19392854.537898</v>
       </c>
       <c r="N58" s="4">
-        <v>7721927.2299632998</v>
+        <v>2491534.0271086302</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="P58" s="3" t="s">
         <v>326</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>120</v>
+        <v>142</v>
       </c>
       <c r="R58" s="3" t="s">
         <v>327</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>298</v>
+        <v>328</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>1.6343E-2</v>
+        <v>4.5110000000000003E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B59" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D59" s="4">
+        <v>312481</v>
+      </c>
+      <c r="E59" s="5">
+        <v>13.652751</v>
+      </c>
+      <c r="F59" s="4">
+        <v>4266224.3771731202</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J59" s="5">
+        <v>2140</v>
+      </c>
+      <c r="K59" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L59" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M59" s="4">
+        <v>668709217.25842297</v>
+      </c>
+      <c r="N59" s="4">
+        <v>4266224.3771731202</v>
+      </c>
+      <c r="O59" s="3" t="s">
         <v>329</v>
-      </c>
-[...37 lines deleted...]
-        <v>330</v>
       </c>
       <c r="P59" s="3" t="s">
         <v>331</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="R59" s="3" t="s">
         <v>332</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>122</v>
+        <v>302</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>328</v>
+        <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>8.8749999999999992E-3</v>
+        <v>7.7250000000000001E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
         <v>333</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D60" s="4">
-        <v>49600</v>
+        <v>276972</v>
       </c>
       <c r="E60" s="5">
-        <v>96.25</v>
+        <v>6.395092</v>
       </c>
       <c r="F60" s="4">
-        <v>4774000</v>
+        <v>1771261.282938</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="J60" s="5">
-        <v>96.25</v>
+        <v>9.59</v>
       </c>
       <c r="K60" s="5">
-        <v>1</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="M60" s="4">
-        <v>4774000</v>
+        <v>2656161.48</v>
       </c>
       <c r="N60" s="4">
-        <v>4774000</v>
+        <v>1771261.282938</v>
       </c>
       <c r="O60" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="P60" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="P60" s="3" t="s">
+      <c r="Q60" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R60" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="Q60" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S60" s="3" t="s">
-        <v>82</v>
+        <v>312</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>333</v>
+        <v>34</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>1.0104E-2</v>
+        <v>3.2070000000000002E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="C61" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D61" s="4">
+        <v>114906</v>
+      </c>
+      <c r="E61" s="5">
+        <v>23.924213000000002</v>
+      </c>
+      <c r="F61" s="4">
+        <v>2749035.0569396201</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H61" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J61" s="5">
+        <v>3750</v>
+      </c>
+      <c r="K61" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L61" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M61" s="4">
+        <v>430897420.90877903</v>
+      </c>
+      <c r="N61" s="4">
+        <v>2749035.0569396201</v>
+      </c>
+      <c r="O61" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="P61" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="C61" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O61" s="3" t="s">
+      <c r="Q61" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="R61" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="P61" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S61" s="3" t="s">
-        <v>82</v>
+        <v>302</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>338</v>
+        <v>34</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>3.4749999999999998E-3</v>
+        <v>4.9779999999999998E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D62" s="4">
+        <v>44907</v>
+      </c>
+      <c r="E62" s="5">
+        <v>187.08151000000001</v>
+      </c>
+      <c r="F62" s="4">
+        <v>8401260.9767102804</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I62" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J62" s="5">
+        <v>269500</v>
+      </c>
+      <c r="K62" s="5">
+        <v>1440.5485608919878</v>
+      </c>
+      <c r="L62" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M62" s="4">
+        <v>12102424409.677999</v>
+      </c>
+      <c r="N62" s="4">
+        <v>8401260.9767102804</v>
+      </c>
+      <c r="O62" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="P62" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="B62" s="3" t="s">
+      <c r="Q62" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R62" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="C62" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S62" s="3" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>6.3839999999999999E-3</v>
+        <v>1.5213000000000001E-2</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D63" s="4">
-        <v>78625</v>
+        <v>68277</v>
       </c>
       <c r="E63" s="5">
-        <v>148.05000000000001</v>
+        <v>54.15</v>
       </c>
       <c r="F63" s="4">
-        <v>11640431.25</v>
+        <v>3697199.55</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>210</v>
+        <v>31</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J63" s="5">
-        <v>126</v>
+        <v>54.15</v>
       </c>
       <c r="K63" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>211</v>
+        <v>33</v>
       </c>
       <c r="M63" s="4">
-        <v>9906750</v>
+        <v>3697199.55</v>
       </c>
       <c r="N63" s="4">
-        <v>11640431.25</v>
+        <v>3697199.55</v>
       </c>
       <c r="O63" s="3" t="s">
         <v>347</v>
       </c>
       <c r="P63" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="Q63" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R63" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="Q63" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S63" s="3" t="s">
-        <v>214</v>
+        <v>137</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
-        <v>34</v>
+        <v>345</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>2.4636000000000002E-2</v>
+        <v>6.6950000000000004E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D64" s="4">
-        <v>537476</v>
+        <v>37282</v>
       </c>
       <c r="E64" s="5">
-        <v>37</v>
+        <v>110.47</v>
       </c>
       <c r="F64" s="4">
-        <v>19886612</v>
+        <v>4118542.54</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J64" s="5">
-        <v>37</v>
+        <v>110.47</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M64" s="4">
-        <v>19886612</v>
+        <v>4118542.54</v>
       </c>
       <c r="N64" s="4">
-        <v>19886612</v>
+        <v>4118542.54</v>
       </c>
       <c r="O64" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="P64" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="P64" s="3" t="s">
+      <c r="Q64" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R64" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="Q64" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S64" s="3" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>4.2089000000000001E-2</v>
+        <v>7.4580000000000002E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D65" s="4">
-        <v>1360989</v>
+        <v>23290</v>
       </c>
       <c r="E65" s="5">
-        <v>17.29</v>
+        <v>111.91</v>
       </c>
       <c r="F65" s="4">
-        <v>23531499.809999999</v>
+        <v>2606383.9</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H65" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J65" s="5">
-        <v>17.29</v>
+        <v>111.91</v>
       </c>
       <c r="K65" s="5">
         <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M65" s="4">
-        <v>23531499.809999999</v>
+        <v>2606383.9</v>
       </c>
       <c r="N65" s="4">
-        <v>23531499.809999999</v>
+        <v>2606383.9</v>
       </c>
       <c r="O65" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="P65" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="P65" s="3" t="s">
+      <c r="Q65" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R65" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="Q65" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S65" s="3" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>4.9804000000000001E-2</v>
+        <v>4.7190000000000001E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="B66" s="3" t="s">
+      <c r="C66" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D66" s="4">
+        <v>100039</v>
+      </c>
+      <c r="E66" s="5">
+        <v>32.001027000000001</v>
+      </c>
+      <c r="F66" s="4">
+        <v>3201350.1164311501</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H66" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I66" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J66" s="5">
+        <v>5016</v>
+      </c>
+      <c r="K66" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L66" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M66" s="4">
+        <v>501795531.89543003</v>
+      </c>
+      <c r="N66" s="4">
+        <v>3201350.1164311501</v>
+      </c>
+      <c r="O66" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="P66" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="C66" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O66" s="3" t="s">
+      <c r="Q66" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R66" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="P66" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S66" s="3" t="s">
-        <v>82</v>
+        <v>302</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>361</v>
+        <v>34</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>7.6309999999999998E-3</v>
+        <v>5.7970000000000001E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D67" s="4">
+        <v>85343</v>
+      </c>
+      <c r="E67" s="5">
+        <v>147.74581000000001</v>
+      </c>
+      <c r="F67" s="4">
+        <v>12609070.662830001</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H67" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="I67" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="J67" s="5">
+        <v>125.8</v>
+      </c>
+      <c r="K67" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L67" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="M67" s="4">
+        <v>10736149.4</v>
+      </c>
+      <c r="N67" s="4">
+        <v>12609070.662830001</v>
+      </c>
+      <c r="O67" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="P67" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="B67" s="3" t="s">
+      <c r="Q67" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R67" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="C67" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S67" s="3" t="s">
-        <v>370</v>
+        <v>230</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>1.4744E-2</v>
+        <v>2.2832999999999999E-2</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D68" s="4">
+        <v>205173</v>
+      </c>
+      <c r="E68" s="5">
+        <v>10.425592999999999</v>
+      </c>
+      <c r="F68" s="4">
+        <v>2139050.1207784498</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H68" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="I68" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="J68" s="5">
+        <v>8.8770000000000007</v>
+      </c>
+      <c r="K68" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L68" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="M68" s="4">
+        <v>1821320.7209999999</v>
+      </c>
+      <c r="N68" s="4">
+        <v>2139050.1207784498</v>
+      </c>
+      <c r="O68" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="P68" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="Q68" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R68" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S68" s="3" t="s">
-        <v>378</v>
+        <v>278</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>6.0470000000000003E-3</v>
+        <v>3.8730000000000001E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D69" s="4">
-        <v>587285</v>
+        <v>641226</v>
       </c>
       <c r="E69" s="5">
-        <v>18.312374999999999</v>
+        <v>28.85</v>
       </c>
       <c r="F69" s="4">
-        <v>10754583.151875</v>
+        <v>18499370.100000001</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>236</v>
+        <v>31</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J69" s="5">
-        <v>15.585000000000001</v>
+        <v>28.85</v>
       </c>
       <c r="K69" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>237</v>
+        <v>33</v>
       </c>
       <c r="M69" s="4">
-        <v>9152836.7249999996</v>
+        <v>18499370.100000001</v>
       </c>
       <c r="N69" s="4">
-        <v>10754583.151875</v>
+        <v>18499370.100000001</v>
       </c>
       <c r="O69" s="3" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="P69" s="3" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>87</v>
+        <v>135</v>
       </c>
       <c r="R69" s="3" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="S69" s="3" t="s">
-        <v>240</v>
+        <v>137</v>
       </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>34</v>
+        <v>372</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>2.2762000000000001E-2</v>
+        <v>3.3500000000000002E-2</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D70" s="4">
-        <v>96178</v>
+        <v>1542218</v>
       </c>
       <c r="E70" s="5">
-        <v>25.991</v>
+        <v>18.399999999999999</v>
       </c>
       <c r="F70" s="4">
-        <v>2499762.398</v>
+        <v>28376811.199999999</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>210</v>
+        <v>31</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J70" s="5">
-        <v>22.12</v>
+        <v>18.399999999999999</v>
       </c>
       <c r="K70" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>211</v>
+        <v>33</v>
       </c>
       <c r="M70" s="4">
-        <v>2127457.36</v>
+        <v>28376811.199999999</v>
       </c>
       <c r="N70" s="4">
-        <v>2499762.398</v>
+        <v>28376811.199999999</v>
       </c>
       <c r="O70" s="3" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="P70" s="3" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="R70" s="3" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="S70" s="3" t="s">
-        <v>214</v>
+        <v>137</v>
       </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>34</v>
+        <v>377</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>5.2900000000000004E-3</v>
+        <v>5.1387000000000002E-2</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D71" s="4">
-        <v>414264</v>
+        <v>9982</v>
       </c>
       <c r="E71" s="5">
-        <v>9.5211369999999995</v>
+        <v>402.32</v>
       </c>
       <c r="F71" s="4">
-        <v>3944264.2666720101</v>
+        <v>4015958.24</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>373</v>
+        <v>31</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>374</v>
+        <v>32</v>
       </c>
       <c r="J71" s="5">
+        <v>402.32</v>
+      </c>
+      <c r="K71" s="5">
+        <v>1</v>
+      </c>
+      <c r="L71" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M71" s="4">
+        <v>4015958.24</v>
+      </c>
+      <c r="N71" s="4">
+        <v>4015958.24</v>
+      </c>
+      <c r="O71" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="P71" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="Q71" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="K71" s="5">
-[...19 lines deleted...]
-      </c>
       <c r="R71" s="3" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>378</v>
+        <v>97</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
-        <v>34</v>
+        <v>382</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>8.3479999999999995E-3</v>
+        <v>7.2719999999999998E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D72" s="4">
+        <v>316431</v>
+      </c>
+      <c r="E72" s="5">
+        <v>9.3891150000000003</v>
+      </c>
+      <c r="F72" s="4">
+        <v>2971006.87987591</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I72" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J72" s="5">
+        <v>51.45</v>
+      </c>
+      <c r="K72" s="5">
+        <v>5.4797499129815712</v>
+      </c>
+      <c r="L72" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M72" s="4">
+        <v>16280374.691467</v>
+      </c>
+      <c r="N72" s="4">
+        <v>2971006.87987591</v>
+      </c>
+      <c r="O72" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="P72" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="Q72" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R72" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="S72" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>4.6350000000000002E-3</v>
+        <v>5.3800000000000002E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D73" s="4">
-        <v>12881</v>
+        <v>145822</v>
       </c>
       <c r="E73" s="5">
-        <v>98.911500000000004</v>
+        <v>24.110600000000002</v>
       </c>
       <c r="F73" s="4">
-        <v>1274079.0315</v>
+        <v>3515855.8320982298</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>265</v>
+        <v>84</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="J73" s="5">
-        <v>84.18</v>
+        <v>243.2</v>
       </c>
       <c r="K73" s="5">
-        <v>0.85106382978723405</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>266</v>
+        <v>86</v>
       </c>
       <c r="M73" s="4">
-        <v>1084322.58</v>
+        <v>35463909.676074997</v>
       </c>
       <c r="N73" s="4">
-        <v>1274079.0315</v>
+        <v>3515855.8320982298</v>
       </c>
       <c r="O73" s="3" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="P73" s="3" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>80</v>
+        <v>175</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>269</v>
+        <v>396</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>2.696E-3</v>
+        <v>6.3660000000000001E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D74" s="4">
-        <v>125340</v>
+        <v>622863</v>
       </c>
       <c r="E74" s="5">
-        <v>18.923375</v>
+        <v>22.796074999999998</v>
       </c>
       <c r="F74" s="4">
-        <v>2371855.8224999998</v>
+        <v>14198831.3512934</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>55</v>
+        <v>226</v>
       </c>
       <c r="J74" s="5">
-        <v>16.105</v>
+        <v>19.41</v>
       </c>
       <c r="K74" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="M74" s="4">
-        <v>2018600.7</v>
+        <v>12089770.829999</v>
       </c>
       <c r="N74" s="4">
-        <v>2371855.8224999998</v>
+        <v>14198831.3512934</v>
       </c>
       <c r="O74" s="3" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="P74" s="3" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>143</v>
+        <v>102</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>5.0200000000000002E-3</v>
+        <v>2.5711999999999999E-2</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D75" s="4">
-        <v>219994</v>
+        <v>103218</v>
       </c>
       <c r="E75" s="5">
-        <v>5.2262360000000001</v>
+        <v>29.560907</v>
       </c>
       <c r="F75" s="4">
-        <v>1149740.5460534501</v>
+        <v>3051217.6471170001</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>409</v>
+        <v>225</v>
       </c>
       <c r="I75" s="3" t="s">
-        <v>410</v>
+        <v>226</v>
       </c>
       <c r="J75" s="5">
-        <v>18.96</v>
+        <v>25.17</v>
       </c>
       <c r="K75" s="5">
-        <v>3.6278500616825209</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>411</v>
+        <v>227</v>
       </c>
       <c r="M75" s="4">
-        <v>4171086.3109180001</v>
+        <v>2597997.06</v>
       </c>
       <c r="N75" s="4">
-        <v>1149740.5460534501</v>
+        <v>3051217.6471170001</v>
       </c>
       <c r="O75" s="3" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="P75" s="3" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>160</v>
+        <v>95</v>
       </c>
       <c r="R75" s="3" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>414</v>
+        <v>230</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>2.4329999999999998E-3</v>
+        <v>5.5250000000000004E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D76" s="4">
-        <v>120856</v>
+        <v>443834</v>
       </c>
       <c r="E76" s="5">
-        <v>0</v>
+        <v>9.6660509999999995</v>
       </c>
       <c r="F76" s="4">
-        <v>1.46492E-3</v>
+        <v>4290121.7922344403</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>417</v>
+        <v>84</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>418</v>
+        <v>85</v>
       </c>
       <c r="J76" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>97.5</v>
       </c>
       <c r="K76" s="5">
-        <v>82.500014437502529</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>419</v>
+        <v>86</v>
       </c>
       <c r="M76" s="4">
-        <v>0.120855</v>
+        <v>43273814.116650999</v>
       </c>
       <c r="N76" s="4">
-        <v>1.46492E-3</v>
+        <v>4290121.7922344403</v>
       </c>
       <c r="O76" s="3" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="P76" s="3" t="s">
-        <v>420</v>
+        <v>407</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>99</v>
+        <v>175</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>421</v>
+        <v>408</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>422</v>
+        <v>396</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>0</v>
+        <v>7.7679999999999997E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>423</v>
+        <v>409</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>424</v>
+        <v>410</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D77" s="4">
-        <v>1594000</v>
+        <v>786566</v>
       </c>
       <c r="E77" s="5">
-        <v>1.799393</v>
+        <v>2.4718960000000001</v>
       </c>
       <c r="F77" s="4">
-        <v>2868232.99573287</v>
+        <v>1944309.0948802</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>393</v>
+        <v>324</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>394</v>
+        <v>65</v>
       </c>
       <c r="J77" s="5">
-        <v>14</v>
+        <v>19.239999999999998</v>
       </c>
       <c r="K77" s="5">
-        <v>7.7803997725011103</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>395</v>
+        <v>325</v>
       </c>
       <c r="M77" s="4">
-        <v>22315999.347479999</v>
+        <v>15133529.401354</v>
       </c>
       <c r="N77" s="4">
-        <v>2868232.99573287</v>
+        <v>1944309.0948802</v>
       </c>
       <c r="O77" s="3" t="s">
-        <v>423</v>
+        <v>409</v>
       </c>
       <c r="P77" s="3" t="s">
-        <v>425</v>
+        <v>411</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="R77" s="3" t="s">
-        <v>426</v>
+        <v>412</v>
       </c>
       <c r="S77" s="3" t="s">
-        <v>398</v>
+        <v>328</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>6.0699999999999999E-3</v>
+        <v>3.5200000000000001E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>427</v>
+        <v>413</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>428</v>
+        <v>414</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D78" s="4">
-        <v>7221500</v>
+        <v>100456</v>
       </c>
       <c r="E78" s="5">
-        <v>0</v>
+        <v>21.686219000000001</v>
       </c>
       <c r="F78" s="4">
-        <v>8.7533330000000006E-2</v>
+        <v>2178510.8409779998</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>417</v>
+        <v>267</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>418</v>
+        <v>226</v>
       </c>
       <c r="J78" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>18.465</v>
       </c>
       <c r="K78" s="5">
-        <v>82.500014437502529</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>419</v>
+        <v>268</v>
       </c>
       <c r="M78" s="4">
-        <v>7.2214999999999998</v>
+        <v>1854920.04</v>
       </c>
       <c r="N78" s="4">
-        <v>8.7533330000000006E-2</v>
+        <v>2178510.8409779998</v>
       </c>
       <c r="O78" s="3" t="s">
-        <v>427</v>
+        <v>413</v>
       </c>
       <c r="P78" s="3" t="s">
-        <v>429</v>
+        <v>415</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>99</v>
+        <v>158</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>430</v>
+        <v>416</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>422</v>
+        <v>271</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>0</v>
+        <v>3.9449999999999997E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>431</v>
+        <v>417</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>432</v>
+        <v>418</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D79" s="4">
-        <v>118816</v>
+        <v>219994</v>
       </c>
       <c r="E79" s="5">
-        <v>45.841766999999997</v>
+        <v>5.8411210000000002</v>
       </c>
       <c r="F79" s="4">
-        <v>5446735.5930164997</v>
+        <v>1285011.68224299</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>373</v>
+        <v>419</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>374</v>
+        <v>420</v>
       </c>
       <c r="J79" s="5">
-        <v>457.4</v>
+        <v>21</v>
       </c>
       <c r="K79" s="5">
-        <v>9.977800391908044</v>
+        <v>3.5952000340537347</v>
       </c>
       <c r="L79" s="3" t="s">
-        <v>375</v>
+        <v>421</v>
       </c>
       <c r="M79" s="4">
-        <v>54346440.534619004</v>
+        <v>4619874.0437589996</v>
       </c>
       <c r="N79" s="4">
-        <v>5446735.5930164997</v>
+        <v>1285011.68224299</v>
       </c>
       <c r="O79" s="3" t="s">
-        <v>431</v>
+        <v>417</v>
       </c>
       <c r="P79" s="3" t="s">
-        <v>433</v>
+        <v>422</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>160</v>
+        <v>175</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>434</v>
+        <v>423</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>378</v>
+        <v>424</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>1.1527000000000001E-2</v>
+        <v>2.3270000000000001E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D80" s="4">
-        <v>125600</v>
+        <v>120856</v>
       </c>
       <c r="E80" s="5">
-        <v>16.745723999999999</v>
+        <v>0</v>
       </c>
       <c r="F80" s="4">
-        <v>2103262.9006755799</v>
+        <v>1.5278900000000001E-3</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>44</v>
+        <v>427</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>45</v>
+        <v>428</v>
       </c>
       <c r="J80" s="5">
-        <v>23.3</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K80" s="5">
-        <v>1.3913999987115637</v>
+        <v>79.099968913712217</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>46</v>
+        <v>429</v>
       </c>
       <c r="M80" s="4">
-        <v>2926479.9972899999</v>
+        <v>0.12085600000000001</v>
       </c>
       <c r="N80" s="4">
-        <v>2103262.9006755799</v>
+        <v>1.5278900000000001E-3</v>
       </c>
       <c r="O80" s="3" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="P80" s="3" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>143</v>
+        <v>114</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>154</v>
+        <v>432</v>
       </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>439</v>
+        <v>34</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>4.4510000000000001E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>440</v>
+        <v>433</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D81" s="4">
-        <v>958900</v>
+        <v>1747448</v>
       </c>
       <c r="E81" s="5">
-        <v>8.9550090000000004</v>
+        <v>1.7228749999999999</v>
       </c>
       <c r="F81" s="4">
-        <v>8586958.4591059405</v>
+        <v>3010635.0202351101</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>44</v>
+        <v>324</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>45</v>
+        <v>65</v>
       </c>
       <c r="J81" s="5">
-        <v>12.46</v>
+        <v>13.41</v>
       </c>
       <c r="K81" s="5">
-        <v>1.3913999987115637</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>46</v>
+        <v>325</v>
       </c>
       <c r="M81" s="4">
-        <v>11947893.988936</v>
+        <v>23433277.000785999</v>
       </c>
       <c r="N81" s="4">
-        <v>8586958.4591059405</v>
+        <v>3010635.0202351101</v>
       </c>
       <c r="O81" s="3" t="s">
-        <v>440</v>
+        <v>433</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>154</v>
+        <v>328</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
-        <v>444</v>
+        <v>34</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>1.8173999999999999E-2</v>
+        <v>5.4510000000000001E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D82" s="4">
-        <v>51190</v>
+        <v>7221500</v>
       </c>
       <c r="E82" s="5">
-        <v>93.823750000000004</v>
+        <v>0</v>
       </c>
       <c r="F82" s="4">
-        <v>4802837.7625000002</v>
+        <v>9.1295829999999994E-2</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H82" s="3" t="s">
-        <v>252</v>
+        <v>427</v>
       </c>
       <c r="I82" s="3" t="s">
-        <v>55</v>
+        <v>428</v>
       </c>
       <c r="J82" s="5">
-        <v>79.849999999999994</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K82" s="5">
-        <v>0.85106382978723405</v>
+        <v>79.099968913712217</v>
       </c>
       <c r="L82" s="3" t="s">
-        <v>165</v>
+        <v>429</v>
       </c>
       <c r="M82" s="4">
-        <v>4087521.5</v>
+        <v>7.2214970000000003</v>
       </c>
       <c r="N82" s="4">
-        <v>4802837.7625000002</v>
+        <v>9.1295829999999994E-2</v>
       </c>
       <c r="O82" s="3" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>255</v>
+        <v>432</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>1.0165E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D83" s="4">
-        <v>3328560</v>
+        <v>127901</v>
       </c>
       <c r="E83" s="5">
-        <v>0.63777899999999998</v>
+        <v>51.205283000000001</v>
       </c>
       <c r="F83" s="4">
-        <v>2122886.6396476799</v>
+        <v>6549206.7890372099</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>393</v>
+        <v>84</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>451</v>
+        <v>85</v>
       </c>
       <c r="J83" s="5">
-        <v>4.54</v>
+        <v>516.5</v>
       </c>
       <c r="K83" s="5">
-        <v>7.1184500116101921</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>395</v>
+        <v>86</v>
       </c>
       <c r="M83" s="4">
-        <v>15111662.424647</v>
+        <v>66060865.151499003</v>
       </c>
       <c r="N83" s="4">
-        <v>2122886.6396476799</v>
+        <v>6549206.7890372099</v>
       </c>
       <c r="O83" s="3" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>143</v>
+        <v>175</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>453</v>
+        <v>444</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>454</v>
+        <v>396</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>4.4929999999999996E-3</v>
+        <v>1.1859E-2</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D84" s="4">
-        <v>106071</v>
+        <v>169696</v>
       </c>
       <c r="E84" s="5">
-        <v>19.317</v>
+        <v>13.022068000000001</v>
       </c>
       <c r="F84" s="4">
-        <v>2048973.507</v>
+        <v>2209792.8871056</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>258</v>
+        <v>49</v>
       </c>
       <c r="I84" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="J84" s="5">
-        <v>16.440000000000001</v>
+        <v>17.850000000000001</v>
       </c>
       <c r="K84" s="5">
-        <v>0.85106382978723405</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>259</v>
+        <v>51</v>
       </c>
       <c r="M84" s="4">
-        <v>1743807.24</v>
+        <v>3029073.6035659998</v>
       </c>
       <c r="N84" s="4">
-        <v>2048973.507</v>
+        <v>2209792.8871056</v>
       </c>
       <c r="O84" s="3" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>458</v>
+        <v>448</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>262</v>
+        <v>169</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>34</v>
+        <v>449</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>4.3359999999999996E-3</v>
+        <v>4.0010000000000002E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>459</v>
+        <v>450</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>460</v>
+        <v>451</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D85" s="4">
-        <v>624329</v>
+        <v>1085613</v>
       </c>
       <c r="E85" s="5">
-        <v>10.608021000000001</v>
+        <v>9.2139340000000001</v>
       </c>
       <c r="F85" s="4">
-        <v>6622894.9547218597</v>
+        <v>10002766.507386399</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H85" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I85" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J85" s="5">
-        <v>14.76</v>
+        <v>12.63</v>
       </c>
       <c r="K85" s="5">
-        <v>1.3913999987115637</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L85" s="3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="M85" s="4">
-        <v>9215096.0314659998</v>
+        <v>13711292.206145</v>
       </c>
       <c r="N85" s="4">
-        <v>6622894.9547218597</v>
+        <v>10002766.507386399</v>
       </c>
       <c r="O85" s="3" t="s">
-        <v>459</v>
+        <v>450</v>
       </c>
       <c r="P85" s="3" t="s">
-        <v>461</v>
+        <v>452</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>462</v>
+        <v>453</v>
       </c>
       <c r="S85" s="3" t="s">
-        <v>154</v>
+        <v>169</v>
       </c>
       <c r="T85" s="4">
         <v>1</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>463</v>
+        <v>454</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>1.4017E-2</v>
+        <v>1.8113000000000001E-2</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>464</v>
+        <v>455</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>465</v>
+        <v>456</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D86" s="4">
-        <v>913387</v>
+        <v>55017</v>
       </c>
       <c r="E86" s="5">
-        <v>12.496124999999999</v>
+        <v>111.748918</v>
       </c>
       <c r="F86" s="4">
-        <v>11413798.125375001</v>
+        <v>6148090.1940975003</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>210</v>
+        <v>261</v>
       </c>
       <c r="I86" s="3" t="s">
-        <v>55</v>
+        <v>226</v>
       </c>
       <c r="J86" s="5">
-        <v>10.635</v>
+        <v>95.15</v>
       </c>
       <c r="K86" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>211</v>
+        <v>180</v>
       </c>
       <c r="M86" s="4">
-        <v>9713870.7449999992</v>
+        <v>5234867.55</v>
       </c>
       <c r="N86" s="4">
-        <v>11413798.125375001</v>
+        <v>6148090.1940975003</v>
       </c>
       <c r="O86" s="3" t="s">
-        <v>464</v>
+        <v>455</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>211</v>
+        <v>457</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>127</v>
+        <v>95</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>214</v>
+        <v>264</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>2.4157000000000001E-2</v>
+        <v>1.1133000000000001E-2</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D87" s="4">
-        <v>170285</v>
+        <v>200</v>
       </c>
       <c r="E87" s="5">
-        <v>14.371219</v>
+        <v>3.6790850000000002</v>
       </c>
       <c r="F87" s="4">
-        <v>2447202.98484375</v>
+        <v>735.81706173999999</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>469</v>
+        <v>324</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>470</v>
+        <v>461</v>
       </c>
       <c r="J87" s="5">
-        <v>10.675000000000001</v>
+        <v>25.71</v>
       </c>
       <c r="K87" s="5">
-        <v>0.74280408542246978</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>471</v>
+        <v>325</v>
       </c>
       <c r="M87" s="4">
-        <v>1817792.375</v>
+        <v>5141.9999879999996</v>
       </c>
       <c r="N87" s="4">
-        <v>2447202.98484375</v>
+        <v>735.81706173999999</v>
       </c>
       <c r="O87" s="3" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>143</v>
+        <v>95</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>5.1789999999999996E-3</v>
+        <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D88" s="4">
-        <v>70323</v>
+        <v>3317060</v>
       </c>
       <c r="E88" s="5">
-        <v>80.688744999999997</v>
+        <v>0.63536099999999995</v>
       </c>
       <c r="F88" s="4">
-        <v>5674274.61823666</v>
+        <v>2107531.5212180601</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H88" s="3" t="s">
-        <v>477</v>
+        <v>324</v>
       </c>
       <c r="I88" s="3" t="s">
-        <v>478</v>
+        <v>461</v>
       </c>
       <c r="J88" s="5">
-        <v>64.2</v>
+        <v>4.4400000000000004</v>
       </c>
       <c r="K88" s="5">
-        <v>0.79564999687627802</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L88" s="3" t="s">
-        <v>479</v>
+        <v>325</v>
       </c>
       <c r="M88" s="4">
-        <v>4514736.5822750004</v>
+        <v>14727746.367179001</v>
       </c>
       <c r="N88" s="4">
-        <v>5674274.61823666</v>
+        <v>2107531.5212180601</v>
       </c>
       <c r="O88" s="3" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>480</v>
+        <v>467</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>120</v>
+        <v>158</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>481</v>
+        <v>468</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>482</v>
+        <v>464</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>1.2009000000000001E-2</v>
+        <v>3.8159999999999999E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>483</v>
+        <v>469</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>484</v>
+        <v>470</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D89" s="4">
-        <v>2049126</v>
+        <v>113085</v>
       </c>
       <c r="E89" s="5">
-        <v>0.97040800000000005</v>
+        <v>17.816407000000002</v>
       </c>
       <c r="F89" s="4">
-        <v>1988487.7425337499</v>
+        <v>2014768.3290525</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>485</v>
+        <v>267</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>486</v>
+        <v>226</v>
       </c>
       <c r="J89" s="5">
-        <v>17.79</v>
+        <v>15.17</v>
       </c>
       <c r="K89" s="5">
-        <v>18.332501343314036</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>487</v>
+        <v>268</v>
       </c>
       <c r="M89" s="4">
-        <v>36453954.211162999</v>
+        <v>1715499.45</v>
       </c>
       <c r="N89" s="4">
-        <v>1988487.7425337499</v>
+        <v>2014768.3290525</v>
       </c>
       <c r="O89" s="3" t="s">
-        <v>483</v>
+        <v>469</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>488</v>
+        <v>471</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>99</v>
+        <v>158</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>489</v>
+        <v>472</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>490</v>
+        <v>271</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>4.2079999999999999E-3</v>
+        <v>3.6480000000000002E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>491</v>
+        <v>473</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>492</v>
+        <v>474</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D90" s="4">
-        <v>1925700</v>
+        <v>421849</v>
       </c>
       <c r="E90" s="5">
-        <v>0.21920400000000001</v>
+        <v>11.387926</v>
       </c>
       <c r="F90" s="4">
-        <v>422120.52608883003</v>
+        <v>4803985.3291993402</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H90" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I90" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J90" s="5">
-        <v>0.30499999999999999</v>
+        <v>15.61</v>
       </c>
       <c r="K90" s="5">
-        <v>1.3913999987115637</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L90" s="3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="M90" s="4">
-        <v>587338.49945600005</v>
+        <v>6585062.8977530003</v>
       </c>
       <c r="N90" s="4">
-        <v>422120.52608883003</v>
+        <v>4803985.3291993402</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>491</v>
+        <v>473</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>493</v>
+        <v>475</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>87</v>
+        <v>114</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>494</v>
+        <v>476</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>154</v>
+        <v>169</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>495</v>
+        <v>477</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>8.9300000000000002E-4</v>
+        <v>8.6990000000000001E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>496</v>
+        <v>478</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>497</v>
+        <v>479</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D91" s="4">
-        <v>5100</v>
+        <v>919263</v>
       </c>
       <c r="E91" s="5">
-        <v>421.96</v>
+        <v>13.664726</v>
       </c>
       <c r="F91" s="4">
-        <v>2151996</v>
+        <v>12561476.787122199</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H91" s="3" t="s">
-        <v>31</v>
+        <v>225</v>
       </c>
       <c r="I91" s="3" t="s">
-        <v>32</v>
+        <v>226</v>
       </c>
       <c r="J91" s="5">
-        <v>421.96</v>
+        <v>11.635</v>
       </c>
       <c r="K91" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L91" s="3" t="s">
-        <v>33</v>
+        <v>227</v>
       </c>
       <c r="M91" s="4">
-        <v>2151996</v>
+        <v>10695625.004999001</v>
       </c>
       <c r="N91" s="4">
-        <v>2151996</v>
+        <v>12561476.787122199</v>
       </c>
       <c r="O91" s="3" t="s">
-        <v>496</v>
+        <v>478</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>498</v>
+        <v>227</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>80</v>
+        <v>142</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>499</v>
+        <v>480</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>82</v>
+        <v>230</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>4.5539999999999999E-3</v>
+        <v>2.2747E-2</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>500</v>
+        <v>481</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>501</v>
+        <v>482</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D92" s="4">
-        <v>460000</v>
+        <v>139643</v>
       </c>
       <c r="E92" s="5">
-        <v>5.48</v>
+        <v>15.353745999999999</v>
       </c>
       <c r="F92" s="4">
-        <v>2520800</v>
+        <v>2144043.1177672502</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H92" s="3" t="s">
-        <v>469</v>
+        <v>59</v>
       </c>
       <c r="I92" s="3" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J92" s="5">
-        <v>5.48</v>
+        <v>11.414999999999999</v>
       </c>
       <c r="K92" s="5">
-        <v>1</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L92" s="3" t="s">
-        <v>471</v>
+        <v>61</v>
       </c>
       <c r="M92" s="4">
-        <v>2520800</v>
+        <v>1594024.845</v>
       </c>
       <c r="N92" s="4">
-        <v>2520800</v>
+        <v>2144043.1177672502</v>
       </c>
       <c r="O92" s="3" t="s">
-        <v>500</v>
+        <v>481</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>502</v>
+        <v>483</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>99</v>
+        <v>158</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>503</v>
+        <v>484</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>82</v>
+        <v>485</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>5.3350000000000003E-3</v>
+        <v>3.882E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>504</v>
+        <v>486</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>505</v>
+        <v>487</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D93" s="4">
-        <v>1008392</v>
+        <v>190676</v>
       </c>
       <c r="E93" s="5">
-        <v>1.4948969999999999</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="F93" s="4">
-        <v>1507442.4033347699</v>
+        <v>1758032.72</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H93" s="3" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="I93" s="3" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="J93" s="5">
-        <v>2.08</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="K93" s="5">
-        <v>1.3913999987115637</v>
+        <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="M93" s="4">
-        <v>2097455.3580570002</v>
+        <v>1758032.72</v>
       </c>
       <c r="N93" s="4">
-        <v>1507442.4033347699</v>
+        <v>1758032.72</v>
       </c>
       <c r="O93" s="3" t="s">
-        <v>504</v>
+        <v>486</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>506</v>
+        <v>488</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>507</v>
+        <v>489</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>154</v>
+        <v>97</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>508</v>
+        <v>34</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>3.1900000000000001E-3</v>
+        <v>3.1830000000000001E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>509</v>
+        <v>490</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>510</v>
+        <v>491</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D94" s="4">
-        <v>320055</v>
+        <v>100141</v>
       </c>
       <c r="E94" s="5">
-        <v>0.22533500000000001</v>
+        <v>64.878510000000006</v>
       </c>
       <c r="F94" s="4">
-        <v>72119.593424999999</v>
+        <v>6496998.9271063404</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H94" s="3" t="s">
-        <v>301</v>
+        <v>492</v>
       </c>
       <c r="I94" s="3" t="s">
-        <v>302</v>
+        <v>493</v>
       </c>
       <c r="J94" s="5">
-        <v>0.34</v>
+        <v>51.4</v>
       </c>
       <c r="K94" s="5">
-        <v>1.5088645794039983</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L94" s="3" t="s">
-        <v>303</v>
+        <v>494</v>
       </c>
       <c r="M94" s="4">
-        <v>108818.7</v>
+        <v>5147247.4086600002</v>
       </c>
       <c r="N94" s="4">
-        <v>72119.593424999999</v>
+        <v>6496998.9271063404</v>
       </c>
       <c r="O94" s="3" t="s">
-        <v>509</v>
+        <v>490</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>511</v>
+        <v>495</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>80</v>
+        <v>135</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>512</v>
+        <v>496</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>306</v>
+        <v>497</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>1.5200000000000001E-4</v>
+        <v>1.1764999999999999E-2</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>513</v>
+        <v>498</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>514</v>
+        <v>499</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D95" s="4">
-        <v>10472</v>
+        <v>2160597</v>
       </c>
       <c r="E95" s="5">
-        <v>110.76</v>
+        <v>0.86654200000000003</v>
       </c>
       <c r="F95" s="4">
-        <v>1159878.72</v>
+        <v>1872249.0202730901</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H95" s="3" t="s">
-        <v>31</v>
+        <v>500</v>
       </c>
       <c r="I95" s="3" t="s">
-        <v>32</v>
+        <v>501</v>
       </c>
       <c r="J95" s="5">
-        <v>110.76</v>
+        <v>15.58</v>
       </c>
       <c r="K95" s="5">
-        <v>1</v>
+        <v>17.979499774357279</v>
       </c>
       <c r="L95" s="3" t="s">
-        <v>33</v>
+        <v>502</v>
       </c>
       <c r="M95" s="4">
-        <v>1159878.72</v>
+        <v>33662100.837540001</v>
       </c>
       <c r="N95" s="4">
-        <v>1159878.72</v>
+        <v>1872249.0202730901</v>
       </c>
       <c r="O95" s="3" t="s">
-        <v>513</v>
+        <v>498</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>82</v>
+        <v>505</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>2.454E-3</v>
+        <v>3.3899999999999998E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D96" s="4">
-        <v>114522</v>
+        <v>1925700</v>
       </c>
       <c r="E96" s="5">
-        <v>25.438749999999999</v>
+        <v>0.167791</v>
       </c>
       <c r="F96" s="4">
-        <v>2913296.5274999999</v>
+        <v>323115.81251140003</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H96" s="3" t="s">
-        <v>210</v>
+        <v>49</v>
       </c>
       <c r="I96" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="J96" s="5">
-        <v>21.65</v>
+        <v>0.23</v>
       </c>
       <c r="K96" s="5">
-        <v>0.85106382978723405</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L96" s="3" t="s">
-        <v>211</v>
+        <v>51</v>
       </c>
       <c r="M96" s="4">
-        <v>2479401.2999999998</v>
+        <v>442911.00052100001</v>
       </c>
       <c r="N96" s="4">
-        <v>2913296.5274999999</v>
+        <v>323115.81251140003</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>520</v>
+        <v>509</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>214</v>
+        <v>169</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>34</v>
+        <v>510</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>6.1650000000000003E-3</v>
+        <v>5.8500000000000002E-4</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D97" s="4">
-        <v>164786</v>
+        <v>5424</v>
       </c>
       <c r="E97" s="5">
-        <v>5.0913019999999998</v>
+        <v>389.2</v>
       </c>
       <c r="F97" s="4">
-        <v>838975.40539999004</v>
+        <v>2111020.7999999998</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H97" s="3" t="s">
-        <v>373</v>
+        <v>31</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>374</v>
+        <v>32</v>
       </c>
       <c r="J97" s="5">
-        <v>50.8</v>
+        <v>389.2</v>
       </c>
       <c r="K97" s="5">
-        <v>9.977800391908044</v>
+        <v>1</v>
       </c>
       <c r="L97" s="3" t="s">
-        <v>375</v>
+        <v>33</v>
       </c>
       <c r="M97" s="4">
-        <v>8371129.1288010003</v>
+        <v>2111020.7999999998</v>
       </c>
       <c r="N97" s="4">
-        <v>838975.40539999004</v>
+        <v>2111020.7999999998</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>524</v>
+        <v>514</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>378</v>
+        <v>97</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>1.7750000000000001E-3</v>
+        <v>3.8219999999999999E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>525</v>
+        <v>515</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>526</v>
+        <v>516</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D98" s="4">
-        <v>1399037</v>
+        <v>460000</v>
       </c>
       <c r="E98" s="5">
-        <v>3.5457130000000001</v>
+        <v>4.2699999999999996</v>
       </c>
       <c r="F98" s="4">
-        <v>4960582.9788624896</v>
+        <v>1964200</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H98" s="3" t="s">
-        <v>301</v>
+        <v>59</v>
       </c>
       <c r="I98" s="3" t="s">
-        <v>302</v>
+        <v>32</v>
       </c>
       <c r="J98" s="5">
-        <v>5.35</v>
+        <v>4.2699999999999996</v>
       </c>
       <c r="K98" s="5">
-        <v>1.5088645794039983</v>
+        <v>1</v>
       </c>
       <c r="L98" s="3" t="s">
-        <v>303</v>
+        <v>61</v>
       </c>
       <c r="M98" s="4">
-        <v>7484847.9499989999</v>
+        <v>1964200</v>
       </c>
       <c r="N98" s="4">
-        <v>4960582.9788624896</v>
+        <v>1964200</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>525</v>
+        <v>515</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>527</v>
+        <v>517</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>528</v>
+        <v>518</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>306</v>
+        <v>97</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>1.0499E-2</v>
+        <v>3.5560000000000001E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>529</v>
+        <v>519</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>530</v>
+        <v>520</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D99" s="4">
-        <v>678716</v>
+        <v>1008392</v>
       </c>
       <c r="E99" s="5">
-        <v>18.857827</v>
+        <v>0.955681</v>
       </c>
       <c r="F99" s="4">
-        <v>12799108.550560299</v>
+        <v>963701.27302572003</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H99" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J99" s="5">
-        <v>119.8</v>
+        <v>1.31</v>
       </c>
       <c r="K99" s="5">
-        <v>6.3527998154638716</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L99" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M99" s="4">
-        <v>81310174.438102007</v>
+        <v>1320993.521555</v>
       </c>
       <c r="N99" s="4">
-        <v>12799108.550560299</v>
+        <v>963701.27302572003</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>529</v>
+        <v>519</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>533</v>
+        <v>169</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>34</v>
+        <v>523</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>2.7088999999999998E-2</v>
+        <v>1.745E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D100" s="4">
-        <v>355776</v>
+        <v>320055</v>
       </c>
       <c r="E100" s="5">
-        <v>3.8224610000000001</v>
+        <v>0.24673500000000001</v>
       </c>
       <c r="F100" s="4">
-        <v>1359940.0094121599</v>
+        <v>78968.610397500001</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H100" s="3" t="s">
-        <v>393</v>
+        <v>39</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>451</v>
+        <v>40</v>
       </c>
       <c r="J100" s="5">
-        <v>27.21</v>
+        <v>0.37</v>
       </c>
       <c r="K100" s="5">
-        <v>7.1184500116101921</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L100" s="3" t="s">
-        <v>395</v>
+        <v>41</v>
       </c>
       <c r="M100" s="4">
-        <v>9680664.9757889993</v>
+        <v>118420.35</v>
       </c>
       <c r="N100" s="4">
-        <v>1359940.0094121599</v>
+        <v>78968.610397500001</v>
       </c>
       <c r="O100" s="3" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>538</v>
+        <v>312</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>2.8779999999999999E-3</v>
+        <v>1.4300000000000001E-4</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>540</v>
+        <v>529</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D101" s="4">
-        <v>476293</v>
+        <v>11215</v>
       </c>
       <c r="E101" s="5">
-        <v>2.069858</v>
+        <v>104.14</v>
       </c>
       <c r="F101" s="4">
-        <v>985858.73221216002</v>
+        <v>1167930.1000000001</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H101" s="3" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="J101" s="5">
-        <v>2.88</v>
+        <v>104.14</v>
       </c>
       <c r="K101" s="5">
-        <v>1.3913999987115637</v>
+        <v>1</v>
       </c>
       <c r="L101" s="3" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="M101" s="4">
-        <v>1371723.838729</v>
+        <v>1167930.1000000001</v>
       </c>
       <c r="N101" s="4">
-        <v>985858.73221216002</v>
+        <v>1167930.1000000001</v>
       </c>
       <c r="O101" s="3" t="s">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>541</v>
+        <v>530</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>542</v>
+        <v>531</v>
       </c>
       <c r="S101" s="3" t="s">
-        <v>154</v>
+        <v>97</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>543</v>
+        <v>34</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>2.0860000000000002E-3</v>
+        <v>2.114E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>544</v>
+        <v>532</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>545</v>
+        <v>533</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D102" s="4">
-        <v>17295</v>
+        <v>475083</v>
       </c>
       <c r="E102" s="5">
-        <v>219.53</v>
+        <v>10.052891000000001</v>
       </c>
       <c r="F102" s="4">
-        <v>3796771.35</v>
+        <v>4775957.4977202304</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H102" s="3" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="J102" s="5">
-        <v>219.53</v>
+        <v>13.78</v>
       </c>
       <c r="K102" s="5">
-        <v>1</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L102" s="3" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="M102" s="4">
-        <v>3796771.35</v>
+        <v>6546643.7477080002</v>
       </c>
       <c r="N102" s="4">
-        <v>3796771.35</v>
+        <v>4775957.4977202304</v>
       </c>
       <c r="O102" s="3" t="s">
-        <v>544</v>
+        <v>532</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>546</v>
+        <v>534</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>547</v>
+        <v>535</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>82</v>
+        <v>169</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>34</v>
+        <v>536</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>8.0350000000000005E-3</v>
+        <v>8.6479999999999994E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>548</v>
+        <v>537</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>549</v>
+        <v>538</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D103" s="4">
-        <v>54502</v>
+        <v>283337</v>
       </c>
       <c r="E103" s="5">
-        <v>37.164715999999999</v>
+        <v>4.7626369999999998</v>
       </c>
       <c r="F103" s="4">
-        <v>2025551.2844729901</v>
+        <v>1349431.1385615901</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="J103" s="5">
-        <v>236.1</v>
+        <v>48.04</v>
       </c>
       <c r="K103" s="5">
-        <v>6.3527998154638716</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L103" s="3" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
       <c r="M103" s="4">
-        <v>12867921.826212</v>
+        <v>13611509.202148</v>
       </c>
       <c r="N103" s="4">
-        <v>2025551.2844729901</v>
+        <v>1349431.1385615901</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>548</v>
+        <v>537</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>550</v>
+        <v>539</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>551</v>
+        <v>540</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>533</v>
+        <v>396</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>4.287E-3</v>
+        <v>2.4429999999999999E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>552</v>
+        <v>541</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>553</v>
+        <v>542</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D104" s="4">
-        <v>38389</v>
+        <v>161585</v>
       </c>
       <c r="E104" s="5">
-        <v>29.863386999999999</v>
+        <v>5.2614470000000004</v>
       </c>
       <c r="F104" s="4">
-        <v>1146430.34817006</v>
+        <v>850170.83270250005</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="H104" s="3" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="I104" s="3" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="J104" s="5">
-        <v>41900</v>
+        <v>7.89</v>
       </c>
       <c r="K104" s="5">
-        <v>1403.0558556536134</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L104" s="3" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
       <c r="M104" s="4">
-        <v>1608505813.09901</v>
+        <v>1274905.6499999999</v>
       </c>
       <c r="N104" s="4">
-        <v>1146430.34817006</v>
+        <v>850170.83270250005</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>552</v>
+        <v>541</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>554</v>
+        <v>543</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>2.4260000000000002E-3</v>
+        <v>1.539E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>556</v>
+        <v>545</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>557</v>
+        <v>546</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D105" s="4">
-        <v>2335</v>
+        <v>636899</v>
       </c>
       <c r="E105" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>27.265865000000002</v>
       </c>
       <c r="F105" s="4">
-        <v>2.3349999999999998E-3</v>
+        <v>17365602.6479652</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>558</v>
+        <v>92</v>
       </c>
       <c r="H105" s="3" t="s">
-        <v>417</v>
+        <v>54</v>
       </c>
       <c r="I105" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J105" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>173.4</v>
       </c>
       <c r="K105" s="5">
-        <v>1</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L105" s="3" t="s">
-        <v>419</v>
+        <v>56</v>
       </c>
       <c r="M105" s="4">
-        <v>2.3349999999999998E-3</v>
+        <v>110438289.320757</v>
       </c>
       <c r="N105" s="4">
-        <v>2.3349999999999998E-3</v>
+        <v>17365602.6479652</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>34</v>
+        <v>545</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>34</v>
+        <v>547</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>0</v>
+        <v>3.1447000000000003E-2</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>560</v>
+        <v>550</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D106" s="4">
-        <v>14647620</v>
+        <v>312776</v>
       </c>
       <c r="E106" s="5">
-        <v>0.103071</v>
+        <v>4.6793500000000003</v>
       </c>
       <c r="F106" s="4">
-        <v>1509737.7194877299</v>
+        <v>1463588.3889155199</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>558</v>
+        <v>92</v>
       </c>
       <c r="H106" s="3" t="s">
-        <v>562</v>
+        <v>324</v>
       </c>
       <c r="I106" s="3" t="s">
-        <v>563</v>
+        <v>461</v>
       </c>
       <c r="J106" s="5">
-        <v>3.34</v>
+        <v>32.700000000000003</v>
       </c>
       <c r="K106" s="5">
-        <v>32.404995035554762</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L106" s="3" t="s">
-        <v>564</v>
+        <v>325</v>
       </c>
       <c r="M106" s="4">
-        <v>48923043.304989003</v>
+        <v>10227775.177207001</v>
       </c>
       <c r="N106" s="4">
-        <v>1509737.7194877299</v>
+        <v>1463588.3889155199</v>
       </c>
       <c r="O106" s="3" t="s">
-        <v>560</v>
+        <v>550</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>565</v>
+        <v>552</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>143</v>
+        <v>95</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>566</v>
+        <v>553</v>
       </c>
       <c r="S106" s="3" t="s">
-        <v>567</v>
+        <v>554</v>
       </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>3.1949999999999999E-3</v>
+        <v>2.65E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>568</v>
+        <v>555</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>569</v>
+        <v>556</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D107" s="4">
-        <v>249678</v>
+        <v>476293</v>
       </c>
       <c r="E107" s="5">
-        <v>42.98</v>
+        <v>1.6487320000000001</v>
       </c>
       <c r="F107" s="4">
-        <v>10731160.439999999</v>
+        <v>785279.72277949995</v>
       </c>
       <c r="G107" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I107" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J107" s="5">
+        <v>2.2599999999999998</v>
+      </c>
+      <c r="K107" s="5">
+        <v>1.3707500016140581</v>
+      </c>
+      <c r="L107" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M107" s="4">
+        <v>1076422.181267</v>
+      </c>
+      <c r="N107" s="4">
+        <v>785279.72277949995</v>
+      </c>
+      <c r="O107" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="P107" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="Q107" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R107" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="H107" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="S107" s="3" t="s">
-        <v>82</v>
+        <v>169</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>2.2712E-2</v>
+        <v>1.4220000000000001E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>575</v>
+        <v>560</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>576</v>
+        <v>561</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D108" s="4">
-        <v>374700</v>
+        <v>18616</v>
       </c>
       <c r="E108" s="5">
-        <v>3.3874439999999999</v>
+        <v>227.51</v>
       </c>
       <c r="F108" s="4">
-        <v>1269275.0983466499</v>
+        <v>4235326.16</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>577</v>
+        <v>92</v>
       </c>
       <c r="H108" s="3" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="I108" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="J108" s="5">
-        <v>18.04</v>
+        <v>227.51</v>
       </c>
       <c r="K108" s="5">
-        <v>5.3255500773988818</v>
+        <v>1</v>
       </c>
       <c r="L108" s="3" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="M108" s="4">
-        <v>6759588.0982400002</v>
+        <v>4235326.16</v>
       </c>
       <c r="N108" s="4">
-        <v>1269275.0983466499</v>
+        <v>4235326.16</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>575</v>
+        <v>560</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>578</v>
+        <v>562</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>99</v>
+        <v>135</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>579</v>
+        <v>563</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>370</v>
+        <v>97</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>2.686E-3</v>
+        <v>7.6689999999999996E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>581</v>
+        <v>565</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D109" s="4">
-        <v>38200</v>
+        <v>58018</v>
       </c>
       <c r="E109" s="5">
-        <v>40.75</v>
+        <v>35.442480000000003</v>
       </c>
       <c r="F109" s="4">
-        <v>1556650</v>
+        <v>2056301.8428831999</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>582</v>
+        <v>92</v>
       </c>
       <c r="H109" s="3" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J109" s="5">
-        <v>40.75</v>
+        <v>225.4</v>
       </c>
       <c r="K109" s="5">
-        <v>1</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="M109" s="4">
-        <v>1556650</v>
+        <v>13077257.522171</v>
       </c>
       <c r="N109" s="4">
-        <v>1556650</v>
+        <v>2056301.8428831999</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>583</v>
+        <v>564</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>584</v>
+        <v>566</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>585</v>
+        <v>95</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>586</v>
+        <v>567</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>122</v>
+        <v>549</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>580</v>
+        <v>34</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>3.2940000000000001E-3</v>
+        <v>3.7230000000000002E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>587</v>
+        <v>568</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>588</v>
+        <v>569</v>
       </c>
       <c r="C110" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D110" s="4">
+        <v>68624</v>
+      </c>
+      <c r="E110" s="5">
+        <v>28.877887999999999</v>
+      </c>
+      <c r="F110" s="4">
+        <v>1981714.20637951</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H110" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I110" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J110" s="5">
+        <v>41600</v>
+      </c>
+      <c r="K110" s="5">
+        <v>1440.5485608919878</v>
+      </c>
+      <c r="L110" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="D110" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="M110" s="4">
-        <v>1487400</v>
+        <v>2854755548.0992098</v>
       </c>
       <c r="N110" s="4">
-        <v>1487400</v>
+        <v>1981714.20637951</v>
       </c>
       <c r="O110" s="3" t="s">
-        <v>589</v>
+        <v>568</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>590</v>
+        <v>570</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>585</v>
+        <v>95</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>591</v>
+        <v>571</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>82</v>
+        <v>307</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>587</v>
+        <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>3.1480000000000002E-3</v>
+        <v>3.588E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>592</v>
+        <v>572</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>593</v>
+        <v>573</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>594</v>
+        <v>91</v>
       </c>
       <c r="D111" s="4">
-        <v>-69299.72</v>
+        <v>112730</v>
       </c>
       <c r="E111" s="5">
-        <v>1</v>
+        <v>41.494793000000001</v>
       </c>
       <c r="F111" s="4">
-        <v>-69299.72</v>
+        <v>4677707.9585250001</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>595</v>
+        <v>92</v>
       </c>
       <c r="H111" s="3" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="I111" s="3" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J111" s="5">
-        <v>1</v>
+        <v>30.85</v>
       </c>
       <c r="K111" s="5">
-        <v>1</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L111" s="3" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="M111" s="4">
-        <v>-69299.72</v>
+        <v>3477720.5</v>
       </c>
       <c r="N111" s="4">
-        <v>-69299.72</v>
+        <v>4677707.9585250001</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>34</v>
+        <v>572</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>592</v>
+        <v>574</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>34</v>
+        <v>114</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>34</v>
+        <v>575</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>35</v>
+        <v>485</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>-1.46E-4</v>
+        <v>8.4700000000000001E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>596</v>
+        <v>576</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>597</v>
+        <v>577</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>594</v>
+        <v>91</v>
       </c>
       <c r="D112" s="4">
-        <v>-603782.59</v>
+        <v>281883</v>
       </c>
       <c r="E112" s="5">
-        <v>1</v>
+        <v>68.8</v>
       </c>
       <c r="F112" s="4">
-        <v>-603782.59</v>
+        <v>19393550.399999999</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>595</v>
+        <v>578</v>
       </c>
       <c r="H112" s="3" t="s">
-        <v>31</v>
+        <v>579</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J112" s="5">
-        <v>1</v>
+        <v>68.8</v>
       </c>
       <c r="K112" s="5">
         <v>1</v>
       </c>
       <c r="L112" s="3" t="s">
-        <v>33</v>
+        <v>580</v>
       </c>
       <c r="M112" s="4">
-        <v>-603782.59</v>
+        <v>19393550.399999999</v>
       </c>
       <c r="N112" s="4">
-        <v>-603782.59</v>
+        <v>19393550.399999999</v>
       </c>
       <c r="O112" s="3" t="s">
-        <v>34</v>
+        <v>581</v>
       </c>
       <c r="P112" s="3" t="s">
-        <v>34</v>
+        <v>582</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>34</v>
+        <v>114</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>34</v>
+        <v>583</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="T112" s="4">
         <v>1</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>34</v>
+        <v>576</v>
       </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>-1.2769999999999999E-3</v>
+        <v>3.5118999999999997E-2</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>598</v>
+        <v>584</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>599</v>
+        <v>585</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>600</v>
+        <v>91</v>
       </c>
       <c r="D113" s="4">
-        <v>1896729.6850000001</v>
+        <v>26436811</v>
       </c>
       <c r="E113" s="5">
-        <v>5.01</v>
+        <v>8.5700999999999999E-2</v>
       </c>
       <c r="F113" s="4">
-        <v>9502615.7218500003</v>
+        <v>2265652.7440088899</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>601</v>
+        <v>578</v>
       </c>
       <c r="H113" s="3" t="s">
-        <v>31</v>
+        <v>586</v>
       </c>
       <c r="I113" s="3" t="s">
-        <v>32</v>
+        <v>587</v>
       </c>
       <c r="J113" s="5">
-        <v>5.01</v>
+        <v>2.7</v>
       </c>
       <c r="K113" s="5">
-        <v>1</v>
+        <v>31.505003467125633</v>
       </c>
       <c r="L113" s="3" t="s">
-        <v>33</v>
+        <v>588</v>
       </c>
       <c r="M113" s="4">
-        <v>9502615.7218500003</v>
+        <v>71379397.555301994</v>
       </c>
       <c r="N113" s="4">
-        <v>9502615.7218500003</v>
+        <v>2265652.7440088899</v>
       </c>
       <c r="O113" s="3" t="s">
-        <v>602</v>
+        <v>584</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>603</v>
+        <v>589</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>34</v>
+        <v>158</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>604</v>
+        <v>590</v>
       </c>
       <c r="S113" s="3" t="s">
-        <v>605</v>
+        <v>591</v>
       </c>
       <c r="T113" s="4">
         <v>1</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>598</v>
+        <v>34</v>
       </c>
       <c r="X113" s="4">
         <v>0</v>
       </c>
       <c r="Y113" s="4">
         <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>2.0112000000000001E-2</v>
+        <v>4.1019999999999997E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>606</v>
+        <v>592</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>607</v>
+        <v>593</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>600</v>
+        <v>91</v>
       </c>
       <c r="D114" s="4">
-        <v>502041.86</v>
+        <v>2335</v>
       </c>
       <c r="E114" s="5">
-        <v>1</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="F114" s="4">
-        <v>502041.86</v>
+        <v>2.3349999999999998E-3</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>601</v>
+        <v>578</v>
       </c>
       <c r="H114" s="3" t="s">
-        <v>31</v>
+        <v>427</v>
       </c>
       <c r="I114" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J114" s="5">
-        <v>1</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K114" s="5">
         <v>1</v>
       </c>
       <c r="L114" s="3" t="s">
-        <v>33</v>
+        <v>429</v>
       </c>
       <c r="M114" s="4">
-        <v>502041.86</v>
+        <v>2.3349999999999998E-3</v>
       </c>
       <c r="N114" s="4">
-        <v>502041.86</v>
+        <v>2.3349999999999998E-3</v>
       </c>
       <c r="O114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P114" s="3" t="s">
-        <v>608</v>
+        <v>34</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>34</v>
+        <v>114</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>34</v>
+        <v>592</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>605</v>
+        <v>594</v>
       </c>
       <c r="T114" s="4">
         <v>1</v>
       </c>
       <c r="W114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X114" s="4">
         <v>0</v>
       </c>
       <c r="Y114" s="4">
         <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>1.062E-3</v>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A115" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D115" s="4">
+        <v>1661280</v>
+      </c>
+      <c r="E115" s="5">
+        <v>3.4235139999999999</v>
+      </c>
+      <c r="F115" s="4">
+        <v>5687415.0828048699</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J115" s="5">
+        <v>18.760000000000002</v>
+      </c>
+      <c r="K115" s="5">
+        <v>5.4797499129815712</v>
+      </c>
+      <c r="L115" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M115" s="4">
+        <v>31165612.305089999</v>
+      </c>
+      <c r="N115" s="4">
+        <v>5687415.0828048699</v>
+      </c>
+      <c r="O115" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="P115" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="Q115" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R115" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="S115" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="T115" s="4">
+        <v>1</v>
+      </c>
+      <c r="W115" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X115" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y115" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z115" s="6">
+        <v>1.0299000000000001E-2</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>609</v>
+        <v>600</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D116" s="4">
+        <v>40427</v>
+      </c>
+      <c r="E116" s="5">
+        <v>39.78</v>
+      </c>
+      <c r="F116" s="4">
+        <v>1608186.06</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I116" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J116" s="5">
+        <v>39.78</v>
+      </c>
+      <c r="K116" s="5">
+        <v>1</v>
+      </c>
+      <c r="L116" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M116" s="4">
+        <v>1608186.06</v>
+      </c>
+      <c r="N116" s="4">
+        <v>1608186.06</v>
+      </c>
+      <c r="O116" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="P116" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="Q116" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="R116" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="S116" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T116" s="4">
+        <v>1</v>
+      </c>
+      <c r="W116" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="X116" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y116" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z116" s="6">
+        <v>2.9120000000000001E-3</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D117" s="4">
+        <v>126292</v>
+      </c>
+      <c r="E117" s="5">
+        <v>23.69</v>
+      </c>
+      <c r="F117" s="4">
+        <v>2991857.48</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J117" s="5">
+        <v>23.69</v>
+      </c>
+      <c r="K117" s="5">
+        <v>1</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M117" s="4">
+        <v>2991857.48</v>
+      </c>
+      <c r="N117" s="4">
+        <v>2991857.48</v>
+      </c>
+      <c r="O117" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="P117" s="3" t="s">
         <v>610</v>
+      </c>
+      <c r="Q117" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="R117" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="S117" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="T117" s="4">
+        <v>1</v>
+      </c>
+      <c r="W117" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="X117" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y117" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z117" s="6">
+        <v>5.4169999999999999E-3</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>611</v>
+        <v>612</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="D118" s="4">
+        <v>-69231.91</v>
+      </c>
+      <c r="E118" s="5">
+        <v>1</v>
+      </c>
+      <c r="F118" s="4">
+        <v>-69231.91</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J118" s="5">
+        <v>1</v>
+      </c>
+      <c r="K118" s="5">
+        <v>1</v>
+      </c>
+      <c r="L118" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M118" s="4">
+        <v>-69231.91</v>
+      </c>
+      <c r="N118" s="4">
+        <v>-69231.91</v>
+      </c>
+      <c r="O118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P118" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="Q118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S118" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T118" s="4">
+        <v>1</v>
+      </c>
+      <c r="W118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X118" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y118" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z118" s="6">
+        <v>-1.25E-4</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
-        <v>612</v>
+        <v>616</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="D119" s="4">
+        <v>-649912.59</v>
+      </c>
+      <c r="E119" s="5">
+        <v>1</v>
+      </c>
+      <c r="F119" s="4">
+        <v>-649912.59</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J119" s="5">
+        <v>1</v>
+      </c>
+      <c r="K119" s="5">
+        <v>1</v>
+      </c>
+      <c r="L119" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M119" s="4">
+        <v>-649912.59</v>
+      </c>
+      <c r="N119" s="4">
+        <v>-649912.59</v>
+      </c>
+      <c r="O119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S119" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T119" s="4">
+        <v>1</v>
+      </c>
+      <c r="W119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X119" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y119" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z119" s="6">
+        <v>-1.176E-3</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>613</v>
+        <v>618</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="D120" s="4">
+        <v>4546930.1359999999</v>
+      </c>
+      <c r="E120" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F120" s="4">
+        <v>22780119.98136</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I120" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J120" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="K120" s="5">
+        <v>1</v>
+      </c>
+      <c r="L120" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M120" s="4">
+        <v>22780119.98136</v>
+      </c>
+      <c r="N120" s="4">
+        <v>22780119.98136</v>
+      </c>
+      <c r="O120" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="P120" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="Q120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R120" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="S120" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="T120" s="4">
+        <v>1</v>
+      </c>
+      <c r="W120" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="X120" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y120" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z120" s="6">
+        <v>4.1251999999999997E-2</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>614</v>
+        <v>626</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="D121" s="4">
+        <v>131959.67000000001</v>
+      </c>
+      <c r="E121" s="5">
+        <v>1</v>
+      </c>
+      <c r="F121" s="4">
+        <v>131959.67000000001</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="H121" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I121" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J121" s="5">
+        <v>1</v>
+      </c>
+      <c r="K121" s="5">
+        <v>1</v>
+      </c>
+      <c r="L121" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M121" s="4">
+        <v>131959.67000000001</v>
+      </c>
+      <c r="N121" s="4">
+        <v>131959.67000000001</v>
+      </c>
+      <c r="O121" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P121" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="Q121" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R121" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S121" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="T121" s="4">
+        <v>1</v>
+      </c>
+      <c r="W121" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X121" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y121" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z121" s="6">
+        <v>2.3800000000000001E-4</v>
+      </c>
+    </row>
+    <row r="123" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A123" s="3" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="124" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A124" s="3" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="125" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A125" s="3" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="126" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A126" s="3" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="127" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A127" s="3" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="128" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A128" s="3" t="s">
+        <v>634</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>September</vt:lpstr>
+      <vt:lpstr>December</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>