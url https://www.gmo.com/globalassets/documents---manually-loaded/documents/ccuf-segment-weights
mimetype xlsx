--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="14_{E19069D5-0531-4FAB-A134-7BFB6BF7EA1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DB1DAAAE-F1C1-45F7-91AB-AF004DEB9DB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -581,244 +581,244 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C9" sqref="C9:C10"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45900</v>
+        <v>45930</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="14" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="15">
-        <v>57.087189739668901</v>
+        <v>56.7291061521221</v>
       </c>
       <c r="C6" s="1"/>
     </row>
     <row r="7" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>17.0784649277204</v>
+        <v>15.624047656951699</v>
       </c>
       <c r="C7" s="1"/>
     </row>
     <row r="8" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="13">
-        <v>16.3820848067746</v>
+        <v>16.1026920074111</v>
       </c>
       <c r="C8" s="4"/>
     </row>
     <row r="9" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="13">
-        <v>6.2490611193105501</v>
+        <v>6.6150540358784298</v>
       </c>
       <c r="C9" s="1"/>
     </row>
     <row r="10" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="13">
-        <v>3.6969125524483899</v>
+        <v>4.2576657933522704</v>
       </c>
       <c r="C10" s="1"/>
     </row>
     <row r="11" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>13.680666333414999</v>
+        <v>14.1296466585285</v>
       </c>
       <c r="C11" s="1"/>
     </row>
     <row r="12" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="14" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="15">
-        <v>10.379632089143501</v>
+        <v>9.5710577038118494</v>
       </c>
       <c r="C12" s="1"/>
     </row>
     <row r="13" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="15">
-        <v>1.9065605401707799</v>
+        <v>2.4569112092354302</v>
       </c>
       <c r="C13" s="1"/>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="15">
-        <v>17.5704349656156</v>
+        <v>17.436560140211601</v>
       </c>
       <c r="C14" s="1"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.6500602596357403</v>
+        <v>5.4530236036772397</v>
       </c>
       <c r="C15" s="5"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>3.4496680571818201</v>
+        <v>3.3153579287947701</v>
       </c>
       <c r="C16" s="5"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.6438097478987799</v>
+        <v>2.8202103222646899</v>
       </c>
       <c r="C17" s="5"/>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.8268969008992704</v>
+        <v>5.84796828547492</v>
       </c>
       <c r="C18" s="5"/>
     </row>
     <row r="19" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>4.8841347081495403</v>
+        <v>4.91428020331014</v>
       </c>
       <c r="C19" s="4"/>
     </row>
     <row r="20" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.20542488468057</v>
+        <v>2.3660404261357102</v>
       </c>
       <c r="C20" s="4"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="15">
-        <v>5.5711250428060604</v>
+        <v>4.7414899597519602</v>
       </c>
       <c r="C21" s="5"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="15">
-        <v>0.39549802976502901</v>
+        <v>1.78455420542122</v>
       </c>
       <c r="C22" s="5"/>
     </row>
     <row r="23" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="16" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="17"/>
       <c r="C24" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>