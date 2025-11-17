--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (Latest)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DB1DAAAE-F1C1-45F7-91AB-AF004DEB9DB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9346091D-BB87-4860-B14C-10C95F695890}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" iterate="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Segment Exposures</t>
   </si>
   <si>
     <t>Segment</t>
   </si>
@@ -581,244 +581,244 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45930</v>
+        <v>45961</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="14" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="15">
-        <v>56.7291061521221</v>
+        <v>58.794825333314002</v>
       </c>
       <c r="C6" s="1"/>
     </row>
     <row r="7" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>15.624047656951699</v>
+        <v>15.1548809598295</v>
       </c>
       <c r="C7" s="1"/>
     </row>
     <row r="8" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="13">
-        <v>16.1026920074111</v>
+        <v>15.540740002556801</v>
       </c>
       <c r="C8" s="4"/>
     </row>
     <row r="9" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="13">
-        <v>6.6150540358784298</v>
+        <v>7.0126245898659203</v>
       </c>
       <c r="C9" s="1"/>
     </row>
     <row r="10" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="13">
-        <v>4.2576657933522704</v>
+        <v>4.24902764390459</v>
       </c>
       <c r="C10" s="1"/>
     </row>
     <row r="11" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>14.1296466585285</v>
+        <v>16.8375521371572</v>
       </c>
       <c r="C11" s="1"/>
     </row>
     <row r="12" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="14" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="15">
-        <v>9.5710577038118494</v>
+        <v>8.7769853662802504</v>
       </c>
       <c r="C12" s="1"/>
     </row>
     <row r="13" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="15">
-        <v>2.4569112092354302</v>
+        <v>3.11517171641044</v>
       </c>
       <c r="C13" s="1"/>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="15">
-        <v>17.436560140211601</v>
+        <v>16.049261748298399</v>
       </c>
       <c r="C14" s="1"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.4530236036772397</v>
+        <v>5.3134605533881203</v>
       </c>
       <c r="C15" s="5"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>3.3153579287947701</v>
+        <v>3.0143475576185601</v>
       </c>
       <c r="C16" s="5"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.8202103222646899</v>
+        <v>2.5843924100622901</v>
       </c>
       <c r="C17" s="5"/>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.84796828547492</v>
+        <v>5.1370612272294398</v>
       </c>
       <c r="C18" s="5"/>
     </row>
     <row r="19" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>4.91428020331014</v>
+        <v>4.4875189942748399</v>
       </c>
       <c r="C19" s="4"/>
     </row>
     <row r="20" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.3660404261357102</v>
+        <v>2.3207609969476199</v>
       </c>
       <c r="C20" s="4"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="15">
-        <v>4.7414899597519602</v>
+        <v>4.4167338601086801</v>
       </c>
       <c r="C21" s="5"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="15">
-        <v>1.78455420542122</v>
+        <v>2.0387419843657901</v>
       </c>
       <c r="C22" s="5"/>
     </row>
     <row r="23" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="16" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="17"/>
       <c r="C24" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>