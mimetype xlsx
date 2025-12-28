--- v2 (2025-11-17)
+++ v3 (2025-12-28)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (Latest)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9346091D-BB87-4860-B14C-10C95F695890}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AC06E890-C147-459A-9AA7-2CA8CB6A8633}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029" iterate="1"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Segment Exposures</t>
   </si>
   <si>
     <t>Segment</t>
   </si>
@@ -581,244 +581,244 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="A29" sqref="A29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45961</v>
+        <v>45991</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="14" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="15">
-        <v>58.794825333314002</v>
+        <v>57.724579372691302</v>
       </c>
       <c r="C6" s="1"/>
     </row>
     <row r="7" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>15.1548809598295</v>
+        <v>15.4233340403475</v>
       </c>
       <c r="C7" s="1"/>
     </row>
     <row r="8" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="13">
-        <v>15.540740002556801</v>
+        <v>14.7917247048284</v>
       </c>
       <c r="C8" s="4"/>
     </row>
     <row r="9" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="13">
-        <v>7.0126245898659203</v>
+        <v>6.9777396198764201</v>
       </c>
       <c r="C9" s="1"/>
     </row>
     <row r="10" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="13">
-        <v>4.24902764390459</v>
+        <v>3.9292568718694398</v>
       </c>
       <c r="C10" s="1"/>
     </row>
     <row r="11" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>16.8375521371572</v>
+        <v>16.602524135769599</v>
       </c>
       <c r="C11" s="1"/>
     </row>
     <row r="12" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="14" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="15">
-        <v>8.7769853662802504</v>
+        <v>8.6631521547891897</v>
       </c>
       <c r="C12" s="1"/>
     </row>
     <row r="13" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="15">
-        <v>3.11517171641044</v>
+        <v>3.8626064176359201</v>
       </c>
       <c r="C13" s="1"/>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="15">
-        <v>16.049261748298399</v>
+        <v>16.198832559894399</v>
       </c>
       <c r="C14" s="1"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.3134605533881203</v>
+        <v>5.4352941920865101</v>
       </c>
       <c r="C15" s="5"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>3.0143475576185601</v>
+        <v>2.97029743455214</v>
       </c>
       <c r="C16" s="5"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.5843924100622901</v>
+        <v>2.5773492052819398</v>
       </c>
       <c r="C17" s="5"/>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.1370612272294398</v>
+        <v>5.2158917279737897</v>
       </c>
       <c r="C18" s="5"/>
     </row>
     <row r="19" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>4.4875189942748399</v>
+        <v>4.9340791413894003</v>
       </c>
       <c r="C19" s="4"/>
     </row>
     <row r="20" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.3207609969476199</v>
+        <v>2.4123662103870598</v>
       </c>
       <c r="C20" s="4"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="15">
-        <v>4.4167338601086801</v>
+        <v>4.5989184606778801</v>
       </c>
       <c r="C21" s="5"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="15">
-        <v>2.0387419843657901</v>
+        <v>1.6054656825348399</v>
       </c>
       <c r="C22" s="5"/>
     </row>
     <row r="23" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="16" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="17"/>
       <c r="C24" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>