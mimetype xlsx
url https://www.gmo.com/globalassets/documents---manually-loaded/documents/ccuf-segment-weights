--- v3 (2025-12-28)
+++ v4 (2026-01-17)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AC06E890-C147-459A-9AA7-2CA8CB6A8633}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1CEB06C8-9037-4FB8-9987-CC9C47ABAA4D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -581,244 +581,244 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A29" sqref="A29"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45991</v>
+        <v>46022</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="14" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="15">
-        <v>57.724579372691302</v>
+        <v>55.1963565123542</v>
       </c>
       <c r="C6" s="1"/>
     </row>
     <row r="7" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>15.4233340403475</v>
+        <v>14.2897878278345</v>
       </c>
       <c r="C7" s="1"/>
     </row>
     <row r="8" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="13">
-        <v>14.7917247048284</v>
+        <v>14.0984725384698</v>
       </c>
       <c r="C8" s="4"/>
     </row>
     <row r="9" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="13">
-        <v>6.9777396198764201</v>
+        <v>7.3149500353886996</v>
       </c>
       <c r="C9" s="1"/>
     </row>
     <row r="10" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="13">
-        <v>3.9292568718694398</v>
+        <v>3.7165779684381701</v>
       </c>
       <c r="C10" s="1"/>
     </row>
     <row r="11" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>16.602524135769599</v>
+        <v>15.776568142223001</v>
       </c>
       <c r="C11" s="1"/>
     </row>
     <row r="12" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="14" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="15">
-        <v>8.6631521547891897</v>
+        <v>9.1024745521538293</v>
       </c>
       <c r="C12" s="1"/>
     </row>
     <row r="13" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="15">
-        <v>3.8626064176359201</v>
+        <v>4.3448822873708597</v>
       </c>
       <c r="C13" s="1"/>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="15">
-        <v>16.198832559894399</v>
+        <v>16.951786830124501</v>
       </c>
       <c r="C14" s="1"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.4352941920865101</v>
+        <v>5.7468274186964399</v>
       </c>
       <c r="C15" s="5"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>2.97029743455214</v>
+        <v>2.8891425160463902</v>
       </c>
       <c r="C16" s="5"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.5773492052819398</v>
+        <v>2.7216611437906399</v>
       </c>
       <c r="C17" s="5"/>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.2158917279737897</v>
+        <v>5.5941557515910798</v>
       </c>
       <c r="C18" s="5"/>
     </row>
     <row r="19" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>4.9340791413894003</v>
+        <v>5.1863413082148098</v>
       </c>
       <c r="C19" s="4"/>
     </row>
     <row r="20" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.4123662103870598</v>
+        <v>2.4648932907869501</v>
       </c>
       <c r="C20" s="4"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="15">
-        <v>4.5989184606778801</v>
+        <v>4.6701420413915704</v>
       </c>
       <c r="C21" s="5"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="15">
-        <v>1.6054656825348399</v>
+        <v>2.08312317760323</v>
       </c>
       <c r="C22" s="5"/>
     </row>
     <row r="23" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="16" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="17"/>
       <c r="C24" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>