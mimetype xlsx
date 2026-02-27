--- v4 (2026-01-17)
+++ v5 (2026-02-27)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1CEB06C8-9037-4FB8-9987-CC9C47ABAA4D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0D15B77-49DF-4D05-8BD3-BF224354C96F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -581,244 +581,244 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>46022</v>
+        <v>46053</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="14" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="15">
-        <v>55.1963565123542</v>
+        <v>56.284301288453797</v>
       </c>
       <c r="C6" s="1"/>
     </row>
     <row r="7" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>14.2897878278345</v>
+        <v>14.064277390670499</v>
       </c>
       <c r="C7" s="1"/>
     </row>
     <row r="8" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="13">
-        <v>14.0984725384698</v>
+        <v>14.781270367236401</v>
       </c>
       <c r="C8" s="4"/>
     </row>
     <row r="9" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="13">
-        <v>7.3149500353886996</v>
+        <v>7.9249521317693299</v>
       </c>
       <c r="C9" s="1"/>
     </row>
     <row r="10" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="13">
-        <v>3.7165779684381701</v>
+        <v>3.5635812477159599</v>
       </c>
       <c r="C10" s="1"/>
     </row>
     <row r="11" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>15.776568142223001</v>
+        <v>15.9502201510616</v>
       </c>
       <c r="C11" s="1"/>
     </row>
     <row r="12" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="14" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="15">
-        <v>9.1024745521538293</v>
+        <v>8.8476166953691209</v>
       </c>
       <c r="C12" s="1"/>
     </row>
     <row r="13" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="15">
-        <v>4.3448822873708597</v>
+        <v>4.41086976326332</v>
       </c>
       <c r="C13" s="1"/>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="15">
-        <v>16.951786830124501</v>
+        <v>16.424031702861399</v>
       </c>
       <c r="C14" s="1"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.7468274186964399</v>
+        <v>5.4105676776225504</v>
       </c>
       <c r="C15" s="5"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>2.8891425160463902</v>
+        <v>2.7593754945573701</v>
       </c>
       <c r="C16" s="5"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.7216611437906399</v>
+        <v>2.6512036401446899</v>
       </c>
       <c r="C17" s="5"/>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.5941557515910798</v>
+        <v>5.6028848905367798</v>
       </c>
       <c r="C18" s="5"/>
     </row>
     <row r="19" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>5.1863413082148098</v>
+        <v>4.8564750501095499</v>
       </c>
       <c r="C19" s="4"/>
     </row>
     <row r="20" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.4648932907869501</v>
+        <v>2.36183963662288</v>
       </c>
       <c r="C20" s="4"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="15">
-        <v>4.6701420413915704</v>
+        <v>4.5063423025100997</v>
       </c>
       <c r="C21" s="5"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="15">
-        <v>2.08312317760323</v>
+        <v>2.3085235608098702</v>
       </c>
       <c r="C22" s="5"/>
     </row>
     <row r="23" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="16" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="17"/>
       <c r="C24" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>