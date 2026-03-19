--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (Latest)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0D15B77-49DF-4D05-8BD3-BF224354C96F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3358908C-34D6-42F6-A0CB-55C665B8C428}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="41250" yWindow="3180" windowWidth="28800" windowHeight="15180" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -581,244 +582,244 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>46053</v>
+        <v>46081</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="14" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="15">
-        <v>56.284301288453797</v>
+        <v>55.2217692617848</v>
       </c>
       <c r="C6" s="1"/>
     </row>
     <row r="7" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>14.064277390670499</v>
+        <v>11.2633623034764</v>
       </c>
       <c r="C7" s="1"/>
     </row>
     <row r="8" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="13">
-        <v>14.781270367236401</v>
+        <v>15.422685092930299</v>
       </c>
       <c r="C8" s="4"/>
     </row>
     <row r="9" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="13">
-        <v>7.9249521317693299</v>
+        <v>7.19254557963027</v>
       </c>
       <c r="C9" s="1"/>
     </row>
     <row r="10" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="13">
-        <v>3.5635812477159599</v>
+        <v>3.8855473131352398</v>
       </c>
       <c r="C10" s="1"/>
     </row>
     <row r="11" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>15.9502201510616</v>
+        <v>17.4576289726126</v>
       </c>
       <c r="C11" s="1"/>
     </row>
     <row r="12" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="14" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="15">
-        <v>8.8476166953691209</v>
+        <v>8.58642926294395</v>
       </c>
       <c r="C12" s="1"/>
     </row>
     <row r="13" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="15">
-        <v>4.41086976326332</v>
+        <v>4.3444422835604897</v>
       </c>
       <c r="C13" s="1"/>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="15">
-        <v>16.424031702861399</v>
+        <v>17.118081491987098</v>
       </c>
       <c r="C14" s="1"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.4105676776225504</v>
+        <v>5.6380378941355902</v>
       </c>
       <c r="C15" s="5"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>2.7593754945573701</v>
+        <v>2.8199710305704602</v>
       </c>
       <c r="C16" s="5"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.6512036401446899</v>
+        <v>2.8359046095499201</v>
       </c>
       <c r="C17" s="5"/>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.6028848905367798</v>
+        <v>5.82416795773117</v>
       </c>
       <c r="C18" s="5"/>
     </row>
     <row r="19" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>4.8564750501095499</v>
+        <v>5.1459804734262198</v>
       </c>
       <c r="C19" s="4"/>
     </row>
     <row r="20" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.36183963662288</v>
+        <v>2.43277806978648</v>
       </c>
       <c r="C20" s="4"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="15">
-        <v>4.5063423025100997</v>
+        <v>4.7476650654729999</v>
       </c>
       <c r="C21" s="5"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="15">
-        <v>2.3085235608098702</v>
+        <v>2.4028540910378902</v>
       </c>
       <c r="C22" s="5"/>
     </row>
     <row r="23" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="16" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="17"/>
       <c r="C24" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>