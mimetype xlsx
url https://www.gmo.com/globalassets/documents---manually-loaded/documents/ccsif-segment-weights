--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0C4FD87-0A41-4265-8914-93634F8BE26C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F4A38D59-F9F9-4E4B-ABCE-E317E058AD08}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change Select" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -610,276 +610,276 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C12" sqref="C12"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45900</v>
+        <v>45930</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="14">
-        <v>55.650525134024001</v>
+        <v>56.690170811380703</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="12">
-        <v>17.305901828591399</v>
+        <v>16.157454800791701</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="12">
-        <v>15.0202286527367</v>
+        <v>15.7588456588237</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="17"/>
       <c r="E8" s="16"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="12">
-        <v>6.2198689909576199</v>
+        <v>6.7643462612708296</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="17"/>
       <c r="E9" s="16"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="12">
-        <v>3.6415197341678098</v>
+        <v>4.36201579505612</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="17"/>
       <c r="E10" s="16"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="12">
-        <v>13.463005927570499</v>
+        <v>13.647508295438399</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="17"/>
       <c r="E11" s="16"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="14">
-        <v>10.481805772588499</v>
+        <v>9.7445179009438707</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="15"/>
       <c r="E12" s="16"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="14">
-        <v>1.5082716184833</v>
+        <v>2.0627211425050298</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="15"/>
       <c r="E13" s="16"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="14">
-        <v>17.476350718391899</v>
+        <v>17.559878072391701</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="15"/>
       <c r="E14" s="16"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="12">
-        <v>5.7427436516052603</v>
+        <v>5.5409628724501596</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="17"/>
       <c r="E15" s="16"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="12">
-        <v>3.4073366026560801</v>
+        <v>3.2955698882706899</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="17"/>
       <c r="E16" s="16"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="12">
-        <v>2.6022767798508601</v>
+        <v>2.9046509337178898</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="17"/>
       <c r="E17" s="16"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="12">
-        <v>5.7239936842796997</v>
+        <v>5.8186943779529603</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="17"/>
       <c r="E18" s="16"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="10">
-        <v>4.8189551777182604</v>
+        <v>4.9354943341744404</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="15"/>
       <c r="E19" s="16"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="10">
-        <v>2.1816382878881502</v>
+        <v>2.3788980158742699</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="15"/>
       <c r="E20" s="16"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="14">
-        <v>5.5909140530102697</v>
+        <v>4.8401687065183596</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="15"/>
       <c r="E21" s="16"/>
     </row>
     <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="14">
-        <v>2.2915392378956598</v>
+        <v>1.7881510162116501</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="15"/>
       <c r="E22" s="16"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="5"/>
       <c r="B23" s="6"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="18" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="19"/>
       <c r="C24" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>