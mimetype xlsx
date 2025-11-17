--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F4A38D59-F9F9-4E4B-ABCE-E317E058AD08}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4778ECD4-A278-4B04-AE5B-3709111B7BFE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change Select" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -635,251 +635,251 @@
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45930</v>
+        <v>45961</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="14">
-        <v>56.690170811380703</v>
+        <v>59.977799236495599</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="12">
-        <v>16.157454800791701</v>
+        <v>15.7077551428787</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="12">
-        <v>15.7588456588237</v>
+        <v>15.709571778728201</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="17"/>
       <c r="E8" s="16"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="12">
-        <v>6.7643462612708296</v>
+        <v>7.21171697163863</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="17"/>
       <c r="E9" s="16"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="12">
-        <v>4.36201579505612</v>
+        <v>4.3906714787974899</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="17"/>
       <c r="E10" s="16"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="12">
-        <v>13.647508295438399</v>
+        <v>16.9580838644526</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="17"/>
       <c r="E11" s="16"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="14">
-        <v>9.7445179009438707</v>
+        <v>8.9086286127658294</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="15"/>
       <c r="E12" s="16"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="14">
-        <v>2.0627211425050298</v>
+        <v>2.5198382409004001</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="15"/>
       <c r="E13" s="16"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="14">
-        <v>17.559878072391701</v>
+        <v>16.481531732135299</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="15"/>
       <c r="E14" s="16"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="12">
-        <v>5.5409628724501596</v>
+        <v>5.4690975357404401</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="17"/>
       <c r="E15" s="16"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="12">
-        <v>3.2955698882706899</v>
+        <v>3.0093632614471599</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="17"/>
       <c r="E16" s="16"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="12">
-        <v>2.9046509337178898</v>
+        <v>2.6307041724154598</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="17"/>
       <c r="E17" s="16"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="12">
-        <v>5.8186943779529603</v>
+        <v>5.3723667625322902</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="17"/>
       <c r="E18" s="16"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="10">
-        <v>4.9354943341744404</v>
+        <v>4.55670917264389</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="15"/>
       <c r="E19" s="16"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="10">
-        <v>2.3788980158742699</v>
+        <v>2.4172656009464801</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="15"/>
       <c r="E20" s="16"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="14">
-        <v>4.8401687065183596</v>
+        <v>4.5101327010990104</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="15"/>
       <c r="E21" s="16"/>
     </row>
     <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="14">
-        <v>1.7881510162116501</v>
+        <v>0.62809470301341397</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="15"/>
       <c r="E22" s="16"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="5"/>
       <c r="B23" s="6"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="18" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="19"/>
       <c r="C24" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>