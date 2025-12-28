--- v2 (2025-11-17)
+++ v3 (2025-12-28)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4778ECD4-A278-4B04-AE5B-3709111B7BFE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7B41BE7D-CEAE-4F4A-8DA0-3FB12894826B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change Select" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -635,251 +635,251 @@
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45961</v>
+        <v>45991</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="14">
-        <v>59.977799236495599</v>
+        <v>58.402772582149701</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="12">
-        <v>15.7077551428787</v>
+        <v>15.890070575698999</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="12">
-        <v>15.709571778728201</v>
+        <v>14.7018019856399</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="17"/>
       <c r="E8" s="16"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="12">
-        <v>7.21171697163863</v>
+        <v>7.1325637000363002</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="17"/>
       <c r="E9" s="16"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="12">
-        <v>4.3906714787974899</v>
+        <v>4.0590780250439504</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="17"/>
       <c r="E10" s="16"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="12">
-        <v>16.9580838644526</v>
+        <v>16.6192582957305</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="17"/>
       <c r="E11" s="16"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="14">
-        <v>8.9086286127658294</v>
+        <v>8.8545296471324502</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="15"/>
       <c r="E12" s="16"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="14">
-        <v>2.5198382409004001</v>
+        <v>3.1091322412391298</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="15"/>
       <c r="E13" s="16"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="14">
-        <v>16.481531732135299</v>
+        <v>16.573122667830798</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="15"/>
       <c r="E14" s="16"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="12">
-        <v>5.4690975357404401</v>
+        <v>5.5491502262555201</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="17"/>
       <c r="E15" s="16"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="12">
-        <v>3.0093632614471599</v>
+        <v>2.9848114778183201</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="17"/>
       <c r="E16" s="16"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="12">
-        <v>2.6307041724154598</v>
+        <v>2.6327771400561701</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="17"/>
       <c r="E17" s="16"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="12">
-        <v>5.3723667625322902</v>
+        <v>5.4063838237008204</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="17"/>
       <c r="E18" s="16"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="10">
-        <v>4.55670917264389</v>
+        <v>5.07311832835898</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="15"/>
       <c r="E19" s="16"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="10">
-        <v>2.4172656009464801</v>
+        <v>2.4778373301834198</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="15"/>
       <c r="E20" s="16"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="14">
-        <v>4.5101327010990104</v>
+        <v>4.7282474818243996</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="15"/>
       <c r="E21" s="16"/>
     </row>
     <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="14">
-        <v>0.62809470301341397</v>
+        <v>0.78123972128108299</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="15"/>
       <c r="E22" s="16"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="5"/>
       <c r="B23" s="6"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="18" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="19"/>
       <c r="C24" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>