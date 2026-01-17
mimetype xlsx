--- v3 (2025-12-28)
+++ v4 (2026-01-17)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7B41BE7D-CEAE-4F4A-8DA0-3FB12894826B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{09C759C9-426A-4FB2-8EDC-50ADC6F63D9E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="25180" windowHeight="16140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change Select" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -613,284 +613,284 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="35.7109375" customWidth="1"/>
-    <col min="2" max="2" width="11.7109375" customWidth="1"/>
+    <col min="1" max="1" width="35.7265625" customWidth="1"/>
+    <col min="2" max="2" width="11.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
-    <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
-    <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A3" s="3">
-        <v>45991</v>
+        <v>46022</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
-    <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
-    <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="4"/>
     </row>
-    <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A6" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="14">
-        <v>58.402772582149701</v>
+        <v>56.669655430252902</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
     </row>
-    <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="12">
-        <v>15.890070575698999</v>
+        <v>15.0379600698588</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
     </row>
-    <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="12">
-        <v>14.7018019856399</v>
+        <v>14.1262280163923</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="17"/>
       <c r="E8" s="16"/>
     </row>
-    <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="12">
-        <v>7.1325637000363002</v>
+        <v>7.5089448201258602</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="17"/>
       <c r="E9" s="16"/>
     </row>
-    <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A10" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="12">
-        <v>4.0590780250439504</v>
+        <v>3.8213525195259299</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="17"/>
       <c r="E10" s="16"/>
     </row>
-    <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A11" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="12">
-        <v>16.6192582957305</v>
+        <v>16.175170004350001</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="17"/>
       <c r="E11" s="16"/>
     </row>
-    <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A12" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="14">
-        <v>8.8545296471324502</v>
+        <v>9.2559647487793999</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="15"/>
       <c r="E12" s="16"/>
     </row>
-    <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A13" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="14">
-        <v>3.1091322412391298</v>
+        <v>3.60528382123085</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="15"/>
       <c r="E13" s="16"/>
     </row>
-    <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A14" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="14">
-        <v>16.573122667830798</v>
+        <v>17.281733782008601</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="15"/>
       <c r="E14" s="16"/>
     </row>
-    <row r="15" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A15" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="12">
-        <v>5.5491502262555201</v>
+        <v>5.8503194368244698</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="17"/>
       <c r="E15" s="16"/>
     </row>
-    <row r="16" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A16" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="12">
-        <v>2.9848114778183201</v>
+        <v>2.9196691777598098</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="17"/>
       <c r="E16" s="16"/>
     </row>
-    <row r="17" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="12">
-        <v>2.6327771400561701</v>
+        <v>2.7980266911076201</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="17"/>
       <c r="E17" s="16"/>
     </row>
-    <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="12">
-        <v>5.4063838237008204</v>
+        <v>5.7137184763166697</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="17"/>
       <c r="E18" s="16"/>
     </row>
-    <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="10">
-        <v>5.07311832835898</v>
+        <v>5.3085463198667897</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="15"/>
       <c r="E19" s="16"/>
     </row>
-    <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A20" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="10">
-        <v>2.4778373301834198</v>
+        <v>2.5629666571955498</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="15"/>
       <c r="E20" s="16"/>
     </row>
-    <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="14">
-        <v>4.7282474818243996</v>
+        <v>4.7146255813667999</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="15"/>
       <c r="E21" s="16"/>
     </row>
-    <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A22" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="14">
-        <v>0.78123972128108299</v>
+        <v>0.60122365929916899</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="15"/>
       <c r="E22" s="16"/>
     </row>
-    <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A23" s="5"/>
       <c r="B23" s="6"/>
       <c r="C23" s="4"/>
     </row>
-    <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="18" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="19"/>
       <c r="C24" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ce0b8393-e000-47a8-a4cc-e08ec89756a7}" enabled="1" method="Standard" siteId="{337b9f7b-9e69-4689-9b0d-3417bd3d8566}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>