--- v4 (2026-01-17)
+++ v5 (2026-02-27)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{09C759C9-426A-4FB2-8EDC-50ADC6F63D9E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ECE4BFCD-C205-4977-97E9-372E5653BC2D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="25180" windowHeight="16140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change Select" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -613,284 +613,284 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="35.7265625" customWidth="1"/>
-    <col min="2" max="2" width="11.7265625" customWidth="1"/>
+    <col min="1" max="1" width="35.7109375" customWidth="1"/>
+    <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
-    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
-    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>46022</v>
+        <v>46053</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
-    <row r="4" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
-    <row r="5" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="4"/>
     </row>
-    <row r="6" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="14">
-        <v>56.669655430252902</v>
+        <v>57.984801327705803</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
     </row>
-    <row r="7" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="12">
-        <v>15.0379600698588</v>
+        <v>14.828635165857399</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
     </row>
-    <row r="8" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="12">
-        <v>14.1262280163923</v>
+        <v>14.9069239746657</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="17"/>
       <c r="E8" s="16"/>
     </row>
-    <row r="9" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="12">
-        <v>7.5089448201258602</v>
+        <v>8.0921807369636092</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="17"/>
       <c r="E9" s="16"/>
     </row>
-    <row r="10" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="12">
-        <v>3.8213525195259299</v>
+        <v>3.6241103915744701</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="17"/>
       <c r="E10" s="16"/>
     </row>
-    <row r="11" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="12">
-        <v>16.175170004350001</v>
+        <v>16.532951058644599</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="17"/>
       <c r="E11" s="16"/>
     </row>
-    <row r="12" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="14">
-        <v>9.2559647487793999</v>
+        <v>9.0110570130998298</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="15"/>
       <c r="E12" s="16"/>
     </row>
-    <row r="13" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="14">
-        <v>3.60528382123085</v>
+        <v>3.5162557931165601</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="15"/>
       <c r="E13" s="16"/>
     </row>
-    <row r="14" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="14">
-        <v>17.281733782008601</v>
+        <v>16.7693912246087</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="15"/>
       <c r="E14" s="16"/>
     </row>
-    <row r="15" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="12">
-        <v>5.8503194368244698</v>
+        <v>5.5148369506480401</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="17"/>
       <c r="E15" s="16"/>
     </row>
-    <row r="16" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="12">
-        <v>2.9196691777598098</v>
+        <v>2.8094527217270802</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="17"/>
       <c r="E16" s="16"/>
     </row>
-    <row r="17" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="12">
-        <v>2.7980266911076201</v>
+        <v>2.7121374824306699</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="17"/>
       <c r="E17" s="16"/>
     </row>
-    <row r="18" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="12">
-        <v>5.7137184763166697</v>
+        <v>5.7329640698028896</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="17"/>
       <c r="E18" s="16"/>
     </row>
-    <row r="19" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="10">
-        <v>5.3085463198667897</v>
+        <v>4.9764536905701897</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="15"/>
       <c r="E19" s="16"/>
     </row>
-    <row r="20" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="10">
-        <v>2.5629666571955498</v>
+        <v>2.43936324777727</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="15"/>
       <c r="E20" s="16"/>
     </row>
-    <row r="21" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="14">
-        <v>4.7146255813667999</v>
+        <v>4.5657717365531401</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="15"/>
       <c r="E21" s="16"/>
     </row>
-    <row r="22" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="14">
-        <v>0.60122365929916899</v>
+        <v>0.73690596656852003</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="15"/>
       <c r="E22" s="16"/>
     </row>
-    <row r="23" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="5"/>
       <c r="B23" s="6"/>
       <c r="C23" s="4"/>
     </row>
-    <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="18" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="19"/>
       <c r="C24" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ce0b8393-e000-47a8-a4cc-e08ec89756a7}" enabled="1" method="Standard" siteId="{337b9f7b-9e69-4689-9b0d-3417bd3d8566}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>