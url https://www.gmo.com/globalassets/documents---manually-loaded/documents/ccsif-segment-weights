--- v5 (2026-02-27)
+++ v6 (2026-03-20)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (Latest)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ECE4BFCD-C205-4977-97E9-372E5653BC2D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{688CB339-1464-4AE1-94F6-19CC1AD7BC0D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change Select" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -635,251 +636,251 @@
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>46053</v>
+        <v>46081</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="14">
-        <v>57.984801327705803</v>
+        <v>56.540352329035301</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="12">
-        <v>14.828635165857399</v>
+        <v>11.697353870520301</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="12">
-        <v>14.9069239746657</v>
+        <v>15.425269617387899</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="17"/>
       <c r="E8" s="16"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="12">
-        <v>8.0921807369636092</v>
+        <v>7.3895405062404897</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="17"/>
       <c r="E9" s="16"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="12">
-        <v>3.6241103915744701</v>
+        <v>4.0872538553502498</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="17"/>
       <c r="E10" s="16"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="12">
-        <v>16.532951058644599</v>
+        <v>17.940934479536299</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="17"/>
       <c r="E11" s="16"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="14">
-        <v>9.0110570130998298</v>
+        <v>8.7930670942377596</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="15"/>
       <c r="E12" s="16"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="14">
-        <v>3.5162557931165601</v>
+        <v>3.3162989472415898</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="15"/>
       <c r="E13" s="16"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="14">
-        <v>16.7693912246087</v>
+        <v>17.499539299865098</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="15"/>
       <c r="E14" s="16"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="12">
-        <v>5.5148369506480401</v>
+        <v>5.7300519997722104</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="17"/>
       <c r="E15" s="16"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="12">
-        <v>2.8094527217270802</v>
+        <v>2.9317732032169301</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="17"/>
       <c r="E16" s="16"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="12">
-        <v>2.7121374824306699</v>
+        <v>2.9185470611972599</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="17"/>
       <c r="E17" s="16"/>
     </row>
     <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="12">
-        <v>5.7329640698028896</v>
+        <v>5.9191670356786501</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="17"/>
       <c r="E18" s="16"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="10">
-        <v>4.9764536905701897</v>
+        <v>5.3166770457220904</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="15"/>
       <c r="E19" s="16"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="10">
-        <v>2.43936324777727</v>
+        <v>2.2394700364190498</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="15"/>
       <c r="E20" s="16"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="14">
-        <v>4.5657717365531401</v>
+        <v>4.8437680465106103</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="15"/>
       <c r="E21" s="16"/>
     </row>
     <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="14">
-        <v>0.73690596656852003</v>
+        <v>1.4508272009685499</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="15"/>
       <c r="E22" s="16"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="5"/>
       <c r="B23" s="6"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="18" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="19"/>
       <c r="C24" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>