--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D5BC4DC5-5394-435C-962D-3A47C6FAC2AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{67539107-E20F-4639-BAF2-D4B51C474CAD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -634,251 +634,251 @@
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45900</v>
+        <v>45930</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="11">
-        <v>56.222514136540603</v>
+        <v>56.455371603943</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>16.861213996904201</v>
+        <v>15.5986479166201</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="16"/>
       <c r="E7" s="15"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="13">
-        <v>16.331432904444199</v>
+        <v>16.250476624419601</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="16"/>
       <c r="E8" s="15"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="13">
-        <v>6.1120378746493502</v>
+        <v>6.5640296892781604</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="16"/>
       <c r="E9" s="15"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="13">
-        <v>3.5948217207919799</v>
+        <v>4.1802651831925797</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="16"/>
       <c r="E10" s="15"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>13.3230076397508</v>
+        <v>13.8619521904326</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="16"/>
       <c r="E11" s="15"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="11">
-        <v>10.163888178569</v>
+        <v>9.6195985861338293</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="14"/>
       <c r="E12" s="15"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="11">
-        <v>1.9161735721897699</v>
+        <v>2.4174847199328302</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="14"/>
       <c r="E13" s="15"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="11">
-        <v>17.368490277792599</v>
+        <v>17.613873441691801</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="14"/>
       <c r="E14" s="15"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.4154128358845499</v>
+        <v>5.4910921804130401</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="16"/>
       <c r="E15" s="15"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>3.43324361753514</v>
+        <v>3.31552970870051</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="16"/>
       <c r="E16" s="15"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.6740608518073898</v>
+        <v>2.8746455948805099</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="16"/>
       <c r="E17" s="15"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.8457729725655101</v>
+        <v>5.9326059576977297</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="16"/>
       <c r="E18" s="15"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>5.1749983619338504</v>
+        <v>5.2075555308298203</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="14"/>
       <c r="E19" s="15"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.22549183827278</v>
+        <v>2.3873755671761199</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="14"/>
       <c r="E20" s="15"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="11">
-        <v>5.4867915815714596</v>
+        <v>4.76868026935621</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="14"/>
       <c r="E21" s="15"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="11">
-        <v>1.4416520531299399</v>
+        <v>1.5300602809363899</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="14"/>
       <c r="E22" s="15"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="18"/>
       <c r="C24" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>