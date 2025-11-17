--- v1 (2025-10-26)
+++ v2 (2025-11-17)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{67539107-E20F-4639-BAF2-D4B51C474CAD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9A405F7F-96F8-4800-8830-B142A0527D7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -609,276 +609,276 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45930</v>
+        <v>45961</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="11">
-        <v>56.455371603943</v>
+        <v>58.2297073331398</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>15.5986479166201</v>
+        <v>15.283225171446601</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="16"/>
       <c r="E7" s="15"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="13">
-        <v>16.250476624419601</v>
+        <v>15.2619320888884</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="16"/>
       <c r="E8" s="15"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="13">
-        <v>6.5640296892781604</v>
+        <v>7.0411540966615398</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="16"/>
       <c r="E9" s="15"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="13">
-        <v>4.1802651831925797</v>
+        <v>4.26816771648003</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="16"/>
       <c r="E10" s="15"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>13.8619521904326</v>
+        <v>16.375228259663199</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="16"/>
       <c r="E11" s="15"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="11">
-        <v>9.6195985861338293</v>
+        <v>8.8600982805215303</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="14"/>
       <c r="E12" s="15"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="11">
-        <v>2.4174847199328302</v>
+        <v>3.0571274272332798</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="14"/>
       <c r="E13" s="15"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="11">
-        <v>17.613873441691801</v>
+        <v>16.368701661275502</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="14"/>
       <c r="E14" s="15"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.4910921804130401</v>
+        <v>5.4158749920303499</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="16"/>
       <c r="E15" s="15"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>3.31552970870051</v>
+        <v>3.0480900917432998</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="16"/>
       <c r="E16" s="15"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.8746455948805099</v>
+        <v>2.6437048255778701</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="16"/>
       <c r="E17" s="15"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.9326059576977297</v>
+        <v>5.2610317519239898</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="16"/>
       <c r="E18" s="15"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>5.2075555308298203</v>
+        <v>4.8150010408556199</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="14"/>
       <c r="E19" s="15"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.3873755671761199</v>
+        <v>2.2247580515873802</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="14"/>
       <c r="E20" s="15"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="11">
-        <v>4.76868026935621</v>
+        <v>4.4971945107660698</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="14"/>
       <c r="E21" s="15"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="11">
-        <v>1.5300602809363899</v>
+        <v>1.9474116764952101</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="14"/>
       <c r="E22" s="15"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="18"/>
       <c r="C24" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>