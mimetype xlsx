--- v2 (2025-11-17)
+++ v3 (2025-12-28)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9A405F7F-96F8-4800-8830-B142A0527D7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9FC14E6E-CCFB-4E8D-8969-A43364311B00}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -609,276 +609,276 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D16" sqref="D16"/>
+      <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45961</v>
+        <v>45991</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="11">
-        <v>58.2297073331398</v>
+        <v>57.277676597539497</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>15.283225171446601</v>
+        <v>15.4403345873659</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="16"/>
       <c r="E7" s="15"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="13">
-        <v>15.2619320888884</v>
+        <v>14.8848915355121</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="16"/>
       <c r="E8" s="15"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="13">
-        <v>7.0411540966615398</v>
+        <v>6.9306257675946004</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="16"/>
       <c r="E9" s="15"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="13">
-        <v>4.26816771648003</v>
+        <v>3.9519363180933702</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="16"/>
       <c r="E10" s="15"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>16.375228259663199</v>
+        <v>16.069888388973499</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="16"/>
       <c r="E11" s="15"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="11">
-        <v>8.8600982805215303</v>
+        <v>8.5945317170190592</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="14"/>
       <c r="E12" s="15"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="11">
-        <v>3.0571274272332798</v>
+        <v>3.8494956895468699</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="14"/>
       <c r="E13" s="15"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="11">
-        <v>16.368701661275502</v>
+        <v>16.2307297871256</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="14"/>
       <c r="E14" s="15"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.4158749920303499</v>
+        <v>5.3452572312046804</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="16"/>
       <c r="E15" s="15"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>3.0480900917432998</v>
+        <v>3.0266829400438802</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="16"/>
       <c r="E16" s="15"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.6437048255778701</v>
+        <v>2.5629383473544198</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="16"/>
       <c r="E17" s="15"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.2610317519239898</v>
+        <v>5.2958512685225703</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="16"/>
       <c r="E18" s="15"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>4.8150010408556199</v>
+        <v>5.2611204823620303</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="14"/>
       <c r="E19" s="15"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.2247580515873802</v>
+        <v>2.3903105354740801</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="14"/>
       <c r="E20" s="15"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="11">
-        <v>4.4971945107660698</v>
+        <v>4.6755142987773004</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="14"/>
       <c r="E21" s="15"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="11">
-        <v>1.9474116764952101</v>
+        <v>1.7206208921556101</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="14"/>
       <c r="E22" s="15"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="18"/>
       <c r="C24" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>