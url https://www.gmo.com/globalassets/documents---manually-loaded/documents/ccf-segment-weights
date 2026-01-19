--- v3 (2025-12-28)
+++ v4 (2026-01-19)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9FC14E6E-CCFB-4E8D-8969-A43364311B00}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3E5591D-574B-4C68-8A25-74AB10652408}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="25180" windowHeight="16140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -609,287 +609,287 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C4" sqref="C4"/>
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="35.7109375" customWidth="1"/>
-    <col min="2" max="2" width="11.7109375" customWidth="1"/>
+    <col min="1" max="1" width="35.7265625" customWidth="1"/>
+    <col min="2" max="2" width="11.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
-    <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
-    <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A3" s="3">
-        <v>45991</v>
+        <v>46022</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
-    <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
-    <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="4"/>
     </row>
-    <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A6" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="11">
-        <v>57.277676597539497</v>
+        <v>54.746100297967097</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15"/>
     </row>
-    <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>15.4403345873659</v>
+        <v>14.9208823273991</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="16"/>
       <c r="E7" s="15"/>
     </row>
-    <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A8" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="13">
-        <v>14.8848915355121</v>
+        <v>13.6149379892887</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="16"/>
       <c r="E8" s="15"/>
     </row>
-    <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A9" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="13">
-        <v>6.9306257675946004</v>
+        <v>7.1714575881202904</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="16"/>
       <c r="E9" s="15"/>
     </row>
-    <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A10" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="13">
-        <v>3.9519363180933702</v>
+        <v>3.5450371993543199</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="16"/>
       <c r="E10" s="15"/>
     </row>
-    <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>16.069888388973499</v>
+        <v>15.493785193804699</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="16"/>
       <c r="E11" s="15"/>
     </row>
-    <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A12" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="11">
-        <v>8.5945317170190592</v>
+        <v>9.0038761455530594</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="14"/>
       <c r="E12" s="15"/>
     </row>
-    <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A13" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="11">
-        <v>3.8494956895468699</v>
+        <v>4.3997538642196004</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="14"/>
       <c r="E13" s="15"/>
     </row>
-    <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A14" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="11">
-        <v>16.2307297871256</v>
+        <v>16.7228484605658</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="14"/>
       <c r="E14" s="15"/>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.3452572312046804</v>
+        <v>5.7124725677028296</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="16"/>
       <c r="E15" s="15"/>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>3.0266829400438802</v>
+        <v>2.85709964302945</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="16"/>
       <c r="E16" s="15"/>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.5629383473544198</v>
+        <v>2.6922932697395501</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="16"/>
       <c r="E17" s="15"/>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.2958512685225703</v>
+        <v>5.46098298009393</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="16"/>
       <c r="E18" s="15"/>
     </row>
-    <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>5.2611204823620303</v>
+        <v>5.3571801494167701</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="14"/>
       <c r="E19" s="15"/>
     </row>
-    <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.3903105354740801</v>
+        <v>2.4010766960478702</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="14"/>
       <c r="E20" s="15"/>
     </row>
-    <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A21" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="11">
-        <v>4.6755142987773004</v>
+        <v>4.66045883391772</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="14"/>
       <c r="E21" s="15"/>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A22" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="11">
-        <v>1.7206208921556101</v>
+        <v>2.7087055523121601</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="14"/>
       <c r="E22" s="15"/>
     </row>
-    <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
-    <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="18"/>
       <c r="C24" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ce0b8393-e000-47a8-a4cc-e08ec89756a7}" enabled="1" method="Standard" siteId="{337b9f7b-9e69-4689-9b0d-3417bd3d8566}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>