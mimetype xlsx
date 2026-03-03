--- v4 (2026-01-19)
+++ v5 (2026-03-03)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3E5591D-574B-4C68-8A25-74AB10652408}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{15BC2BFB-FEAB-4E7A-9CFF-452D1E560987}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="25180" windowHeight="16140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -609,287 +609,287 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="35.7265625" customWidth="1"/>
-    <col min="2" max="2" width="11.7265625" customWidth="1"/>
+    <col min="1" max="1" width="35.7109375" customWidth="1"/>
+    <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
-    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
-    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>46022</v>
+        <v>46053</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
-    <row r="4" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
-    <row r="5" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="4"/>
     </row>
-    <row r="6" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="11">
-        <v>54.746100297967097</v>
+        <v>56.839390034175402</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15"/>
     </row>
-    <row r="7" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>14.9208823273991</v>
+        <v>14.939994273699901</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="16"/>
       <c r="E7" s="15"/>
     </row>
-    <row r="8" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="13">
-        <v>13.6149379892887</v>
+        <v>14.564038577679099</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="16"/>
       <c r="E8" s="15"/>
     </row>
-    <row r="9" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="13">
-        <v>7.1714575881202904</v>
+        <v>7.9169526512927302</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="16"/>
       <c r="E9" s="15"/>
     </row>
-    <row r="10" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="13">
-        <v>3.5450371993543199</v>
+        <v>3.4573787254697499</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="16"/>
       <c r="E10" s="15"/>
     </row>
-    <row r="11" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>15.493785193804699</v>
+        <v>15.9610258060339</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="16"/>
       <c r="E11" s="15"/>
     </row>
-    <row r="12" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="11">
-        <v>9.0038761455530594</v>
+        <v>8.9032693749326999</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="14"/>
       <c r="E12" s="15"/>
     </row>
-    <row r="13" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="11">
-        <v>4.3997538642196004</v>
+        <v>4.54340763003768</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="14"/>
       <c r="E13" s="15"/>
     </row>
-    <row r="14" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="11">
-        <v>16.7228484605658</v>
+        <v>16.4784309476563</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="14"/>
       <c r="E14" s="15"/>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.7124725677028296</v>
+        <v>5.4720506487096898</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="16"/>
       <c r="E15" s="15"/>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>2.85709964302945</v>
+        <v>2.7788640655989298</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="16"/>
       <c r="E16" s="15"/>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.6922932697395501</v>
+        <v>2.6678779420067098</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="16"/>
       <c r="E17" s="15"/>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.46098298009393</v>
+        <v>5.5596382913409998</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="16"/>
       <c r="E18" s="15"/>
     </row>
-    <row r="19" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>5.3571801494167701</v>
+        <v>5.1175743278011403</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="14"/>
       <c r="E19" s="15"/>
     </row>
-    <row r="20" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.4010766960478702</v>
+        <v>2.3394109991101502</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="14"/>
       <c r="E20" s="15"/>
     </row>
-    <row r="21" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="11">
-        <v>4.66045883391772</v>
+        <v>4.5751385315993298</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="14"/>
       <c r="E21" s="15"/>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="11">
-        <v>2.7087055523121601</v>
+        <v>1.20337815468725</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="14"/>
       <c r="E22" s="15"/>
     </row>
-    <row r="23" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
-    <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="18"/>
       <c r="C24" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ce0b8393-e000-47a8-a4cc-e08ec89756a7}" enabled="1" method="Standard" siteId="{337b9f7b-9e69-4689-9b0d-3417bd3d8566}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>