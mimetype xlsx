--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (Latest)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{15BC2BFB-FEAB-4E7A-9CFF-452D1E560987}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4AEEF8FE-7D49-48BD-8F07-8CBB942CD825}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -609,276 +610,276 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>46053</v>
+        <v>46081</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="11">
-        <v>56.839390034175402</v>
+        <v>54.844601322658498</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>14.939994273699901</v>
+        <v>11.7430748317403</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="16"/>
       <c r="E7" s="15"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="13">
-        <v>14.564038577679099</v>
+        <v>15.0749229607703</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="16"/>
       <c r="E8" s="15"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="13">
-        <v>7.9169526512927302</v>
+        <v>7.1157827652099401</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="16"/>
       <c r="E9" s="15"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="13">
-        <v>3.4573787254697499</v>
+        <v>3.7245190356097799</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="16"/>
       <c r="E10" s="15"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>15.9610258060339</v>
+        <v>17.1863017293282</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="16"/>
       <c r="E11" s="15"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="11">
-        <v>8.9032693749326999</v>
+        <v>8.5220065574158799</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="14"/>
       <c r="E12" s="15"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="11">
-        <v>4.54340763003768</v>
+        <v>4.4197108302194303</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="14"/>
       <c r="E13" s="15"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="11">
-        <v>16.4784309476563</v>
+        <v>16.960771623224101</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="14"/>
       <c r="E14" s="15"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.4720506487096898</v>
+        <v>5.6367125554395496</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="16"/>
       <c r="E15" s="15"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>2.7788640655989298</v>
+        <v>2.8062159815776799</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="16"/>
       <c r="E16" s="15"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.6678779420067098</v>
+        <v>2.8156341767050601</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="16"/>
       <c r="E17" s="15"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.5596382913409998</v>
+        <v>5.7022089095018602</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="16"/>
       <c r="E18" s="15"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>5.1175743278011403</v>
+        <v>5.3213233255429797</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="14"/>
       <c r="E19" s="15"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.3394109991101502</v>
+        <v>2.3819900259866098</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="14"/>
       <c r="E20" s="15"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="11">
-        <v>4.5751385315993298</v>
+        <v>4.7688381962314299</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="14"/>
       <c r="E21" s="15"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="11">
-        <v>1.20337815468725</v>
+        <v>2.7807581187210699</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="14"/>
       <c r="E22" s="15"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="18"/>
       <c r="C24" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>