--- v0 (2025-10-06)
+++ v1 (2025-12-16)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{051CED6E-3019-42D4-BA50-458CBA63CF07}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AEC9A049-090E-4FF3-9CE8-FBA422F2EBD9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="41340" yWindow="795" windowWidth="28800" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -612,276 +612,276 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="G19" sqref="G19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>45900</v>
+        <v>45991</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="14" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="15">
-        <v>55.173093269817201</v>
+        <v>57.216841206439199</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="16"/>
       <c r="E6" s="17"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>17.602330602966799</v>
+        <v>15.6166547609938</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="18"/>
       <c r="E7" s="17"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="13">
-        <v>14.6403534475903</v>
+        <v>14.5855986637123</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="18"/>
       <c r="E8" s="17"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="13">
-        <v>6.275195249117</v>
+        <v>7.0107605564720403</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="18"/>
       <c r="E9" s="17"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="13">
-        <v>3.7691322057490599</v>
+        <v>4.1097281301599597</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="18"/>
       <c r="E10" s="17"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>12.886081764394101</v>
+        <v>15.894099095101099</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="18"/>
       <c r="E11" s="17"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="14" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="15">
-        <v>10.552557072402699</v>
+        <v>8.82014214171814</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="16"/>
       <c r="E12" s="17"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="15">
-        <v>1.9416484192409</v>
+        <v>3.9783586004260201</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="16"/>
       <c r="E13" s="17"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="15">
-        <v>17.906782090623899</v>
+        <v>16.604316539294</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="16"/>
       <c r="E14" s="17"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.7616209137565804</v>
+        <v>5.4594153478302001</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="18"/>
       <c r="E15" s="17"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>3.5244842161304102</v>
+        <v>3.08973820183874</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="18"/>
       <c r="E16" s="17"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.7549840323147601</v>
+        <v>2.6728911039665699</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="18"/>
       <c r="E17" s="17"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.8656929284221899</v>
+        <v>5.3822718856584801</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="18"/>
       <c r="E18" s="17"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>5.0831970298066098</v>
+        <v>5.2171537135645396</v>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="16"/>
       <c r="E19" s="17"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.22126100219602</v>
+        <v>2.4513079156987398</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="16"/>
       <c r="E20" s="17"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="15">
-        <v>5.56223416127182</v>
+        <v>4.7020275194458403</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="16"/>
       <c r="E21" s="17"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="15">
-        <v>1.55922695464081</v>
+        <v>1.0098523634135499</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="16"/>
       <c r="E22" s="17"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="19" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="20"/>
       <c r="C24" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>