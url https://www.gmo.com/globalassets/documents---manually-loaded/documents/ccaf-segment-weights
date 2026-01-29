--- v1 (2025-12-16)
+++ v2 (2026-01-29)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AEC9A049-090E-4FF3-9CE8-FBA422F2EBD9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3E0737A6-F6A0-4B5F-8C2C-32D4EB317BA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="25180" windowHeight="16140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -612,287 +612,287 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G19" sqref="G19"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="35.7109375" customWidth="1"/>
-    <col min="2" max="2" width="11.42578125" customWidth="1"/>
+    <col min="1" max="1" width="35.7265625" customWidth="1"/>
+    <col min="2" max="2" width="11.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
-    <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
-    <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A3" s="3">
-        <v>45991</v>
+        <v>46022</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
-    <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
-    <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="4"/>
     </row>
-    <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A6" s="14" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="15">
-        <v>57.216841206439199</v>
+        <v>55.555108766638497</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="16"/>
       <c r="E6" s="17"/>
     </row>
-    <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>15.6166547609938</v>
+        <v>14.9653483315338</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="18"/>
       <c r="E7" s="17"/>
     </row>
-    <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A8" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="13">
-        <v>14.5855986637123</v>
+        <v>14.0988451335697</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="18"/>
       <c r="E8" s="17"/>
     </row>
-    <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A9" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="13">
-        <v>7.0107605564720403</v>
+        <v>7.4516574603206696</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="18"/>
       <c r="E9" s="17"/>
     </row>
-    <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="13">
-        <v>4.1097281301599597</v>
+        <v>3.7994386323988198</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="18"/>
       <c r="E10" s="17"/>
     </row>
-    <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>15.894099095101099</v>
+        <v>15.239819208815399</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="18"/>
       <c r="E11" s="17"/>
     </row>
-    <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A12" s="14" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="15">
-        <v>8.82014214171814</v>
+        <v>9.2143479498793095</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="16"/>
       <c r="E12" s="17"/>
     </row>
-    <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A13" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="15">
-        <v>3.9783586004260201</v>
+        <v>4.3793580868872599</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="16"/>
       <c r="E13" s="17"/>
     </row>
-    <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A14" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="15">
-        <v>16.604316539294</v>
+        <v>17.3675098161908</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="16"/>
       <c r="E14" s="17"/>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.4594153478302001</v>
+        <v>5.8295134120926404</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="18"/>
       <c r="E15" s="17"/>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>3.08973820183874</v>
+        <v>2.9795201299971401</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="18"/>
       <c r="E16" s="17"/>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.6728911039665699</v>
+        <v>2.8070562754861901</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="18"/>
       <c r="E17" s="17"/>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.3822718856584801</v>
+        <v>5.7514199986148604</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="18"/>
       <c r="E18" s="17"/>
     </row>
-    <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>5.2171537135645396</v>
+        <v>5.4270773032344204</v>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="16"/>
       <c r="E19" s="17"/>
     </row>
-    <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.4513079156987398</v>
+        <v>2.5253340500460699</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="16"/>
       <c r="E20" s="17"/>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A21" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="15">
-        <v>4.7020275194458403</v>
+        <v>4.749600013937</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="16"/>
       <c r="E21" s="17"/>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A22" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="15">
-        <v>1.0098523634135499</v>
+        <v>0.78166401318665601</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="16"/>
       <c r="E22" s="17"/>
     </row>
-    <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
-    <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="19" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="20"/>
       <c r="C24" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ce0b8393-e000-47a8-a4cc-e08ec89756a7}" enabled="1" method="Standard" siteId="{337b9f7b-9e69-4689-9b0d-3417bd3d8566}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>