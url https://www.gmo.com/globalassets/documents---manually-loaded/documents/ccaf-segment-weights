--- v2 (2026-01-29)
+++ v3 (2026-02-18)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3E0737A6-F6A0-4B5F-8C2C-32D4EB317BA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{06B09481-9153-4CE8-BEE5-32F8407233D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="25180" windowHeight="16140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -612,287 +612,287 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="35.7265625" customWidth="1"/>
-    <col min="2" max="2" width="11.453125" customWidth="1"/>
+    <col min="1" max="1" width="35.7109375" customWidth="1"/>
+    <col min="2" max="2" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
-    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
-    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>46022</v>
+        <v>46053</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
-    <row r="4" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
-    <row r="5" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="4"/>
     </row>
-    <row r="6" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="14" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="15">
-        <v>55.555108766638497</v>
+        <v>55.367429257611803</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="16"/>
       <c r="E6" s="17"/>
     </row>
-    <row r="7" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>14.9653483315338</v>
+        <v>14.406614341305101</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="18"/>
       <c r="E7" s="17"/>
     </row>
-    <row r="8" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="13">
-        <v>14.0988451335697</v>
+        <v>14.4698797280777</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="18"/>
       <c r="E8" s="17"/>
     </row>
-    <row r="9" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="13">
-        <v>7.4516574603206696</v>
+        <v>7.8954308470088703</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="18"/>
       <c r="E9" s="17"/>
     </row>
-    <row r="10" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="13">
-        <v>3.7994386323988198</v>
+        <v>3.56165636979593</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="18"/>
       <c r="E10" s="17"/>
     </row>
-    <row r="11" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>15.239819208815399</v>
+        <v>15.033847971424199</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="18"/>
       <c r="E11" s="17"/>
     </row>
-    <row r="12" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="14" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="15">
-        <v>9.2143479498793095</v>
+        <v>8.7577479801366405</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="16"/>
       <c r="E12" s="17"/>
     </row>
-    <row r="13" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="15">
-        <v>4.3793580868872599</v>
+        <v>4.3462546728394997</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="16"/>
       <c r="E13" s="17"/>
     </row>
-    <row r="14" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="15">
-        <v>17.3675098161908</v>
+        <v>16.449526491594501</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="16"/>
       <c r="E14" s="17"/>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.8295134120926404</v>
+        <v>5.3694455177244604</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="18"/>
       <c r="E15" s="17"/>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>2.9795201299971401</v>
+        <v>2.7779289657044299</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="18"/>
       <c r="E16" s="17"/>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.8070562754861901</v>
+        <v>2.6761518364936498</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="18"/>
       <c r="E17" s="17"/>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.7514199986148604</v>
+        <v>5.6260001716719303</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="18"/>
       <c r="E18" s="17"/>
     </row>
-    <row r="19" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>5.4270773032344204</v>
+        <v>4.9744697011832004</v>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="16"/>
       <c r="E19" s="17"/>
     </row>
-    <row r="20" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.5253340500460699</v>
+        <v>2.3644700541899</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="16"/>
       <c r="E20" s="17"/>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="15">
-        <v>4.749600013937</v>
+        <v>4.48011536638381</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="16"/>
       <c r="E21" s="17"/>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="15">
-        <v>0.78166401318665601</v>
+        <v>3.2599864760606598</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="16"/>
       <c r="E22" s="17"/>
     </row>
-    <row r="23" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
-    <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="19" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="20"/>
       <c r="C24" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ce0b8393-e000-47a8-a4cc-e08ec89756a7}" enabled="1" method="Standard" siteId="{337b9f7b-9e69-4689-9b0d-3417bd3d8566}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>