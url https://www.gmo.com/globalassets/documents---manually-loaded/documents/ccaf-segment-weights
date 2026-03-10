--- v3 (2026-02-18)
+++ v4 (2026-03-10)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (History)\Working\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Performance Analytics (old DaveP)\Performance Group\Send A Files for Approval\Segments (Latest)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{06B09481-9153-4CE8-BEE5-32F8407233D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E2FEF624-F9EC-40F1-8724-13D12CF6A3F0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate Change" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
@@ -612,276 +613,276 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
-        <v>46053</v>
+        <v>46081</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="14" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="15">
-        <v>55.367429257611803</v>
+        <v>56.540352329035301</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="16"/>
       <c r="E6" s="17"/>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13">
-        <v>14.406614341305101</v>
+        <v>11.697353870520301</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="18"/>
       <c r="E7" s="17"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="13">
-        <v>14.4698797280777</v>
+        <v>15.425269617387899</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="18"/>
       <c r="E8" s="17"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="13">
-        <v>7.8954308470088703</v>
+        <v>7.3895405062404897</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="18"/>
       <c r="E9" s="17"/>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="13">
-        <v>3.56165636979593</v>
+        <v>4.0872538553502498</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="18"/>
       <c r="E10" s="17"/>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="13">
-        <v>15.033847971424199</v>
+        <v>17.940934479536299</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="18"/>
       <c r="E11" s="17"/>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="14" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="15">
-        <v>8.7577479801366405</v>
+        <v>8.7930670942377596</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="16"/>
       <c r="E12" s="17"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="15">
-        <v>4.3462546728394997</v>
+        <v>3.3162989472415898</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="16"/>
       <c r="E13" s="17"/>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="15">
-        <v>16.449526491594501</v>
+        <v>17.499539299865098</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="16"/>
       <c r="E14" s="17"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="13">
-        <v>5.3694455177244604</v>
+        <v>5.7300519997722104</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="18"/>
       <c r="E15" s="17"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="13">
-        <v>2.7779289657044299</v>
+        <v>2.9317732032169301</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="18"/>
       <c r="E16" s="17"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13">
-        <v>2.6761518364936498</v>
+        <v>2.9185470611972599</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="18"/>
       <c r="E17" s="17"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="13">
-        <v>5.6260001716719303</v>
+        <v>5.9191670356786501</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="18"/>
       <c r="E18" s="17"/>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>4.9744697011832004</v>
+        <v>5.3166770457220904</v>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="16"/>
       <c r="E19" s="17"/>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="11">
-        <v>2.3644700541899</v>
+        <v>2.2394700364190498</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="16"/>
       <c r="E20" s="17"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="15">
-        <v>4.48011536638381</v>
+        <v>4.8437680465106103</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="16"/>
       <c r="E21" s="17"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="15">
-        <v>3.2599864760606598</v>
+        <v>1.4508272009685499</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="16"/>
       <c r="E22" s="17"/>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="B23" s="7"/>
       <c r="C23" s="4"/>
     </row>
     <row r="24" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="19" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="20"/>
       <c r="C24" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>