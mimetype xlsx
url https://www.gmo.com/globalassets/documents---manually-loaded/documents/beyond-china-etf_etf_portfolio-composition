--- v0 (2025-10-11)
+++ v1 (2025-10-31)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c29bf0d90c94563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e4a7e3081b2488fafb90250fd86f016.psmdcp" Id="R06a02c7ffcc1454c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc6ef265b1d249e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/015b380ca3ff4446b9e29ffe1601e4c0.psmdcp" Id="R44b96f498e55421b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="116">
   <x:si>
     <x:t>Regions - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets ex-China</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
@@ -256,87 +256,84 @@
   <x:si>
     <x:t>Market Cap Ranges - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
     <x:t>Large (144.8 &amp; Above)</x:t>
   </x:si>
   <x:si>
     <x:t>Medium - Large (49.2 To 144.8)</x:t>
   </x:si>
   <x:si>
     <x:t>Medium (19.0 To 49.2)</x:t>
   </x:si>
   <x:si>
     <x:t>Small - Medium (6.0 To 19.0)</x:t>
   </x:si>
   <x:si>
     <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>HDFC Bank Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Delta Electronics Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>MediaTek Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ICICI Bank Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Samsung Electronics Co Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Bank Central Asia Tbk PT</x:t>
   </x:si>
   <x:si>
+    <x:t>Hero MotoCorp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eicher Motors Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Krung Thai Bank PCL</x:t>
   </x:si>
   <x:si>
     <x:t>Mobile World Investment Corp</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Hero MotoCorp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>17.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
@@ -1722,365 +1719,365 @@
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.250625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>8.3</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.310625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B6" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="B6" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C6" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B7" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B7" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B8" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="B8" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="B9" s="2" t="s">
+      <x:c r="C9" s="2" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B10" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="B10" s="2" t="s">
+      <x:c r="C10" s="2" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B11" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="B11" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B12" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="B12" s="2" t="s">
+      <x:c r="C12" s="2" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B13" s="2" t="n">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C13" s="2" t="n">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B14" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="B14" s="2" t="s">
+      <x:c r="C14" s="2" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>