--- v1 (2025-10-31)
+++ v2 (2025-11-20)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc6ef265b1d249e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/015b380ca3ff4446b9e29ffe1601e4c0.psmdcp" Id="R44b96f498e55421b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc23597e63db3448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4d37dacd14aa4df1a14a19cb068a12eb.psmdcp" Id="R3cdef644cc914abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="116">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
   <x:si>
     <x:t>Regions - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets ex-China</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
@@ -238,177 +238,183 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Delta Electronics Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Samsung Electronics Co Ltd</x:t>
+    <x:t>Bank Central Asia Tbk PT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICICI Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MediaTek Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>ICICI Bank Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>Bank Central Asia Tbk PT</x:t>
+    <x:t>Krung Thai Bank PCL</x:t>
   </x:si>
   <x:si>
     <x:t>Hero MotoCorp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Eicher Motors Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Krung Thai Bank PCL</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Mobile World Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>17.6x</x:t>
+    <x:t>17.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>20.7x</x:t>
+    <x:t>21.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.1x</x:t>
+    <x:t>2.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.6x</x:t>
-[...2 lines deleted...]
-    <x:t>13.9x</x:t>
+    <x:t>13.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>20.1%</x:t>
+    <x:t>19.9%</x:t>
   </x:si>
   <x:si>
     <x:t>18.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>8.8 USD</x:t>
-[...2 lines deleted...]
-    <x:t>19.0 USD</x:t>
+    <x:t>8.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>75.6%</x:t>
+    <x:t>76.4%</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -796,98 +802,98 @@
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>34.3</x:v>
+        <x:v>36.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>44.7</x:v>
+        <x:v>47.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>8.4</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>10.5</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>14.2</x:v>
+        <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>47.6</x:v>
+        <x:v>46.2</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>26.9</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -912,150 +918,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>27.3</x:v>
+        <x:v>25.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>22.1</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>9.4</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>15.9</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>24.9</x:v>
+        <x:v>25.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>28.2</x:v>
+        <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1083,318 +1089,318 @@
       <x:c r="A1" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>27.3</x:v>
+        <x:v>25.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>22.1</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>9.4</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>15.9</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>25.4</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>28.2</x:v>
+        <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1422,161 +1428,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>13.5</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>25.8</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>25.2</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>14.9</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>28.3</x:v>
+        <x:v>28.5</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>33</x:v>
+        <x:v>35.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>11</x:v>
@@ -1621,98 +1627,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>13.4</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>20.6</x:v>
+        <x:v>25.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>13.2</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>13.7</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>7.8</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>15.8</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>23.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>30.3</x:v>
+        <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>43.3</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>19.6</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1741,169 +1747,169 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -1945,139 +1951,139 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B13" s="2" t="n">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C13" s="2" t="n">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>