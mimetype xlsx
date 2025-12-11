--- v2 (2025-11-20)
+++ v3 (2025-12-11)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc23597e63db3448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4d37dacd14aa4df1a14a19cb068a12eb.psmdcp" Id="R3cdef644cc914abe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10b5872f24dc4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9db6c2ebddac4c60b48f0e07a7d8d652.psmdcp" Id="R421b678c5619495b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
   <x:si>
     <x:t>Regions - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets ex-China</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
@@ -238,183 +238,183 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Delta Electronics Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>MediaTek Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bank Central Asia Tbk PT</x:t>
   </x:si>
   <x:si>
+    <x:t>Hero MotoCorp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bajaj Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krung Thai Bank PCL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bizlink Holding Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>ICICI Bank Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>MediaTek Inc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
+    <x:t>18.4x</x:t>
+  </x:si>
+  <x:si>
     <x:t>17.9x</x:t>
   </x:si>
   <x:si>
-    <x:t>18.0x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>21.1x</x:t>
-[...2 lines deleted...]
-    <x:t>21.9x</x:t>
+    <x:t>21.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
+    <x:t>2.4x</x:t>
+  </x:si>
+  <x:si>
     <x:t>2.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>13.5x</x:t>
-[...2 lines deleted...]
-    <x:t>12.9x</x:t>
+    <x:t>16.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>19.9%</x:t>
-[...2 lines deleted...]
-    <x:t>18.5%</x:t>
+    <x:t>20.4%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.4%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>8.2 USD</x:t>
-[...2 lines deleted...]
-    <x:t>22.8 USD</x:t>
+    <x:t>9.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>76.4%</x:t>
+    <x:t>77.1%</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -791,109 +791,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>36.5</x:v>
+        <x:v>35.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>47.4</x:v>
+        <x:v>45.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>9.8</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>13.3</x:v>
+        <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>46.2</x:v>
+        <x:v>47.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>26</x:v>
+        <x:v>26.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -918,150 +918,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>25.5</x:v>
+        <x:v>26.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>11.1</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>25.4</x:v>
+        <x:v>25.2</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>28.8</x:v>
+        <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1089,318 +1089,318 @@
       <x:c r="A1" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>25.6</x:v>
+        <x:v>26.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>11.1</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>25.4</x:v>
+        <x:v>25.2</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>28.8</x:v>
+        <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1436,153 +1436,153 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>12.7</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>25.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>23.8</x:v>
+        <x:v>24.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>16.8</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>28.5</x:v>
+        <x:v>27.4</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>35.9</x:v>
+        <x:v>34.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>11</x:v>
@@ -1627,98 +1627,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>14.2</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>25.3</x:v>
+        <x:v>23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>10.9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>11.4</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>9.6</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>23.3</x:v>
+        <x:v>25.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>28.5</x:v>
+        <x:v>29.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>41.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1747,183 +1747,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1962,59 +1962,59 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B8" s="2" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>108</x:v>
@@ -2028,51 +2028,51 @@
         <x:v>110</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B13" s="2" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C13" s="2" t="n">
-        <x:v>612</x:v>
+        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">