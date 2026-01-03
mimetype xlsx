--- v3 (2025-12-11)
+++ v4 (2026-01-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10b5872f24dc4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9db6c2ebddac4c60b48f0e07a7d8d652.psmdcp" Id="R421b678c5619495b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1f59a72ac4e4a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e0e690e084b4db6a97dedcd6097225a.psmdcp" Id="Ref29fe53bcc54e58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
   <x:si>