--- v4 (2026-01-03)
+++ v5 (2026-02-07)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1f59a72ac4e4a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e0e690e084b4db6a97dedcd6097225a.psmdcp" Id="Ref29fe53bcc54e58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae15bd3a1a324d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c82032e7ca304bdaba19194afdde4cb3.psmdcp" Id="R2279e96aa7fe4bc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <x:si>
     <x:t>Regions - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets ex-China</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
@@ -238,183 +238,186 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Delta Electronics Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Bank Central Asia Tbk PT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krung Thai Bank PCL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobile World Investment Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>MediaTek Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Bank Central Asia Tbk PT</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Hero MotoCorp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Bajaj Finance Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Krung Thai Bank PCL</x:t>
-[...5 lines deleted...]
-    <x:t>ICICI Bank Ltd</x:t>
+    <x:t>Eicher Motors Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.4x</x:t>
-[...2 lines deleted...]
-    <x:t>17.9x</x:t>
+    <x:t>18.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>21.0x</x:t>
+    <x:t>21.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
+    <x:t>2.5x</x:t>
+  </x:si>
+  <x:si>
     <x:t>2.4x</x:t>
   </x:si>
   <x:si>
-    <x:t>2.3x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.2x</x:t>
-[...2 lines deleted...]
-    <x:t>13.7x</x:t>
+    <x:t>16.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>20.4%</x:t>
-[...2 lines deleted...]
-    <x:t>18.4%</x:t>
+    <x:t>19.9%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>9.0 USD</x:t>
-[...2 lines deleted...]
-    <x:t>20.8 USD</x:t>
+    <x:t>9.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.3 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>77.1%</x:t>
+    <x:t>76.4%</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -791,109 +794,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>35.1</x:v>
+        <x:v>35.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>45.8</x:v>
+        <x:v>47.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>47.8</x:v>
+        <x:v>48.1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>26.9</x:v>
+        <x:v>25.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -918,150 +921,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>26.5</x:v>
+        <x:v>26.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>25.2</x:v>
+        <x:v>25.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>28.2</x:v>
+        <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1089,65 +1092,65 @@
       <x:c r="A1" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
@@ -1155,252 +1158,252 @@
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>26.5</x:v>
+        <x:v>26.3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>25.2</x:v>
+        <x:v>25.6</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>28.2</x:v>
+        <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1428,161 +1431,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>25.2</x:v>
+        <x:v>24.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>24.5</x:v>
+        <x:v>23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>16.7</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>27.4</x:v>
+        <x:v>28.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>34.3</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>11</x:v>
@@ -1627,98 +1630,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>13.6</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>23.9</x:v>
+        <x:v>25.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>10.7</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>10.2</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>25.2</x:v>
+        <x:v>27.6</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>29.1</x:v>
+        <x:v>28.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>41.1</x:v>
+        <x:v>39.4</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>18.5</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1747,183 +1750,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1962,128 +1965,128 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B13" s="2" t="n">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C13" s="2" t="n">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>