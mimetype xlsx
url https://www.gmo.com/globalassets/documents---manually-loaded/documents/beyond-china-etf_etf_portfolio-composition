--- v5 (2026-02-07)
+++ v6 (2026-02-27)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae15bd3a1a324d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c82032e7ca304bdaba19194afdde4cb3.psmdcp" Id="R2279e96aa7fe4bc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3033256a83645ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6f429d5bf484f7fbf1a30618ab69a73.psmdcp" Id="R77443fec4f004d20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
   <x:si>
     <x:t>Regions - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets ex-China</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
@@ -238,186 +238,183 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Delta Electronics Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Bank Central Asia Tbk PT</x:t>
+    <x:t>MediaTek Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobile World Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Krung Thai Bank PCL</x:t>
   </x:si>
   <x:si>
-    <x:t>Mobile World Investment Corp</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Hero MotoCorp Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Eicher Motors Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bajaj Finance Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Eicher Motors Ltd</x:t>
+    <x:t>Phison Electronics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.3x</x:t>
-[...2 lines deleted...]
-    <x:t>17.2x</x:t>
+    <x:t>18.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>21.9x</x:t>
-[...2 lines deleted...]
-    <x:t>24.1x</x:t>
+    <x:t>23.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.5x</x:t>
-[...2 lines deleted...]
-    <x:t>2.4x</x:t>
+    <x:t>2.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.6x</x:t>
-[...2 lines deleted...]
-    <x:t>13.8x</x:t>
+    <x:t>15.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>19.9%</x:t>
   </x:si>
   <x:si>
-    <x:t>18.3%</x:t>
+    <x:t>18.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>0.4x</x:t>
+    <x:t>0.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>9.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>23.3 USD</x:t>
+    <x:t>10.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>76.4%</x:t>
+    <x:t>72.0%</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -794,109 +791,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>35.6</x:v>
+        <x:v>40.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>47.4</x:v>
+        <x:v>50.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>13.2</x:v>
+        <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>48.1</x:v>
+        <x:v>42.1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>25.8</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -921,142 +918,142 @@
       <x:c r="A1" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>26.3</x:v>
+        <x:v>22.9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>6.8</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>10.1</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>18.4</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>25.6</x:v>
+        <x:v>27.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>28.5</x:v>
+        <x:v>28.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
@@ -1092,65 +1089,65 @@
       <x:c r="A1" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
@@ -1158,252 +1155,252 @@
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>26.3</x:v>
+        <x:v>20.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>10.1</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>18.4</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>25.6</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>28.5</x:v>
+        <x:v>28.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>0.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1428,164 +1425,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>13.2</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>24.1</x:v>
+        <x:v>20.7</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>23.9</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>16.7</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>28.9</x:v>
+        <x:v>35.1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>38.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>11</x:v>
@@ -1630,98 +1627,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>14.6</x:v>
+        <x:v>18.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>25.8</x:v>
+        <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>9.2</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>27.6</x:v>
+        <x:v>26.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>28.3</x:v>
+        <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>39.4</x:v>
+        <x:v>37.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1750,183 +1747,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>9.8</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>4.8</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1965,128 +1962,128 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B8" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B8" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B10" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C10" s="2" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B11" s="2" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C11" s="2" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="B12" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="B12" s="2" t="s">
+      <x:c r="C12" s="2" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B13" s="2" t="n">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C13" s="2" t="n">
-        <x:v>608</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B14" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="B14" s="2" t="s">
+      <x:c r="C14" s="2" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>