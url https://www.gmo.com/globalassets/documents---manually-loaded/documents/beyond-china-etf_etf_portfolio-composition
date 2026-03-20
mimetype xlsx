--- v6 (2026-02-27)
+++ v7 (2026-03-20)
@@ -1,143 +1,285 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3033256a83645ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6f429d5bf484f7fbf1a30618ab69a73.psmdcp" Id="R77443fec4f004d20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf80cd7a281994614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f80f75611cc54994bf3f57530e90d59e.psmdcp" Id="R00ebfc6a20764186" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
-[...5 lines deleted...]
-    <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
+    <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
+    <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
+    <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
+    <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
+    <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
+    <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
+    <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
+    <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="131">
+  <x:si>
+    <x:t>Risk Profile - Beyond China ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>From 02/28/2025 to 02/28/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Risk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beyond China ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSCI Emerging Markets ex-China</x:t>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Alpha (Jensen's)</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>1</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Beta</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>2</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>R Squared</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>3</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Sharpe Ratio</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>4</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Standard Deviation</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>5</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:t>[1] Alpha is a measure of risk-adjusted return.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[2] Beta is a measure of a portfolio's sensitivity to the market.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Risk profile data is net of fees.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The MSCI Emerging Markets ex China Index is an independently maintained and widely published index which captures large and mid cap representation within Emerging Markets (EM) countries,</x:t>
+  </x:si>
+  <x:si>
+    <x:t>excluding China. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
+  </x:si>
   <x:si>
     <x:t>Regions - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
-    <x:t>Beyond China ETF</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>South Asia (Emerging)</x:t>
   </x:si>
   <x:si>
-    <x:t>The MSCI Emerging Markets ex China Index is an independently maintained and widely published index which captures large and mid cap representation within Emerging Markets (EM) countries,</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Countries - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
+    <x:t>Brazil</x:t>
+  </x:si>
+  <x:si>
     <x:t>India</x:t>
   </x:si>
   <x:si>
     <x:t>Indonesia</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>Poland</x:t>
   </x:si>
   <x:si>
     <x:t>South Korea</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan</x:t>
   </x:si>
   <x:si>
     <x:t>Thailand</x:t>
   </x:si>
   <x:si>
-    <x:t>Turkey</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
     <x:t>Viet Nam</x:t>
   </x:si>
   <x:si>
     <x:t>Currencies - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>AED</x:t>
   </x:si>
   <x:si>
     <x:t>BRL</x:t>
   </x:si>
   <x:si>
     <x:t>CLP</x:t>
   </x:si>
   <x:si>
     <x:t>COP</x:t>
   </x:si>
   <x:si>
     <x:t>CZK</x:t>
@@ -238,276 +380,278 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Beyond China ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Samsung Electronics Co Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Delta Electronics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MediaTek Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Krung Thai Bank PCL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cemex SAB de CV</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mobile World Investment Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Krung Thai Bank PCL</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Hero MotoCorp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Eicher Motors Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Bajaj Finance Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Phison Electronics Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.1x</x:t>
-[...2 lines deleted...]
-    <x:t>16.9x</x:t>
+    <x:t>17.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.6x</x:t>
+    <x:t>28.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.7x</x:t>
+    <x:t>2.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.9x</x:t>
-[...2 lines deleted...]
-    <x:t>14.4x</x:t>
+    <x:t>16.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>19.9%</x:t>
-[...2 lines deleted...]
-    <x:t>18.5%</x:t>
+    <x:t>20.7%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.5x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>10.7 USD</x:t>
-[...2 lines deleted...]
-    <x:t>27.0 USD</x:t>
+    <x:t>12.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>72.0%</x:t>
-[...2 lines deleted...]
-    <x:t>N/A</x:t>
+    <x:t>70.9%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:numFmts count="2">
+  <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
-    <x:numFmt numFmtId="165" formatCode="#0.0"/>
+    <x:numFmt numFmtId="165" formatCode="#0.00"/>
+    <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
-  <x:cellStyleXfs count="3">
+  <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
+    <x:xf numFmtId="166" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
+    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId13" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -754,1385 +898,1534 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
+  <x:dimension ref="A1:C21"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="19.360625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="17.310625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:3">
+      <x:c r="A1" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:3">
+      <x:c r="A2" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:3">
+      <x:c r="A5" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:3">
+      <x:c r="A6" s="0" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B6" s="2" t="n">
+        <x:v>8.51</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:3">
+      <x:c r="A7" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="2" t="n">
+        <x:v>0.65</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:3">
+      <x:c r="A8" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="2" t="n">
+        <x:v>0.81</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:3">
+      <x:c r="A9" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="n">
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="n">
+        <x:v>4.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:3">
+      <x:c r="A10" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="2" t="n">
+        <x:v>9.76</x:v>
+      </x:c>
+      <x:c r="C10" s="2" t="n">
+        <x:v>13.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="3" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="3" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:3">
+      <x:c r="A16" s="3" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:3">
+      <x:c r="A17" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:3">
+      <x:c r="A18" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:3">
+      <x:c r="A19" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:3">
+      <x:c r="A21" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.060625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.310625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>0</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>2</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C6" s="3" t="n">
+      <x:c r="A6" s="3" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>50.5</x:v>
+      <x:c r="A7" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>40.8</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>53.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
-      <x:c r="A8" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>3.6</x:v>
+      <x:c r="A8" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
-      <x:c r="A9" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>10.6</x:v>
+      <x:c r="A9" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>12.9</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
-      <x:c r="A11" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>22.5</x:v>
+      <x:c r="A11" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
-      <x:c r="A13" s="2" t="s">
-        <x:v>11</x:v>
+      <x:c r="A13" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
-      <x:c r="A14" s="2" t="s">
-        <x:v>12</x:v>
+      <x:c r="A14" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.310625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>18.2</x:v>
+      <x:c r="A6" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
+      <x:c r="A7" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>22.1</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>16.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:3">
+      <x:c r="A8" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:3">
+      <x:c r="A9" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>7.6</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:3">
+      <x:c r="A10" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:3">
+      <x:c r="A11" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>14.4</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>23.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>26.4</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>29.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="3" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="3" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:3">
+      <x:c r="A17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="n">
-[...7 lines deleted...]
-      <x:c r="A8" s="2" t="s">
+    </x:row>
+    <x:row r="18" spans="1:3">
+      <x:c r="A18" s="3" t="s">
         <x:v>18</x:v>
-      </x:c>
-[...91 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.310625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>1.9</x:v>
+      <x:c r="A6" s="3" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>6.3</x:v>
+      <x:c r="A7" s="3" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
-      <x:c r="A8" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B8" s="3" t="n">
+      <x:c r="A8" s="3" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="n">
+      <x:c r="C8" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:3">
+      <x:c r="A9" s="3" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:3">
+      <x:c r="A10" s="3" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:3">
+      <x:c r="A11" s="3" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="3" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>22.1</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>16.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:3">
+      <x:c r="A16" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>14.4</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>23.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:3">
+      <x:c r="A17" s="3" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:3">
-[...3 lines deleted...]
-      <x:c r="B9" s="3" t="n">
+    <x:row r="18" spans="1:3">
+      <x:c r="A18" s="3" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>7.7</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:3">
+      <x:c r="A19" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:3">
+      <x:c r="A20" s="3" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C9" s="3" t="n">
-[...7 lines deleted...]
-      <x:c r="B10" s="3" t="n">
+      <x:c r="C20" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:3">
+      <x:c r="A21" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
-      <x:c r="C10" s="3" t="n">
-[...7 lines deleted...]
-      <x:c r="B11" s="3" t="n">
+    </x:row>
+    <x:row r="22" spans="1:3">
+      <x:c r="A22" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:3">
+      <x:c r="A23" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C11" s="3" t="n">
-[...10 lines deleted...]
-      <x:c r="C12" s="3" t="n">
+      <x:c r="C23" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:3">
-[...3 lines deleted...]
-      <x:c r="B13" s="3" t="n">
+    <x:row r="24" spans="1:3">
+      <x:c r="A24" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C13" s="3" t="n">
-[...10 lines deleted...]
-      <x:c r="C14" s="3" t="n">
+      <x:c r="C24" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:3">
+      <x:c r="A25" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:3">
+      <x:c r="A26" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
-    </x:row>
-[...26 lines deleted...]
-      <x:c r="B17" s="3" t="n">
+      <x:c r="C26" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:3">
+      <x:c r="A27" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>26.4</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>29.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:3">
+      <x:c r="A28" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C17" s="3" t="n">
-[...29 lines deleted...]
-      <x:c r="B20" s="3" t="n">
+    </x:row>
+    <x:row r="29" spans="1:3">
+      <x:c r="A29" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C20" s="3" t="n">
-[...7 lines deleted...]
-      <x:c r="B21" s="3" t="n">
+    </x:row>
+    <x:row r="30" spans="1:3">
+      <x:c r="A30" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C21" s="3" t="n">
-[...98 lines deleted...]
-      <x:c r="C30" s="3" t="n">
+      <x:c r="C30" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
-      <x:c r="A32" s="2" t="s">
-        <x:v>11</x:v>
+      <x:c r="A32" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
-      <x:c r="A33" s="2" t="s">
-        <x:v>12</x:v>
+      <x:c r="A33" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.310625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>3.9</x:v>
+      <x:c r="A6" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C7" s="3" t="n">
+      <x:c r="A7" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>11.5</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
-      <x:c r="A8" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>3.6</x:v>
+      <x:c r="A8" s="3" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
-      <x:c r="A9" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>4.1</x:v>
+      <x:c r="A9" s="3" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>22.9</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>20.2</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
-      <x:c r="A11" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B11" s="3" t="n">
+      <x:c r="A11" s="3" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C11" s="3" t="n">
+      <x:c r="C11" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>12.5</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>37.2</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="3" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>10.5</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>7.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="3" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:3">
+      <x:c r="A16" s="3" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:3">
-[...53 lines deleted...]
-    </x:row>
     <x:row r="18" spans="1:3">
-      <x:c r="A18" s="2" t="s">
-        <x:v>66</x:v>
+      <x:c r="A18" s="3" t="s">
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
-      <x:c r="A19" s="2" t="s">
-        <x:v>67</x:v>
+      <x:c r="A19" s="3" t="s">
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
-      <x:c r="A20" s="2" t="s">
-        <x:v>68</x:v>
+      <x:c r="A20" s="3" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
-      <x:c r="A21" s="2" t="s">
-        <x:v>69</x:v>
+      <x:c r="A21" s="3" t="s">
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
-      <x:c r="A22" s="2" t="s">
-        <x:v>11</x:v>
+      <x:c r="A22" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
-      <x:c r="A23" s="2" t="s">
-        <x:v>12</x:v>
+      <x:c r="A23" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.310625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>28.5</x:v>
+      <x:c r="A6" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>21.6</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>10.1</x:v>
+      <x:c r="A7" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>8.8</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
-      <x:c r="A8" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>17.9</x:v>
+      <x:c r="A8" s="3" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>8.6</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
-      <x:c r="A9" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>26.7</x:v>
+      <x:c r="A9" s="3" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>24.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>16.7</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
-      <x:c r="A12" s="2" t="s">
-        <x:v>11</x:v>
+      <x:c r="A12" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
-      <x:c r="A13" s="2" t="s">
-        <x:v>12</x:v>
+      <x:c r="A13" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.250625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="D5" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:4">
+      <x:c r="A6" s="3" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>10.9</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:4">
+      <x:c r="A7" s="3" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>10.7</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D7" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:4">
+      <x:c r="A8" s="3" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:4">
+      <x:c r="A9" s="3" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D9" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:4">
+      <x:c r="A10" s="3" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="D10" s="3" t="s">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:4">
+      <x:c r="A11" s="3" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D11" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
-[...91 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
-      <x:c r="A12" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B12" s="3" t="n">
+      <x:c r="A12" s="3" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:4">
+      <x:c r="A13" s="3" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D13" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:4">
+      <x:c r="A14" s="3" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
-      <x:c r="C12" s="2" t="s">
-[...31 lines deleted...]
-        <x:v>59</x:v>
+      <x:c r="C14" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="s">
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
-      <x:c r="A15" s="2" t="s">
-[...9 lines deleted...]
-        <x:v>62</x:v>
+      <x:c r="A15" s="3" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="s">
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
-      <x:c r="A17" s="2" t="s">
-        <x:v>90</x:v>
+      <x:c r="A17" s="3" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
-      <x:c r="A18" s="2" t="s">
-        <x:v>91</x:v>
+      <x:c r="A18" s="3" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.310625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C6" s="2" t="s">
+      <x:c r="A6" s="3" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:3">
+      <x:c r="A7" s="3" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
+        <x:v>115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:3">
+      <x:c r="A8" s="3" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:3">
+      <x:c r="A9" s="3" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="s">
+        <x:v>119</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:3">
+      <x:c r="A10" s="3" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:3">
+      <x:c r="A11" s="3" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="s">
+        <x:v>124</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="s">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="3" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="B13" s="3" t="n">
         <x:v>97</x:v>
       </x:c>
-    </x:row>
-[...73 lines deleted...]
-      <x:c r="C13" s="2" t="n">
+      <x:c r="C13" s="3" t="n">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
-      <x:c r="A14" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>117</x:v>
+      <x:c r="A14" s="3" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="s">
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
-      <x:c r="A16" s="2" t="s">
-        <x:v>11</x:v>
+      <x:c r="A16" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
-      <x:c r="A17" s="2" t="s">
-        <x:v>12</x:v>
+      <x:c r="A17" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>14</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
-    <vt:vector baseType="lpstr" size="21">
+    <vt:vector baseType="lpstr" size="24">
+      <vt:lpstr>Risk Profile</vt:lpstr>
       <vt:lpstr>Regions</vt:lpstr>
       <vt:lpstr>Countries</vt:lpstr>
       <vt:lpstr>Currencies</vt:lpstr>
       <vt:lpstr>Sectors</vt:lpstr>
       <vt:lpstr>Market Cap Ranges</vt:lpstr>
       <vt:lpstr>Top Equity Holdings</vt:lpstr>
       <vt:lpstr>Characteristics</vt:lpstr>
+      <vt:lpstr>Risk Profile!Print_Area</vt:lpstr>
+      <vt:lpstr>Risk Profile!Print_Titles</vt:lpstr>
       <vt:lpstr>Regions!Print_Area</vt:lpstr>
       <vt:lpstr>Regions!Print_Titles</vt:lpstr>
       <vt:lpstr>Countries!Print_Area</vt:lpstr>
       <vt:lpstr>Countries!Print_Titles</vt:lpstr>
       <vt:lpstr>Currencies!Print_Area</vt:lpstr>
       <vt:lpstr>Currencies!Print_Titles</vt:lpstr>
       <vt:lpstr>Sectors!Print_Area</vt:lpstr>
       <vt:lpstr>Sectors!Print_Titles</vt:lpstr>
       <vt:lpstr>Market Cap Ranges!Print_Area</vt:lpstr>
       <vt:lpstr>Market Cap Ranges!Print_Titles</vt:lpstr>
       <vt:lpstr>Top Equity Holdings!Print_Area</vt:lpstr>
       <vt:lpstr>Top Equity Holdings!Print_Titles</vt:lpstr>
       <vt:lpstr>Characteristics!Print_Area</vt:lpstr>
       <vt:lpstr>Characteristics!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>