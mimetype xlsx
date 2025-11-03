--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -1,966 +1,1005 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R375670692e5a4277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7b3366edba441a899dee825f9777eb9.psmdcp" Id="R239db1799b4449ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a675efc1cfd41d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/debc63a94d534111af83e921ab600017.psmdcp" Id="Rb09712bab9a1468c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="306">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="319">
   <x:si>
     <x:t>Holdings - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/13/2025 (%)</x:t>
+    <x:t>As of 11/03/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>TSM</x:t>
   </x:si>
   <x:si>
-    <x:t>TAIWAN SEMICONDUCTOR SP ADR ADR</x:t>
+    <x:t>Taiwan Semiconductor-Sp Adr</x:t>
   </x:si>
   <x:si>
     <x:t>874039100</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>005930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S67717207</x:t>
+  </x:si>
+  <x:si>
     <x:t>2308</x:t>
   </x:si>
   <x:si>
-    <x:t>DELTA ELECTRONICS INC COMMON STOCK TWD10.0</x:t>
-[...11 lines deleted...]
-    <x:t>677172009</x:t>
+    <x:t>Delta Electronics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S62607346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Central Asia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB01C1P69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icici Bank Ltd-Spon Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45104G104</x:t>
   </x:si>
   <x:si>
     <x:t>2454</x:t>
   </x:si>
   <x:si>
-    <x:t>MEDIATEK INC COMMON STOCK TWD10.0</x:t>
-[...20 lines deleted...]
-    <x:t>B01C1P906</x:t>
+    <x:t>Mediatek Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63724801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KTB-R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krung Thai Bank - Nvdr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63614663</x:t>
   </x:si>
   <x:si>
     <x:t>HMCL</x:t>
   </x:si>
   <x:si>
-    <x:t>HERO MOTOCORP LTD COMMON STOCK INR2.0</x:t>
-[...2 lines deleted...]
-    <x:t>632732905</x:t>
+    <x:t>Hero Motocorp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63273270</x:t>
   </x:si>
   <x:si>
     <x:t>EIM</x:t>
   </x:si>
   <x:si>
-    <x:t>EICHER MOTORS LTD COMMON STOCK INR1.0</x:t>
-[...2 lines deleted...]
-    <x:t>ACI1QHVP8</x:t>
+    <x:t>Eicher Motors Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBMW4CV81</x:t>
   </x:si>
   <x:si>
     <x:t>MWG</x:t>
   </x:si>
   <x:si>
-    <x:t>MOBILE WORLD INVESTMENT CORP COMMON STOCK VND10000.0</x:t>
-[...11 lines deleted...]
-    <x:t>636146904</x:t>
+    <x:t>Mobile World Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBP3RNW58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>010120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ls Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63782171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bizlink Holding Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB5SG8Y41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bajaj Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBTFGH156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emaar Properties Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB01RM254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APNT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asian Paints Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBCRWL656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PZU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Powszechny Zaklad Ubezpiecze</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB63DG211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AC*</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arca Continental Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S28238855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBANK-R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kasikornbank Pcl-Nvdr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63647663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>086280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hyundai Glovis Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB0V3XR53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Realtek Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S60514221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hyundai Engineering &amp; Const</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S64509888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KKC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cummins India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S62948633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Radiant Opto-Electronics Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S65202780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HNDL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hindalco Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB0GWF482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEGE3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weg Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S29454220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Pekao Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S54731138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMRI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Mandiri Persero Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S66510488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gelex Group Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBYV0WY46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALDAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aldar Properties Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB0LX3Y27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GBOOY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Fin Banorte-Spon Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40052P107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phison Electronics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S67284695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBNI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Negara Indonesia Perser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S67271213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aneka Tambang Tbk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S60538592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAVI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mavi Giyim Sanayi Ve Tica-B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRTATCHY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENTERA*</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gentera Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBHWQZW16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cemex Sab-Spons Adr Part Cer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151290889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELTA-R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta Electronics Thai-Nvdr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S64189319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUMAB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gruma S.a.b.-B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S23925456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ceat Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63454821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chroma Ate Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S62121009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>011200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hmm Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S64058696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Au Small Finance Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBF1YBK21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinh Bac City Development Ho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB2B3VJ74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstsource Solutions Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1KKXG34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VESTA*</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corp Inmobiliaria Vesta Sab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB8F6ZF89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gemadept Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB16GK977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRIXX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Str Instl Invt Tr Treas Mmkt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSYEKQM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP-R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ap Thailand Pcl - Nvdr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S66126707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Db Hitek Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S64077571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parade Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB6RV6764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Life India Asset Mana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBF29PR11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gamuda Bhd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63598817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Navin Fluorine International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBF1BKG21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BELA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jumbo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S72435308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advantech Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S62026737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DFPC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deepak Fertilisers &amp; Petro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63747547</x:t>
   </x:si>
   <x:si>
     <x:t>HDB</x:t>
   </x:si>
   <x:si>
-    <x:t>HDFC BANK LTD ADR ADR</x:t>
+    <x:t>Hdfc Bank Ltd-Adr</x:t>
   </x:si>
   <x:si>
     <x:t>40415F101</x:t>
   </x:si>
   <x:si>
-    <x:t>A010120</x:t>
-[...338 lines deleted...]
-    <x:t>661267906</x:t>
+    <x:t>EMAARDEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emaar Development Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBDG19775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manappuram Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S65704009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCB-R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scb X Pcl-Nvdr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBPH07288</x:t>
   </x:si>
   <x:si>
     <x:t>DIXON</x:t>
   </x:si>
   <x:si>
-    <x:t>DIXON TECHNOLOGIES INDIA LTD COMMON STOCK INR2.0</x:t>
-[...56 lines deleted...]
-    <x:t>637475906</x:t>
+    <x:t>Dixon Technologies India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBNC54127</x:t>
   </x:si>
   <x:si>
     <x:t>CRIN</x:t>
   </x:si>
   <x:si>
-    <x:t>COROMANDEL INTERNATIONAL LTD COMMON STOCK INR1.0</x:t>
-[...11 lines deleted...]
-    <x:t>ACI028NY6</x:t>
+    <x:t>Coromandel International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB0VDZN51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALMEX*</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walmart De Mexico Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBW1YVH89</x:t>
   </x:si>
   <x:si>
     <x:t>SRF</x:t>
   </x:si>
   <x:si>
-    <x:t>SRF LTD COMMON STOCK INR10.0</x:t>
-[...2 lines deleted...]
-    <x:t>637494907</x:t>
+    <x:t>Srf Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63749477</x:t>
   </x:si>
   <x:si>
     <x:t>WPRTS</x:t>
   </x:si>
   <x:si>
-    <x:t>WESTPORTS HOLDINGS BHD COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>BDFM1K902</x:t>
+    <x:t>Westports Holdings Bhd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBDFM1K84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHMB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambal Fertilisers &amp; Chem</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S60999380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moneta Money Bank As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRT19HQW2</x:t>
   </x:si>
   <x:si>
     <x:t>3023</x:t>
   </x:si>
   <x:si>
-    <x:t>SINBON ELECTRONICS CO LTD COMMON STOCK TWD10.0</x:t>
-[...56 lines deleted...]
-    <x:t>BW1YVH903</x:t>
+    <x:t>Sinbon Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63493548</x:t>
   </x:si>
   <x:si>
     <x:t>DOAS</x:t>
   </x:si>
   <x:si>
-    <x:t>DOGUS OTOMOTIV SERVIS VE TIC COMMON STOCK TRY1.0</x:t>
-[...2 lines deleted...]
-    <x:t>B03MRJ908</x:t>
+    <x:t>Dogus Otomotiv Servis Ve Tic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB03MRJ07</x:t>
   </x:si>
   <x:si>
     <x:t>ABB</x:t>
   </x:si>
   <x:si>
-    <x:t>ABB INDIA LTD COMMON STOCK INR2.0</x:t>
-[...2 lines deleted...]
-    <x:t>B1Y9QS902</x:t>
+    <x:t>Abb India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1Y9QS96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Balkrishna Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63887889</x:t>
   </x:si>
   <x:si>
     <x:t>CSTRL</x:t>
   </x:si>
   <x:si>
-    <x:t>CASTROL INDIA LTD COMMON STOCK INR5.0</x:t>
-[...11 lines deleted...]
-    <x:t>638878900</x:t>
+    <x:t>Castrol India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBKS8B795</x:t>
   </x:si>
   <x:si>
     <x:t>ARCLK</x:t>
   </x:si>
   <x:si>
-    <x:t>ARCELIK AS COMMON STOCK TRY1.0</x:t>
-[...29 lines deleted...]
-    <x:t>636836900</x:t>
+    <x:t>Arcelik As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB03MP183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBL-R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bangkok Bank Public Co-Nvdr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63683601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPALI-R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Supalai Pcl-Nvdr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S65547499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBLENGIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hbl Engineering Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB03D0055</x:t>
   </x:si>
   <x:si>
     <x:t>FMX</x:t>
   </x:si>
   <x:si>
-    <x:t>FOMENTO ECONOMICO MEX SP ADR ADR</x:t>
+    <x:t>Fomento Economico Mex-Sp Adr</x:t>
   </x:si>
   <x:si>
     <x:t>344419106</x:t>
   </x:si>
   <x:si>
+    <x:t>BBAJIOO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Del Bajio Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBYSX0F30</x:t>
+  </x:si>
+  <x:si>
     <x:t>MSIL</x:t>
   </x:si>
   <x:si>
-    <x:t>MARUTI SUZUKI INDIA LTD COMMON STOCK INR5.0</x:t>
-[...11 lines deleted...]
-    <x:t>B03D00908</x:t>
+    <x:t>Maruti Suzuki India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S66337122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Gas Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB83C9P60</x:t>
   </x:si>
   <x:si>
     <x:t>IRCON</x:t>
   </x:si>
   <x:si>
-    <x:t>IRCON INTERNATIONAL LTD COMMON STOCK INR2.0</x:t>
-[...2 lines deleted...]
-    <x:t>ACI1LFSX4</x:t>
+    <x:t>Ircon International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBM7SZX87</x:t>
   </x:si>
   <x:si>
     <x:t>PCBL</x:t>
   </x:si>
   <x:si>
-    <x:t>PCBL CHEMICAL LTD COMMON STOCK INR1.0</x:t>
-[...20 lines deleted...]
-    <x:t>B83C9P909</x:t>
+    <x:t>Pcbl Chemical Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBNHWKG57</x:t>
   </x:si>
   <x:si>
     <x:t>KEII</x:t>
   </x:si>
   <x:si>
-    <x:t>KEI INDUSTRIES LTD COMMON STOCK INR2.0</x:t>
-[...2 lines deleted...]
-    <x:t>B1L9PJ907</x:t>
+    <x:t>Kei Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1L9PJ62</x:t>
   </x:si>
   <x:si>
     <x:t>SPL</x:t>
   </x:si>
   <x:si>
-    <x:t>SANTANDER BANK POLSKA SA COMMON STOCK PLN10.0</x:t>
-[...2 lines deleted...]
-    <x:t>715363909</x:t>
+    <x:t>Santander Bank Polska Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S71536395</x:t>
   </x:si>
   <x:si>
     <x:t>VCB</x:t>
   </x:si>
   <x:si>
-    <x:t>BANK FOR FOREIGN TRADE JSC COMMON STOCK VND10000.0</x:t>
-[...11 lines deleted...]
-    <x:t>B1FRT6908</x:t>
+    <x:t>Bank For Foreign Trade Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB622TR51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHA-R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wha Corp Pcl-Nvdr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB8304335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMATA-R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amata Corp Public Coltd-Nvdr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S65929655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KKB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kirloskar Brothers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB0F4S354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shriram Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBS4DBX04</x:t>
   </x:si>
   <x:si>
     <x:t>VPB</x:t>
   </x:si>
   <x:si>
-    <x:t>VIETNAM PROSPERITY JSC BANK COMMON STOCK VND10000.0</x:t>
-[...11 lines deleted...]
-    <x:t>B0F4S3909</x:t>
+    <x:t>Vietnam Prosperity Jsc Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBF470450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astra International Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB800MQ51</x:t>
   </x:si>
   <x:si>
     <x:t>ARENM</x:t>
   </x:si>
   <x:si>
-    <x:t>AMARA RAJA ENERGY + MOBILITY COMMON STOCK INR1.0</x:t>
-[...11 lines deleted...]
-    <x:t>BS4DBX902</x:t>
+    <x:t>Amara Raja Energy &amp; Mobility</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSFU7AU1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergreen Marine Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63245005</x:t>
   </x:si>
   <x:si>
     <x:t>JM</x:t>
   </x:si>
   <x:si>
-    <x:t>JM FINANCIAL LTD COMMON STOCK INR1.0</x:t>
-[...2 lines deleted...]
-    <x:t>633063904</x:t>
+    <x:t>Jm Financial Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63306377</x:t>
   </x:si>
   <x:si>
     <x:t>PARADEEP</x:t>
   </x:si>
   <x:si>
-    <x:t>PARADEEP PHOSPHATES LTD COMMON STOCK INR10.0</x:t>
-[...11 lines deleted...]
-    <x:t>632450904</x:t>
+    <x:t>Paradeep Phosphates Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBMGJRL47</x:t>
   </x:si>
   <x:si>
     <x:t>FNXC</x:t>
   </x:si>
   <x:si>
-    <x:t>FINOLEX CABLES LTD COMMON STOCK INR2.0</x:t>
-[...8 lines deleted...]
-    <x:t>999TWDZ90</x:t>
+    <x:t>Finolex Cables Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1LDTB83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACCRUED EXPENSES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRWA0JXZ8</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>EURO CURRENCY</x:t>
-[...20 lines deleted...]
-    <x:t>999PLNZ98</x:t>
+    <x:t>Trade Date Cash (MXN)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XMXN00000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (EUR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XEUR00002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (KRW)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XKRW00001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (VND)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XVND00003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (INR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XINR00001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (BRL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XBRL00005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (TWD)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XTWD00008</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1310,59 +1349,59 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G108"/>
+  <x:dimension ref="A1:G113"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="15.060625" style="0" customWidth="1"/>
-[...1 lines deleted...]
-    <x:col min="3" max="3" width="13.590625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="10.970625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="29.880625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="13.090625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
@@ -1372,2314 +1411,2425 @@
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>3961</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1111694.3</x:v>
+        <x:v>1190003.2</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>16427</x:v>
+        <x:v>7053</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>537443.7</x:v>
+        <x:v>532161.8</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7053</x:v>
+        <x:v>14151</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>468628</x:v>
+        <x:v>458028.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9369</x:v>
+        <x:v>801000</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>412690.7</x:v>
+        <x:v>410614.9</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13189</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>410046</x:v>
+        <x:v>399626.7</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>801000</x:v>
+        <x:v>9369</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>358151.1</x:v>
+        <x:v>399251.5</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5722</x:v>
+        <x:v>431600</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>354944.1</x:v>
+        <x:v>363726.6</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4271</x:v>
+        <x:v>5722</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>335817.3</x:v>
+        <x:v>357740.8</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>107300</x:v>
+        <x:v>4271</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>334026.8</x:v>
+        <x:v>337460.5</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>431600</x:v>
+        <x:v>107300</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>327129.6</x:v>
+        <x:v>336803.3</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>6875</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>239387.5</x:v>
+        <x:v>332489.9</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1089</x:v>
+        <x:v>7145</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>231482</x:v>
+        <x:v>324233.9</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>52529</x:v>
+        <x:v>23273</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>194496.2</x:v>
+        <x:v>273965.8</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7257</x:v>
+        <x:v>58602</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>191339.5</x:v>
+        <x:v>226561.3</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>5227</x:v>
+        <x:v>7257</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>189157.7</x:v>
+        <x:v>205035.8</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>9681</x:v>
+        <x:v>10960</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>175963.4</x:v>
+        <x:v>175419.4</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>17825</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>171485.3</x:v>
+        <x:v>172739.6</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>14704</x:v>
+        <x:v>29900</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>169922.5</x:v>
+        <x:v>172455.5</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>10960</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>166029.9</x:v>
+        <x:v>172136.3</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>76615</x:v>
+        <x:v>9681</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>162589.8</x:v>
+        <x:v>162184.5</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>34798</x:v>
+        <x:v>3251</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>156699</x:v>
+        <x:v>160410.8</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>29900</x:v>
+        <x:v>3181</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>152150.1</x:v>
+        <x:v>155912.3</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1299</x:v>
+        <x:v>34798</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>149763.3</x:v>
+        <x:v>149420.5</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3181</x:v>
+        <x:v>15361</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>141945</x:v>
+        <x:v>146911.2</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2740</x:v>
+        <x:v>18461</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>137686.6</x:v>
+        <x:v>144324.3</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>51943</x:v>
+        <x:v>2740</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>135052.8</x:v>
+        <x:v>140675.6</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>15361</x:v>
+        <x:v>469000</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>133837.6</x:v>
+        <x:v>133113.7</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3251</x:v>
+        <x:v>76615</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>128598.4</x:v>
+        <x:v>128249.7</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2682</x:v>
+        <x:v>51943</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>126483.1</x:v>
+        <x:v>127278.3</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>18461</x:v>
+        <x:v>2682</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>123084.5</x:v>
+        <x:v>126000.4</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>469000</x:v>
+        <x:v>3513</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>120438.1</x:v>
+        <x:v>121705.4</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>600900</x:v>
+        <x:v>427000</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>120180</x:v>
+        <x:v>112463</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>115340</x:v>
+        <x:v>600900</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>106336.2</x:v>
+        <x:v>112013.8</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>45747</x:v>
+        <x:v>115340</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>106203.4</x:v>
+        <x:v>110545.8</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>427000</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>102428.4</x:v>
+        <x:v>108674.2</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3513</x:v>
+        <x:v>10260</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>101474.3</x:v>
+        <x:v>104139</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>5650</x:v>
+        <x:v>14600</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>96499.8</x:v>
+        <x:v>97980.5</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>10260</x:v>
+        <x:v>5650</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>93879</x:v>
+        <x:v>95829</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>6046</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>84556.8</x:v>
+        <x:v>91725.7</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2021</x:v>
+        <x:v>3296</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>80658.3</x:v>
+        <x:v>87811.8</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>59200</x:v>
+        <x:v>6046</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>80233.9</x:v>
+        <x:v>87205</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>14600</x:v>
+        <x:v>8597</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>80094.7</x:v>
+        <x:v>84835.7</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>3111</x:v>
+        <x:v>59200</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>79572</x:v>
+        <x:v>78738.4</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>8597</x:v>
+        <x:v>19400</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>73905.8</x:v>
+        <x:v>77362.9</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>19400</x:v>
+        <x:v>23936</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>72943.9</x:v>
+        <x:v>72769.9</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>27600</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>71774</x:v>
+        <x:v>71425.4</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>56600</x:v>
+        <x:v>70960.3</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>71671</x:v>
+        <x:v>70960.3</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>1709</x:v>
+        <x:v>264000</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>70970.3</x:v>
+        <x:v>70623.2</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>264000</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>70195.6</x:v>
+        <x:v>70531.1</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>348</x:v>
+        <x:v>3111</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>68488.2</x:v>
+        <x:v>68816.2</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>6953</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>68435</x:v>
+        <x:v>68534.3</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>3296</x:v>
+        <x:v>56600</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>67140.8</x:v>
+        <x:v>68114.6</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2040</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>66857.5</x:v>
+        <x:v>66148.6</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>6210</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>66402.4</x:v>
+        <x:v>64844.8</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>19937</x:v>
+        <x:v>6210</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>64095.1</x:v>
+        <x:v>63330.2</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
         <x:v>3780</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>63627.3</x:v>
+        <x:v>63314.2</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>2490</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>62462.7</x:v>
+        <x:v>62551.9</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>23936</x:v>
+        <x:v>15397</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>61596.3</x:v>
+        <x:v>62460.8</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1770</x:v>
+        <x:v>19937</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>59968.6</x:v>
+        <x:v>60863.5</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>47468</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>59433.3</x:v>
+        <x:v>60770.1</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>7913</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>59345.2</x:v>
+        <x:v>60731.6</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>2490</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>59138.1</x:v>
+        <x:v>59942</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>15397</x:v>
+        <x:v>18008</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>58896</x:v>
+        <x:v>59698.2</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>10242</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>57562.7</x:v>
+        <x:v>58498.7</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>1043</x:v>
+        <x:v>47468</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>55456.1</x:v>
+        <x:v>58371.6</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>6450</x:v>
+        <x:v>10242</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>54773.3</x:v>
+        <x:v>55495.5</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>18008</x:v>
+        <x:v>6450</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>54702.6</x:v>
+        <x:v>54693.2</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>12259</x:v>
+        <x:v>7913</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>51791.2</x:v>
+        <x:v>54441.9</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>870</x:v>
+        <x:v>12259</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>50887.5</x:v>
+        <x:v>52566.4</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>21711</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>49087.7</x:v>
+        <x:v>51197.7</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
         <x:v>1890</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>48736.9</x:v>
+        <x:v>48659.8</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>17027</x:v>
+        <x:v>21711</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>46206</x:v>
+        <x:v>47689.2</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>79000</x:v>
+        <x:v>17027</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>42735.3</x:v>
+        <x:v>44786.8</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
-      <x:c r="A79" s="3" t="s"/>
+      <x:c r="A79" s="3" t="s">
+        <x:v>230</x:v>
+      </x:c>
       <x:c r="B79" s="3" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>41116.4</x:v>
+        <x:v>9000</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>41116.4</x:v>
+        <x:v>44116.3</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
-        <x:v>231</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>9000</x:v>
+        <x:v>79000</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>41121.6</x:v>
+        <x:v>41778.3</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>426</x:v>
+        <x:v>3570</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>39941.8</x:v>
+        <x:v>40300.2</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>194</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>35618.9</x:v>
+        <x:v>40197.4</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>3570</x:v>
+        <x:v>13900</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>35437.6</x:v>
+        <x:v>35522.7</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>17371</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>34567</x:v>
+        <x:v>35305</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>7763</x:v>
+        <x:v>14214</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>33810.1</x:v>
+        <x:v>33273.1</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>13900</x:v>
+        <x:v>17371</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>33596.1</x:v>
+        <x:v>33187.8</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>14214</x:v>
+        <x:v>7763</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>32862.6</x:v>
+        <x:v>31656.7</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
         <x:v>653</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>31473.2</x:v>
+        <x:v>29615.9</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
         <x:v>220</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>29348.5</x:v>
+        <x:v>29047.2</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
         <x:v>11900</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>29003.5</x:v>
+        <x:v>26951.9</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>3463</x:v>
+        <x:v>262400</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>28735.7</x:v>
+        <x:v>26455</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>19900</x:v>
+        <x:v>58600</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>24250.8</x:v>
+        <x:v>26096.8</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>23843.4</x:v>
+        <x:v>23050.6</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>1809</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>20523.8</x:v>
+        <x:v>22236.1</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>2627</x:v>
+        <x:v>19900</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>19695.8</x:v>
+        <x:v>21703.6</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>10059</x:v>
+        <x:v>58500</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>19438.3</x:v>
+        <x:v>21634.1</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>9377</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>18738.8</x:v>
+        <x:v>20481.1</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
         <x:v>3189</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>18642.4</x:v>
+        <x:v>20073.2</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>1790</x:v>
+        <x:v>10059</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>16215.5</x:v>
+        <x:v>18560.8</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
-      <x:c r="A100" s="3" t="s"/>
+      <x:c r="A100" s="3" t="s">
+        <x:v>293</x:v>
+      </x:c>
       <x:c r="B100" s="3" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>205745</x:v>
+        <x:v>9377</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>6738.1</x:v>
+        <x:v>17488.3</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
-      <x:c r="A101" s="3" t="s"/>
+      <x:c r="A101" s="3" t="s">
+        <x:v>296</x:v>
+      </x:c>
       <x:c r="B101" s="3" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>1713.9</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>1990.4</x:v>
+        <x:v>15862.2</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s"/>
       <x:c r="B102" s="3" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>28092.6</x:v>
+        <x:v>-6273.2</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>1514.9</x:v>
+        <x:v>-6273.2</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s"/>
       <x:c r="B103" s="3" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>43495.7</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2344.6</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s"/>
       <x:c r="B104" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>1713.9</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1978.2</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:7">
+      <x:c r="A105" s="3" t="s"/>
+      <x:c r="B105" s="3" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C105" s="3" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D105" s="4" t="n">
+        <x:v>2035496</x:v>
+      </x:c>
+      <x:c r="E105" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F105" s="4" t="n">
+        <x:v>1428.7</x:v>
+      </x:c>
+      <x:c r="G105" s="3" t="s">
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
-      <x:c r="A106" s="3" t="s">
-        <x:v>303</x:v>
+      <x:c r="A106" s="3" t="s"/>
+      <x:c r="B106" s="3" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C106" s="3" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D106" s="4" t="n">
+        <x:v>28980000</x:v>
+      </x:c>
+      <x:c r="E106" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F106" s="4" t="n">
+        <x:v>1101.3</x:v>
+      </x:c>
+      <x:c r="G106" s="3" t="s">
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
-      <x:c r="A107" s="3" t="s">
-        <x:v>304</x:v>
+      <x:c r="A107" s="3" t="s"/>
+      <x:c r="B107" s="3" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C107" s="3" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D107" s="4" t="n">
+        <x:v>48109.4</x:v>
+      </x:c>
+      <x:c r="E107" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F107" s="4" t="n">
+        <x:v>541.9</x:v>
+      </x:c>
+      <x:c r="G107" s="3" t="s">
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
-      <x:c r="A108" s="1" t="s">
-        <x:v>305</x:v>
+      <x:c r="A108" s="3" t="s"/>
+      <x:c r="B108" s="3" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C108" s="3" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="D108" s="4" t="n">
+        <x:v>2035.1</x:v>
+      </x:c>
+      <x:c r="E108" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F108" s="4" t="n">
+        <x:v>377.9</x:v>
+      </x:c>
+      <x:c r="G108" s="3" t="s">
+        <x:v>301</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:7">
+      <x:c r="A109" s="3" t="s"/>
+      <x:c r="B109" s="3" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D109" s="4" t="n">
+        <x:v>10731</x:v>
+      </x:c>
+      <x:c r="E109" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F109" s="4" t="n">
+        <x:v>349.1</x:v>
+      </x:c>
+      <x:c r="G109" s="3" t="s">
+        <x:v>301</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:7">
+      <x:c r="A111" s="3" t="s">
+        <x:v>316</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:7">
+      <x:c r="A112" s="3" t="s">
+        <x:v>317</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:7">
+      <x:c r="A113" s="1" t="s">
+        <x:v>318</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>