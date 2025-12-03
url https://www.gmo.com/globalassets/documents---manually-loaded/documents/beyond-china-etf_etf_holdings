--- v1 (2025-11-03)
+++ v2 (2025-12-03)
@@ -1,1005 +1,1002 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a675efc1cfd41d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/debc63a94d534111af83e921ab600017.psmdcp" Id="Rb09712bab9a1468c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b83fdb0c86b42ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00e24b7173b94d64ba11599d6778b3d6.psmdcp" Id="Rcbfb047a5e7749ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="319">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="318" uniqueCount="318">
   <x:si>
     <x:t>Holdings - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/03/2025 (%)</x:t>
+    <x:t>As of 12/02/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>TSM</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor-Sp Adr</x:t>
+    <x:t>TAIWAN SEMICONDUCTOR SP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>874039100</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
-    <x:t>005930</x:t>
-[...5 lines deleted...]
-    <x:t>S67717207</x:t>
+    <x:t>A005930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAMSUNG ELECTRONICS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>677172009</x:t>
   </x:si>
   <x:si>
     <x:t>2308</x:t>
   </x:si>
   <x:si>
-    <x:t>Delta Electronics Inc</x:t>
-[...2 lines deleted...]
-    <x:t>S62607346</x:t>
+    <x:t>DELTA ELECTRONICS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>626073902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEDIATEK INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637248907</x:t>
   </x:si>
   <x:si>
     <x:t>BBCA</x:t>
   </x:si>
   <x:si>
-    <x:t>Bank Central Asia Tbk Pt</x:t>
-[...2 lines deleted...]
-    <x:t>SB01C1P69</x:t>
+    <x:t>BANK CENTRAL ASIA TBK PT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B01C1P906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMCL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HERO MOTOCORP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>632732905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KTB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRUNG THAI BANK   NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>636146904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIZLINK HOLDING INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B5SG8Y901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAJAJ FINANCE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTFGH1905</x:t>
   </x:si>
   <x:si>
     <x:t>IBN</x:t>
   </x:si>
   <x:si>
-    <x:t>Icici Bank Ltd-Spon Adr</x:t>
+    <x:t>ICICI BANK LTD SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>45104G104</x:t>
   </x:si>
   <x:si>
-    <x:t>2454</x:t>
-[...23 lines deleted...]
-    <x:t>S63273270</x:t>
+    <x:t>MWG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOBILE WORLD INVESTMENT CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI088LX4</x:t>
   </x:si>
   <x:si>
     <x:t>EIM</x:t>
   </x:si>
   <x:si>
-    <x:t>Eicher Motors Ltd</x:t>
-[...38 lines deleted...]
-    <x:t>SBTFGH156</x:t>
+    <x:t>EICHER MOTORS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1QHVP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A010120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LS ELECTRIC CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637821901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APNT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASIAN PAINTS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI06HHK9</x:t>
   </x:si>
   <x:si>
     <x:t>EMAAR</x:t>
   </x:si>
   <x:si>
-    <x:t>Emaar Properties Pjsc</x:t>
-[...11 lines deleted...]
-    <x:t>SBCRWL656</x:t>
+    <x:t>EMAAR PROPERTIES PJSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B01RM2901</x:t>
   </x:si>
   <x:si>
     <x:t>PZU</x:t>
   </x:si>
   <x:si>
-    <x:t>Powszechny Zaklad Ubezpiecze</x:t>
-[...11 lines deleted...]
-    <x:t>S28238855</x:t>
+    <x:t>POWSZECHNY ZAKLAD UBEZPIECZE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B63DG2904</x:t>
   </x:si>
   <x:si>
     <x:t>KBANK-R</x:t>
   </x:si>
   <x:si>
-    <x:t>Kasikornbank Pcl-Nvdr</x:t>
-[...11 lines deleted...]
-    <x:t>SB0V3XR53</x:t>
+    <x:t>KASIKORNBANK PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>636476905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HNDL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HINDALCO INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0GWF4908</x:t>
   </x:si>
   <x:si>
     <x:t>2379</x:t>
   </x:si>
   <x:si>
-    <x:t>Realtek Semiconductor Corp</x:t>
-[...11 lines deleted...]
-    <x:t>S64509888</x:t>
+    <x:t>REALTEK SEMICONDUCTOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605142900</x:t>
   </x:si>
   <x:si>
     <x:t>KKC</x:t>
   </x:si>
   <x:si>
-    <x:t>Cummins India Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>S62948633</x:t>
+    <x:t>CUMMINS INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>629486903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEGE3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEG SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294542907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK PEKAO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>547311902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AC *</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCA CONTINENTAL SAB DE CV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>282388909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A086280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYUNDAI GLOVIS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0V3XR904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A000720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYUNDAI ENGINEERING + CONST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>645098005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMRI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK MANDIRI PERSERO TBK PT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>665104907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GELEX GROUP JSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYV0WY902</x:t>
   </x:si>
   <x:si>
     <x:t>6176</x:t>
   </x:si>
   <x:si>
-    <x:t>Radiant Opto-Electronics Cor</x:t>
-[...47 lines deleted...]
-    <x:t>SBYV0WY46</x:t>
+    <x:t>RADIANT OPTO ELECTRONICS COR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>652027905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GBOOY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUPO FIN BANORTE SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40052P107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHISON ELECTRONICS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>672846904</x:t>
   </x:si>
   <x:si>
     <x:t>ALDAR</x:t>
   </x:si>
   <x:si>
-    <x:t>Aldar Properties Pjsc</x:t>
-[...20 lines deleted...]
-    <x:t>S67284695</x:t>
+    <x:t>ALDAR PROPERTIES PJSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0LX3Y907</x:t>
   </x:si>
   <x:si>
     <x:t>BBNI</x:t>
   </x:si>
   <x:si>
-    <x:t>Bank Negara Indonesia Perser</x:t>
-[...2 lines deleted...]
-    <x:t>S67271213</x:t>
+    <x:t>BANK NEGARA INDONESIA PERSER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>672712908</x:t>
   </x:si>
   <x:si>
     <x:t>ANTM</x:t>
   </x:si>
   <x:si>
-    <x:t>Aneka Tambang Tbk</x:t>
-[...2 lines deleted...]
-    <x:t>S60538592</x:t>
+    <x:t>ANEKA TAMBANG TBK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605385905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENTERA *</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENTERA SAB DE CV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHWQZW902</x:t>
   </x:si>
   <x:si>
     <x:t>MAVI</x:t>
   </x:si>
   <x:si>
-    <x:t>Mavi Giyim Sanayi Ve Tica-B</x:t>
-[...11 lines deleted...]
-    <x:t>SBHWQZW16</x:t>
+    <x:t>MAVI GIYIM SANAYI VE TICA B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF5M48902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELTA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELTA ELECTRONICS THAI NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>641893904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU SMALL FINANCE BANK LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0W0Q01</x:t>
   </x:si>
   <x:si>
     <x:t>CX</x:t>
   </x:si>
   <x:si>
-    <x:t>Cemex Sab-Spons Adr Part Cer</x:t>
+    <x:t>CEMEX SAB SPONS ADR PART CER</x:t>
   </x:si>
   <x:si>
     <x:t>151290889</x:t>
   </x:si>
   <x:si>
-    <x:t>DELTA-R</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>CEAT</x:t>
   </x:si>
   <x:si>
-    <x:t>Ceat Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>S63454821</x:t>
+    <x:t>CEAT LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>634548903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>2360</x:t>
   </x:si>
   <x:si>
-    <x:t>Chroma Ate Inc</x:t>
-[...20 lines deleted...]
-    <x:t>SBF1YBK21</x:t>
+    <x:t>CHROMA ATE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>621210905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A011200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMM CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>640586905</x:t>
   </x:si>
   <x:si>
     <x:t>KBC</x:t>
   </x:si>
   <x:si>
-    <x:t>Kinh Bac City Development Ho</x:t>
-[...2 lines deleted...]
-    <x:t>SB2B3VJ74</x:t>
+    <x:t>KINH BAC CITY DEVELOPMENT HO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2B3VJ902</x:t>
   </x:si>
   <x:si>
     <x:t>FSOL</x:t>
   </x:si>
   <x:si>
-    <x:t>Firstsource Solutions Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>SB8F6ZF89</x:t>
+    <x:t>FIRSTSOURCE SOLUTIONS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1KKXG900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAMUDA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAMUDA BHD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635988009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP THAILAND PCL   NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661267906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAVIN FLUORINE INTERNATIONAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0WB914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COROMANDEL INTERNATIONAL LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0VDZN909</x:t>
   </x:si>
   <x:si>
     <x:t>GMD</x:t>
   </x:si>
   <x:si>
-    <x:t>Gemadept Corp</x:t>
-[...32 lines deleted...]
-    <x:t>S64077571</x:t>
+    <x:t>GEMADEPT CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B16GK9905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIPPON LIFE INDIA ASSET MANA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0YJ394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1Y9QS902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BELA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JUMBO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>724353909</x:t>
   </x:si>
   <x:si>
     <x:t>4966</x:t>
   </x:si>
   <x:si>
-    <x:t>Parade Technologies Ltd</x:t>
-[...38 lines deleted...]
-    <x:t>S72435308</x:t>
+    <x:t>PARADE TECHNOLOGIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B6RV67908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANAPPURAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANAPPURAM FINANCE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>657040903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUMA B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUMA S.A.B. B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>239254907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A000990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DB HITEK CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>640775003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAARDEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAAR DEVELOPMENT PJSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF557N903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPRTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTPORTS HOLDINGS BHD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDFM1K902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCB X PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPH072905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALMEX *</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALMART DE MEXICO SAB DE CV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BW1YVH903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOMENTO ECONOMICO MEX SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>344419106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONETA MONEY BANK AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BD3CQ1902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRF LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637494907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DFPC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEEPAK FERTILISERS + PETRO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637475906</x:t>
   </x:si>
   <x:si>
     <x:t>2395</x:t>
   </x:si>
   <x:si>
-    <x:t>Advantech Co Ltd</x:t>
-[...47 lines deleted...]
-    <x:t>SBPH07288</x:t>
+    <x:t>ADVANTECH CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>620267906</x:t>
   </x:si>
   <x:si>
     <x:t>DIXON</x:t>
   </x:si>
   <x:si>
-    <x:t>Dixon Technologies India Ltd</x:t>
-[...38 lines deleted...]
-    <x:t>SBDFM1K84</x:t>
+    <x:t>DIXON TECHNOLOGIES INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1WH5K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SINBON ELECTRONICS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>634935902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VESTA *</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORP INMOBILIARIA VESTA SAB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI028NY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOGUS OTOMOTIV SERVIS VE TIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B03MRJ908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASTRA INTERNATIONAL TBK PT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B800MQ901</x:t>
   </x:si>
   <x:si>
     <x:t>CHMB</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambal Fertilisers &amp; Chem</x:t>
-[...38 lines deleted...]
-    <x:t>SB1Y9QS96</x:t>
+    <x:t>CHAMBAL FERTILISERS + CHEM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609993902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBLENGIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBL ENGINEERING LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B03D00908</x:t>
   </x:si>
   <x:si>
     <x:t>BIL</x:t>
   </x:si>
   <x:si>
-    <x:t>Balkrishna Industries Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>S63887889</x:t>
+    <x:t>BALKRISHNA INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>638878900</x:t>
   </x:si>
   <x:si>
     <x:t>CSTRL</x:t>
   </x:si>
   <x:si>
-    <x:t>Castrol India Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>SBKS8B795</x:t>
+    <x:t>CASTROL INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKS8B7901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANGKOK BANK PUBLIC CO NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>636836900</x:t>
   </x:si>
   <x:si>
     <x:t>ARCLK</x:t>
   </x:si>
   <x:si>
-    <x:t>Arcelik As</x:t>
-[...47 lines deleted...]
-    <x:t>SBYSX0F30</x:t>
+    <x:t>ARCELIK AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B03MP1909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPALI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUPALAI PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>655474906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIETNAM DAIRY PRODUCTS JSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B16GLK909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBAJIO O</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO DEL BAJIO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0VM9Y9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PETROVIETNAM GAS JSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B83C9P909</x:t>
   </x:si>
   <x:si>
     <x:t>MSIL</x:t>
   </x:si>
   <x:si>
-    <x:t>Maruti Suzuki India Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>SB83C9P60</x:t>
+    <x:t>MARUTI SUZUKI INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663371904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANTANDER BANK POLSKA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>715363909</x:t>
   </x:si>
   <x:si>
     <x:t>IRCON</x:t>
   </x:si>
   <x:si>
-    <x:t>Ircon International Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>SBM7SZX87</x:t>
+    <x:t>IRCON INTERNATIONAL LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1LFSX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMATA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMATA CORP PUBLIC COLTD NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659296909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEI INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1L9PJ907</x:t>
   </x:si>
   <x:si>
     <x:t>PCBL</x:t>
   </x:si>
   <x:si>
-    <x:t>Pcbl Chemical Ltd</x:t>
-[...20 lines deleted...]
-    <x:t>S71536395</x:t>
+    <x:t>PCBL CHEMICAL LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI24T8N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHA CORP PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B83043909</x:t>
   </x:si>
   <x:si>
     <x:t>VCB</x:t>
   </x:si>
   <x:si>
-    <x:t>Bank For Foreign Trade Jsc</x:t>
-[...20 lines deleted...]
-    <x:t>S65929655</x:t>
+    <x:t>BANK FOR FOREIGN TRADE JSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B622TR900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHRIRAM FINANCE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BS4DBX902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VPB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIETNAM PROSPERITY JSC BANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF4704909</x:t>
   </x:si>
   <x:si>
     <x:t>KKB</x:t>
   </x:si>
   <x:si>
-    <x:t>Kirloskar Brothers Ltd</x:t>
-[...29 lines deleted...]
-    <x:t>SB800MQ51</x:t>
+    <x:t>KIRLOSKAR BROTHERS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0F4S3909</x:t>
   </x:si>
   <x:si>
     <x:t>ARENM</x:t>
   </x:si>
   <x:si>
-    <x:t>Amara Raja Energy &amp; Mobility</x:t>
-[...2 lines deleted...]
-    <x:t>BRSFU7AU1</x:t>
+    <x:t>AMARA RAJA ENERGY + MOBILITY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B8BGVX909</x:t>
   </x:si>
   <x:si>
     <x:t>2603</x:t>
   </x:si>
   <x:si>
-    <x:t>Evergreen Marine Corp Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>S63245005</x:t>
+    <x:t>EVERGREEN MARINE CORP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>632450904</x:t>
   </x:si>
   <x:si>
     <x:t>JM</x:t>
   </x:si>
   <x:si>
-    <x:t>Jm Financial Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>S63306377</x:t>
+    <x:t>JM FINANCIAL LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>633063904</x:t>
   </x:si>
   <x:si>
     <x:t>PARADEEP</x:t>
   </x:si>
   <x:si>
-    <x:t>Paradeep Phosphates Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>SBMGJRL47</x:t>
+    <x:t>PARADEEP PHOSPHATES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI25R6J9</x:t>
   </x:si>
   <x:si>
     <x:t>FNXC</x:t>
   </x:si>
   <x:si>
-    <x:t>Finolex Cables Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>BRWA0JXZ8</x:t>
+    <x:t>FINOLEX CABLES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1LDTB901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEXICAN PESO (NEW)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999MXNZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>Trade Date Cash (MXN)</x:t>
-[...38 lines deleted...]
-    <x:t>XTWD00008</x:t>
+    <x:t>THAILAND BAHT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999THBZ91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EURO CURRENCY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999EURZ94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEW TAIWAN DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999TWDZ90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999USDZ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDIAN RUPEE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999INRZ93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INR999999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRAZILIAN REAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999BRLZ97</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1355,53 +1352,53 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:G113"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="10.970625" style="0" customWidth="1"/>
-[...1 lines deleted...]
-    <x:col min="3" max="3" width="13.090625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="15.060625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="33.340625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="13.590625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
@@ -1411,2425 +1408,2423 @@
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>3961</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1190003.2</x:v>
+        <x:v>1139500.5</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>7053</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>532161.8</x:v>
+        <x:v>483606.2</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>14151</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>458028.2</x:v>
+        <x:v>437956.8</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>801000</x:v>
+        <x:v>9369</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>410614.9</x:v>
+        <x:v>430618.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13189</x:v>
+        <x:v>801000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>399626.7</x:v>
+        <x:v>403986.8</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9369</x:v>
+        <x:v>5722</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>399251.5</x:v>
+        <x:v>402321.8</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>431600</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>363726.6</x:v>
+        <x:v>374278.1</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5722</x:v>
+        <x:v>7145</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>357740.8</x:v>
+        <x:v>363624.8</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4271</x:v>
+        <x:v>31847</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>337460.5</x:v>
+        <x:v>362639.8</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>107300</x:v>
+        <x:v>11655</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>336803.3</x:v>
+        <x:v>356409.9</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1089</x:v>
+        <x:v>114700</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>332489.9</x:v>
+        <x:v>347951.4</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7145</x:v>
+        <x:v>4271</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>324233.9</x:v>
+        <x:v>340263.6</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>23273</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>273965.8</x:v>
+        <x:v>282358.5</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>58602</x:v>
+        <x:v>7257</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>226561.3</x:v>
+        <x:v>232071.7</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>7257</x:v>
+        <x:v>58602</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>205035.8</x:v>
+        <x:v>212222</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>10960</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>175419.4</x:v>
+        <x:v>190375.9</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>17825</x:v>
+        <x:v>29900</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>172739.6</x:v>
+        <x:v>176596.9</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>29900</x:v>
+        <x:v>19174</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>172455.5</x:v>
+        <x:v>173801.6</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1299</x:v>
+        <x:v>9681</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>172136.3</x:v>
+        <x:v>164126.5</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>9681</x:v>
+        <x:v>3181</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>162184.5</x:v>
+        <x:v>161012.9</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3251</x:v>
+        <x:v>18461</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>160410.8</x:v>
+        <x:v>155692.5</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3181</x:v>
+        <x:v>2740</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>155912.3</x:v>
+        <x:v>149962.4</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>34798</x:v>
+        <x:v>14155</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>149420.5</x:v>
+        <x:v>144438</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>15361</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>146911.2</x:v>
+        <x:v>144030.4</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>18461</x:v>
+        <x:v>3251</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>144324.3</x:v>
+        <x:v>141753.1</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2740</x:v>
+        <x:v>469000</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>140675.6</x:v>
+        <x:v>136856.2</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>469000</x:v>
+        <x:v>76615</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>133113.7</x:v>
+        <x:v>135528.5</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>76615</x:v>
+        <x:v>34798</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>128249.7</x:v>
+        <x:v>131714.2</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>51943</x:v>
+        <x:v>2682</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>127278.3</x:v>
+        <x:v>128843.3</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2682</x:v>
+        <x:v>3513</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>126000.4</x:v>
+        <x:v>123472.9</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3513</x:v>
+        <x:v>51943</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>121705.4</x:v>
+        <x:v>115268.6</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>427000</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>112463</x:v>
+        <x:v>110499.6</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
         <x:v>600900</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>112013.8</x:v>
+        <x:v>107877</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>115340</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>110545.8</x:v>
+        <x:v>107579.7</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>45747</x:v>
+        <x:v>115340</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>108674.2</x:v>
+        <x:v>105083.1</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>10260</x:v>
+        <x:v>14600</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>104139</x:v>
+        <x:v>94443.8</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>14600</x:v>
+        <x:v>8597</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>97980.5</x:v>
+        <x:v>91308.4</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>5650</x:v>
+        <x:v>8430</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>95829</x:v>
+        <x:v>89358</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>91725.7</x:v>
+        <x:v>86697.1</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="3" t="s">
+      <x:c r="A45" s="3" t="s"/>
+      <x:c r="B45" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="B45" s="3" t="s">
+      <x:c r="C45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C45" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>3296</x:v>
+        <x:v>83103</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>87811.8</x:v>
+        <x:v>83103</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>6046</x:v>
+        <x:v>3296</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>87205</x:v>
+        <x:v>82297.8</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>8597</x:v>
+        <x:v>6046</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>84835.7</x:v>
+        <x:v>82171.5</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
         <x:v>59200</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>78738.4</x:v>
+        <x:v>77784</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>19400</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>77362.9</x:v>
+        <x:v>75274.6</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>23936</x:v>
+        <x:v>56600</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>72769.9</x:v>
+        <x:v>72616.8</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>27600</x:v>
+        <x:v>264000</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>71425.4</x:v>
+        <x:v>68475</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>70960.3</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>70960.3</x:v>
+        <x:v>66941.1</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B53" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="B53" s="3" t="s">
+      <x:c r="C53" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C53" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>264000</x:v>
+        <x:v>2490</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>70623.2</x:v>
+        <x:v>66735.5</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B54" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="B54" s="3" t="s">
+      <x:c r="C54" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C54" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1709</x:v>
+        <x:v>27600</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>70531.1</x:v>
+        <x:v>66458.1</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="B55" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="B55" s="3" t="s">
+      <x:c r="C55" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C55" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>3111</x:v>
+        <x:v>6953</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>68816.2</x:v>
+        <x:v>66375.1</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B56" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="B56" s="3" t="s">
+      <x:c r="C56" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C56" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>6953</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>68534.3</x:v>
+        <x:v>65696.2</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="B57" s="3" t="s">
+      <x:c r="C57" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="C57" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>56600</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>68114.6</x:v>
+        <x:v>64892.4</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="B58" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="B58" s="3" t="s">
+      <x:c r="C58" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C58" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1043</x:v>
+        <x:v>3111</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>66148.6</x:v>
+        <x:v>63528.2</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="B59" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="B59" s="3" t="s">
+      <x:c r="C59" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C59" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>2040</x:v>
+        <x:v>19937</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>64844.8</x:v>
+        <x:v>62821.6</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="B60" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="B60" s="3" t="s">
+      <x:c r="C60" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C60" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>6210</x:v>
+        <x:v>3621</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>63330.2</x:v>
+        <x:v>62314.5</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="B61" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="B61" s="3" t="s">
+      <x:c r="C61" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C61" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>3780</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>63314.2</x:v>
+        <x:v>61951.5</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="B62" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="B62" s="3" t="s">
+      <x:c r="C62" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C62" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1727</x:v>
+        <x:v>15397</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>62551.9</x:v>
+        <x:v>61628.3</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B63" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="B63" s="3" t="s">
+      <x:c r="C63" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="C63" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>15397</x:v>
+        <x:v>47468</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>62460.8</x:v>
+        <x:v>61590.1</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="B64" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="B64" s="3" t="s">
+      <x:c r="C64" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C64" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>19937</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>60863.5</x:v>
+        <x:v>61171.9</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B65" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="B65" s="3" t="s">
+      <x:c r="C65" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C65" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>18008</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>60770.1</x:v>
+        <x:v>60162.7</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B66" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="B66" s="3" t="s">
+      <x:c r="C66" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C66" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>348</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>60731.6</x:v>
+        <x:v>58544.3</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B67" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="B67" s="3" t="s">
+      <x:c r="C67" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="C67" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>2490</x:v>
+        <x:v>6450</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>59942</x:v>
+        <x:v>57839.5</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B68" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="B68" s="3" t="s">
+      <x:c r="C68" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C68" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>18008</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>59698.2</x:v>
+        <x:v>57634.5</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B69" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="B69" s="3" t="s">
+      <x:c r="C69" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="C69" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1770</x:v>
+        <x:v>3780</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>58498.7</x:v>
+        <x:v>57224.2</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B70" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="B70" s="3" t="s">
+      <x:c r="C70" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C70" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>47468</x:v>
+        <x:v>6210</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>58371.6</x:v>
+        <x:v>56887.3</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B71" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="B71" s="3" t="s">
+      <x:c r="C71" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C71" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>10242</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>55495.5</x:v>
+        <x:v>56552.7</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="B72" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="B72" s="3" t="s">
+      <x:c r="C72" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C72" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>6450</x:v>
+        <x:v>7913</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>54693.2</x:v>
+        <x:v>55372.6</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B73" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="B73" s="3" t="s">
+      <x:c r="C73" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="C73" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>7913</x:v>
+        <x:v>17582</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>54441.9</x:v>
+        <x:v>54235.1</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B74" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="B74" s="3" t="s">
+      <x:c r="C74" s="3" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>217</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
         <x:v>12259</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>52566.4</x:v>
+        <x:v>53793</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="B75" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="B75" s="3" t="s">
+      <x:c r="C75" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C75" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>870</x:v>
+        <x:v>134200</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>51197.7</x:v>
+        <x:v>51367.5</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="B76" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="B76" s="3" t="s">
+      <x:c r="C76" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C76" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>1890</x:v>
+        <x:v>10242</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>48659.8</x:v>
+        <x:v>50570.3</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="B77" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="B77" s="3" t="s">
+      <x:c r="C77" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C77" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>21711</x:v>
+        <x:v>5206</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>47689.2</x:v>
+        <x:v>50462.2</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="B78" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="B78" s="3" t="s">
+      <x:c r="C78" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C78" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>17027</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>44786.8</x:v>
+        <x:v>48706.8</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="B79" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="B79" s="3" t="s">
+      <x:c r="C79" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C79" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>9000</x:v>
+        <x:v>21711</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>44116.3</x:v>
+        <x:v>46288</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="B80" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="B80" s="3" t="s">
+      <x:c r="C80" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C80" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>79000</x:v>
+        <x:v>9000</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>41778.3</x:v>
+        <x:v>44859.4</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="B81" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="B81" s="3" t="s">
+      <x:c r="C81" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C81" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>3570</x:v>
+        <x:v>17027</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>40300.2</x:v>
+        <x:v>43817.9</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B82" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="B82" s="3" t="s">
+      <x:c r="C82" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C82" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>426</x:v>
+        <x:v>79000</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>40197.4</x:v>
+        <x:v>40981.3</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B83" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="B83" s="3" t="s">
+      <x:c r="C83" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C83" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>13900</x:v>
+        <x:v>15500</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>35522.7</x:v>
+        <x:v>38145.4</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="B84" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="B84" s="3" t="s">
+      <x:c r="C84" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C84" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>194</x:v>
+        <x:v>13900</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>35305</x:v>
+        <x:v>35938.7</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="B85" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="B85" s="3" t="s">
+      <x:c r="C85" s="3" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
         <x:v>14214</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>33273.1</x:v>
+        <x:v>35250</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="B86" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="B86" s="3" t="s">
+      <x:c r="C86" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C86" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>17371</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>33187.8</x:v>
+        <x:v>34929.6</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="B87" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="B87" s="3" t="s">
+      <x:c r="C87" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C87" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>7763</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>31656.7</x:v>
+        <x:v>30885.2</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="B88" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="B88" s="3" t="s">
+      <x:c r="C88" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C88" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>653</x:v>
+        <x:v>17371</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>29615.9</x:v>
+        <x:v>30857.4</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="B89" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="B89" s="3" t="s">
+      <x:c r="C89" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="C89" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>220</x:v>
+        <x:v>58600</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>29047.2</x:v>
+        <x:v>30581.9</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="B90" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="B90" s="3" t="s">
+      <x:c r="C90" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C90" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>11900</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>26951.9</x:v>
+        <x:v>29970.2</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="B91" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="B91" s="3" t="s">
+      <x:c r="C91" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="C91" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>262400</x:v>
+        <x:v>7763</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>26455</x:v>
+        <x:v>27997.8</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="B92" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="B92" s="3" t="s">
+      <x:c r="C92" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C92" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>58600</x:v>
+        <x:v>262400</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>26096.8</x:v>
+        <x:v>26732</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="B93" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="B93" s="3" t="s">
+      <x:c r="C93" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="C93" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>1089</x:v>
+        <x:v>11900</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>23050.6</x:v>
+        <x:v>25946.6</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="B94" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="B94" s="3" t="s">
+      <x:c r="C94" s="3" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
         <x:v>2627</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>22236.1</x:v>
+        <x:v>24990</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="B95" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="B95" s="3" t="s">
+      <x:c r="C95" s="3" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
         <x:v>19900</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>21703.6</x:v>
+        <x:v>22109.9</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="B96" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="B96" s="3" t="s">
+      <x:c r="C96" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C96" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>58500</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>21634.1</x:v>
+        <x:v>20489</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B97" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="B97" s="3" t="s">
+      <x:c r="C97" s="3" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
         <x:v>1809</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>20481.1</x:v>
+        <x:v>19189.1</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="B98" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="B98" s="3" t="s">
+      <x:c r="C98" s="3" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
         <x:v>3189</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>20073.2</x:v>
+        <x:v>18410.4</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="B99" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="B99" s="3" t="s">
+      <x:c r="C99" s="3" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
         <x:v>10059</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>18560.8</x:v>
+        <x:v>17280</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="B100" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="B100" s="3" t="s">
+      <x:c r="C100" s="3" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
         <x:v>9377</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>17488.3</x:v>
+        <x:v>16752.4</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="B101" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="B101" s="3" t="s">
+      <x:c r="C101" s="3" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
         <x:v>1790</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>15862.2</x:v>
+        <x:v>14987.2</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s"/>
       <x:c r="B102" s="3" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C102" s="3" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="C102" s="3" t="s">
+      <x:c r="D102" s="4" t="n">
+        <x:v>107939.5</x:v>
+      </x:c>
+      <x:c r="E102" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F102" s="4" t="n">
+        <x:v>5896.2</x:v>
+      </x:c>
+      <x:c r="G102" s="3" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s"/>
       <x:c r="B103" s="3" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C103" s="3" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C103" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>43495.7</x:v>
+        <x:v>167029.2</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>2344.6</x:v>
+        <x:v>5219.7</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s"/>
       <x:c r="B104" s="3" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C104" s="3" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
         <x:v>1713.9</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>1978.2</x:v>
+        <x:v>1989.7</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s"/>
       <x:c r="B105" s="3" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C105" s="3" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C105" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>2035496</x:v>
+        <x:v>10731</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>1428.7</x:v>
+        <x:v>341.3</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s"/>
       <x:c r="B106" s="3" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C106" s="3" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="C106" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>28980000</x:v>
+        <x:v>86.1</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>1101.3</x:v>
+        <x:v>86.1</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s"/>
       <x:c r="B107" s="3" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C107" s="3" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="C107" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>48109.4</x:v>
+        <x:v>7735.6</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>541.9</x:v>
+        <x:v>86.4</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s"/>
       <x:c r="B108" s="3" t="s">
-        <x:v>312</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
-        <x:v>313</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>2035.1</x:v>
+        <x:v>-7735.6</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>377.9</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s"/>
       <x:c r="B109" s="3" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C109" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>10731</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>349.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s">
-        <x:v>316</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>