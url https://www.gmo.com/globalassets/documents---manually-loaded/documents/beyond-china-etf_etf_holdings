--- v2 (2025-12-03)
+++ v3 (2026-01-20)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b83fdb0c86b42ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00e24b7173b94d64ba11599d6778b3d6.psmdcp" Id="Rcbfb047a5e7749ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e61ca905a244edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/329482afcfb546c092f9ef7026784917.psmdcp" Id="R71104f3bef674439" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="318" uniqueCount="318">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="306">
   <x:si>
     <x:t>Holdings - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/02/2025 (%)</x:t>
+    <x:t>As of 01/16/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>TSM</x:t>
   </x:si>
@@ -67,936 +67,900 @@
   <x:si>
     <x:t>874039100</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>A005930</x:t>
   </x:si>
   <x:si>
     <x:t>SAMSUNG ELECTRONICS CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>677172009</x:t>
   </x:si>
   <x:si>
     <x:t>2308</x:t>
   </x:si>
   <x:si>
     <x:t>DELTA ELECTRONICS INC</x:t>
   </x:si>
   <x:si>
     <x:t>626073902</x:t>
   </x:si>
   <x:si>
+    <x:t>KTB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRUNG THAI BANK   NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>636146904</x:t>
+  </x:si>
+  <x:si>
     <x:t>2454</x:t>
   </x:si>
   <x:si>
     <x:t>MEDIATEK INC</x:t>
   </x:si>
   <x:si>
     <x:t>637248907</x:t>
   </x:si>
   <x:si>
     <x:t>BBCA</x:t>
   </x:si>
   <x:si>
     <x:t>BANK CENTRAL ASIA TBK PT</x:t>
   </x:si>
   <x:si>
     <x:t>B01C1P906</x:t>
   </x:si>
   <x:si>
+    <x:t>MWG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOBILE WORLD INVESTMENT CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI088LX4</x:t>
+  </x:si>
+  <x:si>
     <x:t>HMCL</x:t>
   </x:si>
   <x:si>
     <x:t>HERO MOTOCORP LTD</x:t>
   </x:si>
   <x:si>
     <x:t>632732905</x:t>
   </x:si>
   <x:si>
-    <x:t>KTB</x:t>
-[...5 lines deleted...]
-    <x:t>636146904</x:t>
+    <x:t>EIM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EICHER MOTORS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1QHVP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAJAJ FINANCE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTFGH1905</x:t>
   </x:si>
   <x:si>
     <x:t>3665</x:t>
   </x:si>
   <x:si>
     <x:t>BIZLINK HOLDING INC</x:t>
   </x:si>
   <x:si>
     <x:t>B5SG8Y901</x:t>
   </x:si>
   <x:si>
-    <x:t>BAF</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>IBN</x:t>
   </x:si>
   <x:si>
     <x:t>ICICI BANK LTD SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>45104G104</x:t>
   </x:si>
   <x:si>
-    <x:t>MWG</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>A010120</x:t>
   </x:si>
   <x:si>
     <x:t>LS ELECTRIC CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>637821901</x:t>
   </x:si>
   <x:si>
+    <x:t>A086280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYUNDAI GLOVIS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0V3XR904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAAR PROPERTIES PJSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B01RM2901</x:t>
+  </x:si>
+  <x:si>
     <x:t>APNT</x:t>
   </x:si>
   <x:si>
     <x:t>ASIAN PAINTS LTD</x:t>
   </x:si>
   <x:si>
     <x:t>ACI06HHK9</x:t>
   </x:si>
   <x:si>
-    <x:t>EMAAR</x:t>
-[...5 lines deleted...]
-    <x:t>B01RM2901</x:t>
+    <x:t>HNDL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HINDALCO INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0GWF4908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHISON ELECTRONICS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>672846904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A000720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYUNDAI ENGINEERING + CONST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>645098005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBANK-R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KASIKORNBANK PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>636476905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEGE3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEG SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294542907</x:t>
   </x:si>
   <x:si>
     <x:t>PZU</x:t>
   </x:si>
   <x:si>
     <x:t>POWSZECHNY ZAKLAD UBEZPIECZE</x:t>
   </x:si>
   <x:si>
     <x:t>B63DG2904</x:t>
   </x:si>
   <x:si>
-    <x:t>KBANK-R</x:t>
-[...14 lines deleted...]
-    <x:t>B0GWF4908</x:t>
+    <x:t>PEO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK PEKAO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>547311902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANEKA TAMBANG TBK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605385905</x:t>
   </x:si>
   <x:si>
     <x:t>2379</x:t>
   </x:si>
   <x:si>
     <x:t>REALTEK SEMICONDUCTOR CORP</x:t>
   </x:si>
   <x:si>
     <x:t>605142900</x:t>
   </x:si>
   <x:si>
     <x:t>KKC</x:t>
   </x:si>
   <x:si>
     <x:t>CUMMINS INDIA LTD</x:t>
   </x:si>
   <x:si>
     <x:t>629486903</x:t>
   </x:si>
   <x:si>
-    <x:t>WEGE3</x:t>
-[...14 lines deleted...]
-    <x:t>547311902</x:t>
+    <x:t>BMRI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK MANDIRI PERSERO TBK PT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>665104907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GBOOY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUPO FIN BANORTE SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40052P107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALDAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALDAR PROPERTIES PJSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0LX3Y907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GELEX GROUP JSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYV0WY902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAVI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAVI GIYIM SANAYI VE TICA B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF5M48902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENTERA *</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENTERA SAB DE CV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHWQZW902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RADIANT OPTO ELECTRONICS COR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>652027905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBNI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK NEGARA INDONESIA PERSER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>672712908</x:t>
   </x:si>
   <x:si>
     <x:t>AC *</x:t>
   </x:si>
   <x:si>
     <x:t>ARCA CONTINENTAL SAB DE CV</x:t>
   </x:si>
   <x:si>
     <x:t>282388909</x:t>
   </x:si>
   <x:si>
-    <x:t>A086280</x:t>
-[...104 lines deleted...]
-    <x:t>BF5M48902</x:t>
+    <x:t>CX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEMEX SAB SPONS ADR PART CER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151290889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHROMA ATE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>621210905</x:t>
   </x:si>
   <x:si>
     <x:t>DELTA</x:t>
   </x:si>
   <x:si>
     <x:t>DELTA ELECTRONICS THAI NVDR</x:t>
   </x:si>
   <x:si>
     <x:t>641893904</x:t>
   </x:si>
   <x:si>
     <x:t>AUBANK</x:t>
   </x:si>
   <x:si>
     <x:t>AU SMALL FINANCE BANK LTD</x:t>
   </x:si>
   <x:si>
     <x:t>ACI0W0Q01</x:t>
   </x:si>
   <x:si>
-    <x:t>CX</x:t>
-[...5 lines deleted...]
-    <x:t>151290889</x:t>
+    <x:t>SHFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHRIRAM FINANCE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BS4DBX902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LITE ON TECHNOLOGY CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>651948903</x:t>
   </x:si>
   <x:si>
     <x:t>CEAT</x:t>
   </x:si>
   <x:si>
     <x:t>CEAT LTD</x:t>
   </x:si>
   <x:si>
     <x:t>634548903</x:t>
   </x:si>
   <x:si>
+    <x:t>ASII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASTRA INTERNATIONAL TBK PT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B800MQ901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBLENGIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBL ENGINEERING LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B03D00908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIETNAM DAIRY PRODUCTS JSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B16GLK909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPRTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTPORTS HOLDINGS BHD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDFM1K902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP THAILAND PCL   NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661267906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A011200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMM CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>640586905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAVIN FLUORINE INTERNATIONAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0WB914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIRSTSOURCE SOLUTIONS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1KKXG900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KINH BAC CITY DEVELOPMENT HO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2B3VJ902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAARDEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAAR DEVELOPMENT PJSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF557N903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMADEPT CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B16GK9905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIPPON LIFE INDIA ASSET MANA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0YJ394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCB X PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPH072905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAMUDA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAMUDA BHD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635988009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COROMANDEL INTERNATIONAL LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0VDZN909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOGUS OTOMOTIV SERVIS VE TIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B03MRJ908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BELA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JUMBO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>724353909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1Y9QS902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOMENTO ECONOMICO MEX SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>344419106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONETA MONEY BANK AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BD3CQ1902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALMEX *</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALMART DE MEXICO SAB DE CV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BW1YVH903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRF LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637494907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIXON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIXON TECHNOLOGIES INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1WH5K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARADE TECHNOLOGIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B6RV67908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADVANTECH CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>620267906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VESTA *</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORP INMOBILIARIA VESTA SAB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI028NY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PETROVIETNAM GAS JSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B83C9P909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A000990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DB HITEK CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>640775003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DFPC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEEPAK FERTILISERS + PETRO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637475906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALKRISHNA INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>638878900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHMB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHAMBAL FERTILISERS + CHEM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609993902</x:t>
+  </x:si>
+  <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
-    <x:t>2360</x:t>
-[...113 lines deleted...]
-    <x:t>B6RV67908</x:t>
+    <x:t>3023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SINBON ELECTRONICS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>634935902</x:t>
   </x:si>
   <x:si>
     <x:t>MANAPPURAM</x:t>
   </x:si>
   <x:si>
     <x:t>MANAPPURAM FINANCE LTD</x:t>
   </x:si>
   <x:si>
     <x:t>657040903</x:t>
   </x:si>
   <x:si>
+    <x:t>CSTRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CASTROL INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKS8B7901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCLK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCELIK AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B03MP1909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPALI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUPALAI PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>655474906</x:t>
+  </x:si>
+  <x:si>
     <x:t>GRUMA B</x:t>
   </x:si>
   <x:si>
     <x:t>GRUMA S.A.B. B</x:t>
   </x:si>
   <x:si>
     <x:t>239254907</x:t>
   </x:si>
   <x:si>
-    <x:t>A000990</x:t>
-[...167 lines deleted...]
-    <x:t>BKS8B7901</x:t>
+    <x:t>BBAJIO O</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO DEL BAJIO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0VM9Y9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARUTI SUZUKI INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663371904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRCON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRCON INTERNATIONAL LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1LFSX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEI INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1L9PJ907</x:t>
   </x:si>
   <x:si>
     <x:t>BBL</x:t>
   </x:si>
   <x:si>
     <x:t>BANGKOK BANK PUBLIC CO NVDR</x:t>
   </x:si>
   <x:si>
     <x:t>636836900</x:t>
   </x:si>
   <x:si>
-    <x:t>ARCLK</x:t>
-[...70 lines deleted...]
-  <x:si>
     <x:t>AMATA</x:t>
   </x:si>
   <x:si>
     <x:t>AMATA CORP PUBLIC COLTD NVDR</x:t>
   </x:si>
   <x:si>
     <x:t>659296909</x:t>
   </x:si>
   <x:si>
-    <x:t>KEII</x:t>
-[...5 lines deleted...]
-    <x:t>B1L9PJ907</x:t>
+    <x:t>WHA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHA CORP PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B83043909</x:t>
   </x:si>
   <x:si>
     <x:t>PCBL</x:t>
   </x:si>
   <x:si>
     <x:t>PCBL CHEMICAL LTD</x:t>
   </x:si>
   <x:si>
     <x:t>ACI24T8N5</x:t>
   </x:si>
   <x:si>
-    <x:t>WHA</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>VPB</x:t>
   </x:si>
   <x:si>
     <x:t>VIETNAM PROSPERITY JSC BANK</x:t>
   </x:si>
   <x:si>
     <x:t>BF4704909</x:t>
   </x:si>
   <x:si>
     <x:t>KKB</x:t>
   </x:si>
   <x:si>
     <x:t>KIRLOSKAR BROTHERS LTD</x:t>
   </x:si>
   <x:si>
     <x:t>B0F4S3909</x:t>
   </x:si>
   <x:si>
     <x:t>ARENM</x:t>
   </x:si>
   <x:si>
     <x:t>AMARA RAJA ENERGY + MOBILITY</x:t>
   </x:si>
   <x:si>
     <x:t>B8BGVX909</x:t>
   </x:si>
   <x:si>
-    <x:t>2603</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>JM</x:t>
   </x:si>
   <x:si>
     <x:t>JM FINANCIAL LTD</x:t>
   </x:si>
   <x:si>
     <x:t>633063904</x:t>
   </x:si>
   <x:si>
+    <x:t>FNXC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FINOLEX CABLES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1LDTB901</x:t>
+  </x:si>
+  <x:si>
     <x:t>PARADEEP</x:t>
   </x:si>
   <x:si>
     <x:t>PARADEEP PHOSPHATES LTD</x:t>
   </x:si>
   <x:si>
     <x:t>ACI25R6J9</x:t>
   </x:si>
   <x:si>
-    <x:t>FNXC</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MEXICAN PESO (NEW)</x:t>
   </x:si>
   <x:si>
     <x:t>999MXNZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>THAILAND BAHT</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>EURO CURRENCY</x:t>
   </x:si>
   <x:si>
     <x:t>999EURZ94</x:t>
   </x:si>
   <x:si>
+    <x:t>CZECH KORUNA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999CZKZ98</x:t>
+  </x:si>
+  <x:si>
     <x:t>NEW TAIWAN DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999TWDZ90</x:t>
   </x:si>
   <x:si>
-    <x:t>US DOLLAR</x:t>
-[...20 lines deleted...]
-    <x:t>999BRLZ97</x:t>
+    <x:t>SOUTH KOREAN WON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999KRWZ93</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1346,51 +1310,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G113"/>
+  <x:dimension ref="A1:G108"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.060625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.340625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.590625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -1408,2423 +1372,2314 @@
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>3961</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1139500.5</x:v>
+        <x:v>1353236</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>7053</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>483606.2</x:v>
+        <x:v>690496.8</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>14151</x:v>
+        <x:v>15415</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>437956.8</x:v>
+        <x:v>510293</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9369</x:v>
+        <x:v>431600</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>430618.2</x:v>
+        <x:v>395238.1</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>801000</x:v>
+        <x:v>8130</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>403986.8</x:v>
+        <x:v>383739.6</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5722</x:v>
+        <x:v>801000</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>402321.8</x:v>
+        <x:v>383066.3</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>431600</x:v>
+        <x:v>114700</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>374278.1</x:v>
+        <x:v>366774.5</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>7145</x:v>
+        <x:v>5722</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>363624.8</x:v>
+        <x:v>358991.4</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>31847</x:v>
+        <x:v>4271</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>362639.8</x:v>
+        <x:v>348604.8</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>11655</x:v>
+        <x:v>31847</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>356409.9</x:v>
+        <x:v>333230.5</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>114700</x:v>
+        <x:v>7145</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>347951.4</x:v>
+        <x:v>332720.4</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4271</x:v>
+        <x:v>9608</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>340263.6</x:v>
+        <x:v>296118.6</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>937</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>282358.5</x:v>
+        <x:v>265889.7</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>7257</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>232071.7</x:v>
+        <x:v>235081.1</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>58602</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>212222</x:v>
+        <x:v>228153.7</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>10960</x:v>
+        <x:v>7257</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>190375.9</x:v>
+        <x:v>226402</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>29900</x:v>
+        <x:v>21259</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>176596.9</x:v>
+        <x:v>225056.5</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>19174</x:v>
+        <x:v>3513</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>173801.6</x:v>
+        <x:v>199757.2</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>9681</x:v>
+        <x:v>2757</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>164126.5</x:v>
+        <x:v>187382.6</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3181</x:v>
+        <x:v>29900</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>161012.9</x:v>
+        <x:v>182381</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>18461</x:v>
+        <x:v>20660</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>155692.5</x:v>
+        <x:v>178638.7</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2740</x:v>
+        <x:v>8647</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>149962.4</x:v>
+        <x:v>166564.6</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>14155</x:v>
+        <x:v>2740</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>144438</x:v>
+        <x:v>157418.8</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1299</x:v>
+        <x:v>600900</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>144030.4</x:v>
+        <x:v>144130.6</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3251</x:v>
+        <x:v>8808</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>141753.1</x:v>
+        <x:v>143137.9</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>469000</x:v>
+        <x:v>3181</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>136856.2</x:v>
+        <x:v>141937.5</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>76615</x:v>
+        <x:v>469000</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>135528.5</x:v>
+        <x:v>138602.9</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>34798</x:v>
+        <x:v>2682</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>131714.2</x:v>
+        <x:v>137197.7</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2682</x:v>
+        <x:v>51943</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>128843.3</x:v>
+        <x:v>123458.3</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3513</x:v>
+        <x:v>76615</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>123472.9</x:v>
+        <x:v>123078.7</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>51943</x:v>
+        <x:v>115340</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>115268.6</x:v>
+        <x:v>122865.5</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>427000</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>110499.6</x:v>
+        <x:v>122221.7</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>600900</x:v>
+        <x:v>30529</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>107877</x:v>
+        <x:v>118953.6</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>45747</x:v>
+        <x:v>427000</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>107579.7</x:v>
+        <x:v>114810.8</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>115340</x:v>
+        <x:v>9650</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>105083.1</x:v>
+        <x:v>108481.2</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>14600</x:v>
+        <x:v>8430</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>94443.8</x:v>
+        <x:v>104110.5</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>8597</x:v>
+        <x:v>3296</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>91308.4</x:v>
+        <x:v>100861.2</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>8430</x:v>
+        <x:v>18300</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>89358</x:v>
+        <x:v>95886.3</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2021</x:v>
+        <x:v>8597</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>86697.1</x:v>
+        <x:v>93382.1</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="3" t="s"/>
+      <x:c r="A45" s="3" t="s">
+        <x:v>127</x:v>
+      </x:c>
       <x:c r="B45" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>83103</x:v>
+        <x:v>8427</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>83103</x:v>
+        <x:v>91442.2</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>3296</x:v>
+        <x:v>17417</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>82297.8</x:v>
+        <x:v>91036.8</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>6046</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>82171.5</x:v>
+        <x:v>85526.8</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>59200</x:v>
+        <x:v>197700</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>77784</x:v>
+        <x:v>82545.8</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>19400</x:v>
+        <x:v>8214</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>75274.6</x:v>
+        <x:v>80093.2</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>56600</x:v>
+        <x:v>29500</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>72616.8</x:v>
+        <x:v>79732.8</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>264000</x:v>
+        <x:v>47468</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>68475</x:v>
+        <x:v>71649.8</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>1043</x:v>
+        <x:v>264000</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>66941.1</x:v>
+        <x:v>71476.4</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>2490</x:v>
+        <x:v>5045</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>66735.5</x:v>
+        <x:v>69504.5</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>27600</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>66458.1</x:v>
+        <x:v>69502.5</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>6953</x:v>
+        <x:v>19400</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>66375.1</x:v>
+        <x:v>68838.4</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1133</x:v>
+        <x:v>48600</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>65696.2</x:v>
+        <x:v>67158.3</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>2040</x:v>
+        <x:v>15397</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>64892.4</x:v>
+        <x:v>67071.1</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>3111</x:v>
+        <x:v>27600</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>63528.2</x:v>
+        <x:v>66717.4</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>19937</x:v>
+        <x:v>6953</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>62821.6</x:v>
+        <x:v>66684.7</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3621</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>62314.5</x:v>
+        <x:v>66411.9</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1412</x:v>
+        <x:v>56600</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>61951.5</x:v>
+        <x:v>65052.7</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>15397</x:v>
+        <x:v>2490</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>61628.3</x:v>
+        <x:v>63977</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>47468</x:v>
+        <x:v>12259</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>61590.1</x:v>
+        <x:v>63505.8</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>61171.9</x:v>
+        <x:v>63204.7</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>18008</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>60162.7</x:v>
+        <x:v>61929.5</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
         <x:v>608</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>58544.3</x:v>
+        <x:v>61752.9</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
         <x:v>6450</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>57839.5</x:v>
+        <x:v>60904.9</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1770</x:v>
+        <x:v>18008</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>57634.5</x:v>
+        <x:v>60244.2</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>3780</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>57224.2</x:v>
+        <x:v>59328.7</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>6210</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>56887.3</x:v>
+        <x:v>58926.1</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>348</x:v>
+        <x:v>3111</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>56552.7</x:v>
+        <x:v>57455.1</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>7913</x:v>
+        <x:v>6210</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>55372.6</x:v>
+        <x:v>56557.4</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
         <x:v>17582</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>54235.1</x:v>
+        <x:v>56389.9</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>12259</x:v>
+        <x:v>14214</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>53793</x:v>
+        <x:v>55732.7</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>134200</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>51367.5</x:v>
+        <x:v>52711.1</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>10242</x:v>
+        <x:v>3780</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>50570.3</x:v>
+        <x:v>51156.3</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>5206</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>50462.2</x:v>
+        <x:v>50737.7</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>1890</x:v>
+        <x:v>10242</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>48706.8</x:v>
+        <x:v>50589</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
-      <x:c r="A79" s="3" t="s">
+      <x:c r="A79" s="3" t="s"/>
+      <x:c r="B79" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="B79" s="3" t="s">
+      <x:c r="C79" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="C79" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>21711</x:v>
+        <x:v>49772.7</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>46288</x:v>
+        <x:v>49772.7</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>9000</x:v>
+        <x:v>7913</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>44859.4</x:v>
+        <x:v>49632.5</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>17027</x:v>
+        <x:v>14393</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>43817.9</x:v>
+        <x:v>49302.3</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>79000</x:v>
+        <x:v>21711</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>40981.3</x:v>
+        <x:v>45085.9</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>15500</x:v>
+        <x:v>17027</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>38145.4</x:v>
+        <x:v>43846.5</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>13900</x:v>
+        <x:v>79000</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>35938.7</x:v>
+        <x:v>41771</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>14214</x:v>
+        <x:v>2340</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>35250</x:v>
+        <x:v>40989.4</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>194</x:v>
+        <x:v>13900</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>34929.6</x:v>
+        <x:v>36876.8</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>220</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>30885.2</x:v>
+        <x:v>34694.2</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
         <x:v>17371</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>30857.4</x:v>
+        <x:v>31810.1</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>58600</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>30581.9</x:v>
+        <x:v>31711.7</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>653</x:v>
+        <x:v>5500</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>29970.2</x:v>
+        <x:v>29957</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>7763</x:v>
+        <x:v>58600</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>27997.8</x:v>
+        <x:v>28184.7</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
         <x:v>262400</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>26732</x:v>
+        <x:v>26745.7</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>11900</x:v>
+        <x:v>7763</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>25946.6</x:v>
+        <x:v>24158.6</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>2627</x:v>
+        <x:v>19900</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>24990</x:v>
+        <x:v>21968.9</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>19900</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>22109.9</x:v>
+        <x:v>19441.5</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>1089</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>20489</x:v>
+        <x:v>17530</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>1809</x:v>
+        <x:v>10059</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>19189.1</x:v>
+        <x:v>15392.4</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>3189</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>18410.4</x:v>
+        <x:v>15373.4</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>10059</x:v>
+        <x:v>9377</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>17280</x:v>
+        <x:v>15339.5</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
-      <x:c r="A100" s="3" t="s">
+      <x:c r="A100" s="3" t="s"/>
+      <x:c r="B100" s="3" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="B100" s="3" t="s">
+      <x:c r="C100" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C100" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>9377</x:v>
+        <x:v>135985.3</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>16752.4</x:v>
+        <x:v>7698.9</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
-      <x:c r="A101" s="3" t="s">
+      <x:c r="A101" s="3" t="s"/>
+      <x:c r="B101" s="3" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="B101" s="3" t="s">
+      <x:c r="C101" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C101" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>1790</x:v>
+        <x:v>1713.9</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>14987.2</x:v>
+        <x:v>1988.8</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s"/>
       <x:c r="B102" s="3" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C102" s="3" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C102" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>107939.5</x:v>
+        <x:v>21930</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>5896.2</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
-        <x:v>300</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s"/>
       <x:c r="B103" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>167029.2</x:v>
+        <x:v>10731</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>5219.7</x:v>
+        <x:v>339.9</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
-        <x:v>300</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s"/>
       <x:c r="B104" s="3" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
-        <x:v>304</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>1713.9</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>1989.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
-        <x:v>300</x:v>
-[...4 lines deleted...]
-      <x:c r="B105" s="3" t="s">
+        <x:v>294</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:7">
+      <x:c r="A106" s="3" t="s">
+        <x:v>303</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:7">
+      <x:c r="A107" s="3" t="s">
+        <x:v>304</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:7">
+      <x:c r="A108" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...112 lines deleted...]
-        <x:v>317</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>