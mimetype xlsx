--- v3 (2026-01-20)
+++ v4 (2026-02-09)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e61ca905a244edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/329482afcfb546c092f9ef7026784917.psmdcp" Id="R71104f3bef674439" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eac1be0a8174703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9e36afd6de541fcae92415c278e3891.psmdcp" Id="Raeacc342249343cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="306">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="309">
   <x:si>
     <x:t>Holdings - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/16/2026 (%)</x:t>
+    <x:t>As of 02/09/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>TSM</x:t>
   </x:si>
@@ -67,858 +67,867 @@
   <x:si>
     <x:t>874039100</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>A005930</x:t>
   </x:si>
   <x:si>
     <x:t>SAMSUNG ELECTRONICS CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>677172009</x:t>
   </x:si>
   <x:si>
     <x:t>2308</x:t>
   </x:si>
   <x:si>
     <x:t>DELTA ELECTRONICS INC</x:t>
   </x:si>
   <x:si>
     <x:t>626073902</x:t>
   </x:si>
   <x:si>
+    <x:t>2454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEDIATEK INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637248907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MWG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOBILE WORLD INVESTMENT CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI088LX4</x:t>
+  </x:si>
+  <x:si>
     <x:t>KTB</x:t>
   </x:si>
   <x:si>
     <x:t>KRUNG THAI BANK   NVDR</x:t>
   </x:si>
   <x:si>
     <x:t>636146904</x:t>
   </x:si>
   <x:si>
-    <x:t>2454</x:t>
-[...5 lines deleted...]
-    <x:t>637248907</x:t>
+    <x:t>HMCL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HERO MOTOCORP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>632732905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAJAJ FINANCE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTFGH1905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EIM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EICHER MOTORS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1QHVP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMXC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES MSCI EMERGING MARKETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46434G764</x:t>
   </x:si>
   <x:si>
     <x:t>BBCA</x:t>
   </x:si>
   <x:si>
     <x:t>BANK CENTRAL ASIA TBK PT</x:t>
   </x:si>
   <x:si>
     <x:t>B01C1P906</x:t>
   </x:si>
   <x:si>
-    <x:t>MWG</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>3665</x:t>
   </x:si>
   <x:si>
     <x:t>BIZLINK HOLDING INC</x:t>
   </x:si>
   <x:si>
     <x:t>B5SG8Y901</x:t>
   </x:si>
   <x:si>
+    <x:t>EMAAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAAR PROPERTIES PJSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B01RM2901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A010120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LS ELECTRIC CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637821901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HNDL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HINDALCO INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0GWF4908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A086280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYUNDAI GLOVIS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0V3XR904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHISON ELECTRONICS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>672846904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEGE3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEG SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294542907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APNT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASIAN PAINTS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI06HHK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEMEX SAB SPONS ADR PART CER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151290889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBANK-R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KASIKORNBANK PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>636476905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK PEKAO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>547311902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PZU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POWSZECHNY ZAKLAD UBEZPIECZE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B63DG2904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHRIRAM FINANCE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BS4DBX902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KKC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUMMINS INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>629486903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GBOOY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUPO FIN BANORTE SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40052P107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALDAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALDAR PROPERTIES PJSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0LX3Y907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENTERA *</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENTERA SAB DE CV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHWQZW902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REALTEK SEMICONDUCTOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605142900</x:t>
+  </x:si>
+  <x:si>
     <x:t>IBN</x:t>
   </x:si>
   <x:si>
     <x:t>ICICI BANK LTD SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>45104G104</x:t>
   </x:si>
   <x:si>
-    <x:t>A010120</x:t>
-[...50 lines deleted...]
-    <x:t>672846904</x:t>
+    <x:t>MAVI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAVI GIYIM SANAYI VE TICA B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF5M48902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELTA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELTA ELECTRONICS THAI NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>641893904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GELEX GROUP JSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYV0WY902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHROMA ATE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>621210905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RADIANT OPTO ELECTRONICS COR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>652027905</x:t>
   </x:si>
   <x:si>
     <x:t>A000720</x:t>
   </x:si>
   <x:si>
     <x:t>HYUNDAI ENGINEERING + CONST</x:t>
   </x:si>
   <x:si>
     <x:t>645098005</x:t>
   </x:si>
   <x:si>
-    <x:t>KBANK-R</x:t>
-[...32 lines deleted...]
-    <x:t>547311902</x:t>
+    <x:t>BMRI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK MANDIRI PERSERO TBK PT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>665104907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU SMALL FINANCE BANK LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0W0Q01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LITE ON TECHNOLOGY CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>651948903</x:t>
   </x:si>
   <x:si>
     <x:t>ANTM</x:t>
   </x:si>
   <x:si>
     <x:t>ANEKA TAMBANG TBK</x:t>
   </x:si>
   <x:si>
     <x:t>605385905</x:t>
   </x:si>
   <x:si>
-    <x:t>2379</x:t>
-[...77 lines deleted...]
-    <x:t>652027905</x:t>
+    <x:t>CEAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEAT LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>634548903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIETNAM DAIRY PRODUCTS JSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B16GLK909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAARDEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAAR DEVELOPMENT PJSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF557N903</x:t>
   </x:si>
   <x:si>
     <x:t>BBNI</x:t>
   </x:si>
   <x:si>
     <x:t>BANK NEGARA INDONESIA PERSER</x:t>
   </x:si>
   <x:si>
     <x:t>672712908</x:t>
   </x:si>
   <x:si>
+    <x:t>GMD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMADEPT CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B16GK9905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP THAILAND PCL   NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661267906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAVIN FLUORINE INTERNATIONAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0WB914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1Y9QS902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPRTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTPORTS HOLDINGS BHD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDFM1K902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBLENGIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBL ENGINEERING LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B03D00908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIPPON LIFE INDIA ASSET MANA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0YJ394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASTRA INTERNATIONAL TBK PT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B800MQ901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOMENTO ECONOMICO MEX SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>344419106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A000990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DB HITEK CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>640775003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONETA MONEY BANK AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BD3CQ1902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCB X PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPH072905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOGUS OTOMOTIV SERVIS VE TIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B03MRJ908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KINH BAC CITY DEVELOPMENT HO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2B3VJ902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PETROVIETNAM GAS JSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B83C9P909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BELA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JUMBO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>724353909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIRSTSOURCE SOLUTIONS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1KKXG900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COROMANDEL INTERNATIONAL LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0VDZN909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALMEX *</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALMART DE MEXICO SAB DE CV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BW1YVH903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIXON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIXON TECHNOLOGIES INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1WH5K1</x:t>
+  </x:si>
+  <x:si>
     <x:t>AC *</x:t>
   </x:si>
   <x:si>
     <x:t>ARCA CONTINENTAL SAB DE CV</x:t>
   </x:si>
   <x:si>
     <x:t>282388909</x:t>
   </x:si>
   <x:si>
-    <x:t>CX</x:t>
-[...104 lines deleted...]
-    <x:t>661267906</x:t>
+    <x:t>3023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SINBON ELECTRONICS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>634935902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAMUDA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAMUDA BHD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635988009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRF LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637494907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VESTA *</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORP INMOBILIARIA VESTA SAB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI028NY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADVANTECH CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>620267906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALKRISHNA INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>638878900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARADE TECHNOLOGIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B6RV67908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHMB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHAMBAL FERTILISERS + CHEM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609993902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCLK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCELIK AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B03MP1909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANAPPURAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANAPPURAM FINANCE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>657040903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUMA B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUMA S.A.B. B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>239254907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPALI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUPALAI PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>655474906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSTRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CASTROL INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKS8B7901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBAJIO O</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO DEL BAJIO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0VM9Y9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DFPC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEEPAK FERTILISERS + PETRO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637475906</x:t>
   </x:si>
   <x:si>
     <x:t>A011200</x:t>
   </x:si>
   <x:si>
     <x:t>HMM CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>640586905</x:t>
   </x:si>
   <x:si>
-    <x:t>NFIL</x:t>
-[...223 lines deleted...]
-  <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
-    <x:t>3023</x:t>
-[...61 lines deleted...]
-  <x:si>
     <x:t>MSIL</x:t>
   </x:si>
   <x:si>
     <x:t>MARUTI SUZUKI INDIA LTD</x:t>
   </x:si>
   <x:si>
     <x:t>663371904</x:t>
   </x:si>
   <x:si>
+    <x:t>KEII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEI INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1L9PJ907</x:t>
+  </x:si>
+  <x:si>
     <x:t>IRCON</x:t>
   </x:si>
   <x:si>
     <x:t>IRCON INTERNATIONAL LTD</x:t>
   </x:si>
   <x:si>
     <x:t>ACI1LFSX4</x:t>
   </x:si>
   <x:si>
-    <x:t>KEII</x:t>
-[...5 lines deleted...]
-    <x:t>B1L9PJ907</x:t>
+    <x:t>AMATA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMATA CORP PUBLIC COLTD NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659296909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHA CORP PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B83043909</x:t>
   </x:si>
   <x:si>
     <x:t>BBL</x:t>
   </x:si>
   <x:si>
     <x:t>BANGKOK BANK PUBLIC CO NVDR</x:t>
   </x:si>
   <x:si>
     <x:t>636836900</x:t>
   </x:si>
   <x:si>
-    <x:t>AMATA</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>PCBL</x:t>
   </x:si>
   <x:si>
     <x:t>PCBL CHEMICAL LTD</x:t>
   </x:si>
   <x:si>
     <x:t>ACI24T8N5</x:t>
   </x:si>
   <x:si>
     <x:t>VPB</x:t>
   </x:si>
   <x:si>
     <x:t>VIETNAM PROSPERITY JSC BANK</x:t>
   </x:si>
   <x:si>
     <x:t>BF4704909</x:t>
   </x:si>
   <x:si>
     <x:t>KKB</x:t>
   </x:si>
   <x:si>
     <x:t>KIRLOSKAR BROTHERS LTD</x:t>
   </x:si>
   <x:si>
     <x:t>B0F4S3909</x:t>
   </x:si>
   <x:si>
     <x:t>ARENM</x:t>
   </x:si>
   <x:si>
     <x:t>AMARA RAJA ENERGY + MOBILITY</x:t>
   </x:si>
   <x:si>
     <x:t>B8BGVX909</x:t>
   </x:si>
   <x:si>
+    <x:t>FNXC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FINOLEX CABLES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1LDTB901</x:t>
+  </x:si>
+  <x:si>
     <x:t>JM</x:t>
   </x:si>
   <x:si>
     <x:t>JM FINANCIAL LTD</x:t>
   </x:si>
   <x:si>
     <x:t>633063904</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>B1LDTB901</x:t>
   </x:si>
   <x:si>
     <x:t>PARADEEP</x:t>
   </x:si>
   <x:si>
     <x:t>PARADEEP PHOSPHATES LTD</x:t>
   </x:si>
   <x:si>
     <x:t>ACI25R6J9</x:t>
   </x:si>
   <x:si>
     <x:t>MEXICAN PESO (NEW)</x:t>
   </x:si>
   <x:si>
     <x:t>999MXNZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>EURO CURRENCY</x:t>
   </x:si>
   <x:si>
     <x:t>999EURZ94</x:t>
   </x:si>
@@ -1310,51 +1319,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G108"/>
+  <x:dimension ref="A1:G109"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.060625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.340625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.590625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -1369,2317 +1378,2340 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>3961</x:v>
+        <x:v>4470</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1353236</x:v>
+        <x:v>1559359.5</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>7053</x:v>
+        <x:v>10256</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>690496.8</x:v>
+        <x:v>1106945.9</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>15415</x:v>
+        <x:v>16957</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>510293</x:v>
+        <x:v>620626</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>431600</x:v>
+        <x:v>8943</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>395238.1</x:v>
+        <x:v>482505.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8130</x:v>
+        <x:v>126170</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>383739.6</x:v>
+        <x:v>429614.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>801000</x:v>
+        <x:v>474800</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>383066.3</x:v>
+        <x:v>427646.4</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>114700</x:v>
+        <x:v>6294</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>366774.5</x:v>
+        <x:v>398889.6</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5722</x:v>
+        <x:v>35032</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>358991.4</x:v>
+        <x:v>379434.5</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4271</x:v>
+        <x:v>4698</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>348604.8</x:v>
+        <x:v>370751.6</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>31847</x:v>
+        <x:v>3588</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>333230.5</x:v>
+        <x:v>293570.2</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>7145</x:v>
+        <x:v>633200</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>332720.4</x:v>
+        <x:v>288159.5</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>9608</x:v>
+        <x:v>7055</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>296118.6</x:v>
+        <x:v>286037.6</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>743</x:v>
+        <x:v>64462</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>265889.7</x:v>
+        <x:v>279922.4</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1299</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>235081.1</x:v>
+        <x:v>253475.8</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>58602</x:v>
+        <x:v>23385</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>228153.7</x:v>
+        <x:v>241858.7</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>7257</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>226402</x:v>
+        <x:v>231934.7</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>21259</x:v>
+        <x:v>3864</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>225056.5</x:v>
+        <x:v>231030.5</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3513</x:v>
+        <x:v>22760</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>199757.2</x:v>
+        <x:v>226184.4</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2757</x:v>
+        <x:v>7983</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>187382.6</x:v>
+        <x:v>211758.8</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>29900</x:v>
+        <x:v>16676</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>182381</x:v>
+        <x:v>203447.2</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>20660</x:v>
+        <x:v>32900</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>178638.7</x:v>
+        <x:v>195991.2</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>8647</x:v>
+        <x:v>3014</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>166564.6</x:v>
+        <x:v>194446.2</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2740</x:v>
+        <x:v>9512</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>157418.8</x:v>
+        <x:v>190389.3</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>600900</x:v>
+        <x:v>17193</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>144130.6</x:v>
+        <x:v>189821.8</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>8808</x:v>
+        <x:v>3499</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>143137.9</x:v>
+        <x:v>168341</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>3181</x:v>
+        <x:v>2682</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>141937.5</x:v>
+        <x:v>162180.5</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>469000</x:v>
+        <x:v>57137</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>138602.9</x:v>
+        <x:v>160535.2</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2682</x:v>
+        <x:v>50347</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>137197.7</x:v>
+        <x:v>153266.8</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>51943</x:v>
+        <x:v>9689</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>123458.3</x:v>
+        <x:v>144445.4</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>76615</x:v>
+        <x:v>4558</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>123078.7</x:v>
+        <x:v>142118.4</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>115340</x:v>
+        <x:v>126874</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>122865.5</x:v>
+        <x:v>135596.1</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>45747</x:v>
+        <x:v>20100</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>122221.7</x:v>
+        <x:v>131490.9</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>30529</x:v>
+        <x:v>84315</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>118953.6</x:v>
+        <x:v>111233.5</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>427000</x:v>
+        <x:v>3626</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>114810.8</x:v>
+        <x:v>110631.1</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>9650</x:v>
+        <x:v>28030</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>108481.2</x:v>
+        <x:v>109222.7</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>8430</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>104110.5</x:v>
+        <x:v>104826.3</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3296</x:v>
+        <x:v>344700</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>100861.2</x:v>
+        <x:v>103215.8</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>18300</x:v>
+        <x:v>9457</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>95886.3</x:v>
+        <x:v>103164.9</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>8597</x:v>
+        <x:v>19159</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>93382.1</x:v>
+        <x:v>99440.1</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>8427</x:v>
+        <x:v>452000</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>91442.2</x:v>
+        <x:v>99432</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>17417</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>91036.8</x:v>
+        <x:v>96062.3</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2021</x:v>
+        <x:v>32500</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>85526.8</x:v>
+        <x:v>86503.1</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>197700</x:v>
+        <x:v>16937</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>82545.8</x:v>
+        <x:v>85536.9</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>8214</x:v>
+        <x:v>313700</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>80093.2</x:v>
+        <x:v>84261</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>29500</x:v>
+        <x:v>30400</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>79732.8</x:v>
+        <x:v>83724</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>47468</x:v>
+        <x:v>290400</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>71649.8</x:v>
+        <x:v>81680</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>264000</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>71476.4</x:v>
+        <x:v>81219.2</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>5045</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>69504.5</x:v>
+        <x:v>79708.8</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1043</x:v>
+        <x:v>52168</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>69502.5</x:v>
+        <x:v>78631.9</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>19400</x:v>
+        <x:v>9035</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>68838.4</x:v>
+        <x:v>78426.6</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>48600</x:v>
+        <x:v>7648</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>67158.3</x:v>
+        <x:v>77606.1</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>15397</x:v>
+        <x:v>192200</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>67071.1</x:v>
+        <x:v>76355.8</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>27600</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>66717.4</x:v>
+        <x:v>73837.5</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>6953</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>66684.7</x:v>
+        <x:v>72968.1</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>7095</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>66411.9</x:v>
+        <x:v>72037.7</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>56600</x:v>
+        <x:v>16500</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>65052.7</x:v>
+        <x:v>71438.7</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>2490</x:v>
+        <x:v>13485</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>63977</x:v>
+        <x:v>71256.1</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>12259</x:v>
+        <x:v>53500</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>63505.8</x:v>
+        <x:v>70477.4</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>2040</x:v>
+        <x:v>15614</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>63204.7</x:v>
+        <x:v>69164.3</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1133</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>61929.5</x:v>
+        <x:v>68977.2</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>608</x:v>
+        <x:v>21340</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>61752.9</x:v>
+        <x:v>68328.5</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>6450</x:v>
+        <x:v>2739</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>60904.9</x:v>
+        <x:v>68033.2</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>18008</x:v>
+        <x:v>19808</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>60244.2</x:v>
+        <x:v>67139.9</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1770</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>59328.7</x:v>
+        <x:v>66786.9</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>479</x:v>
+        <x:v>5515</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>58926.1</x:v>
+        <x:v>65976.1</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>3111</x:v>
+        <x:v>8704</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>57455.1</x:v>
+        <x:v>65635.6</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>6210</x:v>
+        <x:v>62300</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>56557.4</x:v>
+        <x:v>64706.8</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>17582</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>56389.9</x:v>
+        <x:v>62276.5</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>14214</x:v>
+        <x:v>19382</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>55732.7</x:v>
+        <x:v>62259.6</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>946</x:v>
+        <x:v>6831</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>52711.1</x:v>
+        <x:v>61964.8</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>3780</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>51156.3</x:v>
+        <x:v>61823.1</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>1890</x:v>
+        <x:v>3422</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>50737.7</x:v>
+        <x:v>56036.4</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>10242</x:v>
+        <x:v>11266</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>50589</x:v>
+        <x:v>53183.1</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
-      <x:c r="A79" s="3" t="s"/>
+      <x:c r="A79" s="3" t="s">
+        <x:v>229</x:v>
+      </x:c>
       <x:c r="B79" s="3" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>49772.7</x:v>
+        <x:v>18730</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>49772.7</x:v>
+        <x:v>52836.2</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
-        <x:v>231</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>7913</x:v>
+        <x:v>15832</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>49632.5</x:v>
+        <x:v>52473.6</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>14393</x:v>
+        <x:v>2575</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>49302.3</x:v>
+        <x:v>50488.4</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>21711</x:v>
+        <x:v>86900</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>45085.9</x:v>
+        <x:v>49708.2</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>17027</x:v>
+        <x:v>23882</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>43846.5</x:v>
+        <x:v>48807.1</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>79000</x:v>
+        <x:v>15300</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>41771</x:v>
+        <x:v>48331.7</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>2340</x:v>
+        <x:v>4158</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>40989.4</x:v>
+        <x:v>45677.7</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>13900</x:v>
+        <x:v>3281</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>36876.8</x:v>
+        <x:v>44879.4</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="3" t="s">
+      <x:c r="A87" s="3" t="s"/>
+      <x:c r="B87" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="B87" s="3" t="s">
+      <x:c r="C87" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C87" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>194</x:v>
+        <x:v>39230.1</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>34694.2</x:v>
+        <x:v>39230.1</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>17371</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>31810.1</x:v>
+        <x:v>35192.6</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>653</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>31711.7</x:v>
+        <x:v>35161.5</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>5500</x:v>
+        <x:v>19108</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>29957</x:v>
+        <x:v>32302.3</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>58600</x:v>
+        <x:v>64500</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>28184.7</x:v>
+        <x:v>31595.2</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>262400</x:v>
+        <x:v>288600</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>26745.7</x:v>
+        <x:v>31010.2</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>7763</x:v>
+        <x:v>6100</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>24158.6</x:v>
+        <x:v>30266.3</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>19900</x:v>
+        <x:v>8539</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>21968.9</x:v>
+        <x:v>25570.4</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>1089</x:v>
+        <x:v>21890</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>19441.5</x:v>
+        <x:v>22597</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>1809</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>17530</x:v>
+        <x:v>21079.5</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>10059</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>15392.4</x:v>
+        <x:v>18985.8</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>1790</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>15373.4</x:v>
+        <x:v>16636.6</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>9377</x:v>
+        <x:v>11065</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>15339.5</x:v>
+        <x:v>14903.9</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
-      <x:c r="A100" s="3" t="s"/>
+      <x:c r="A100" s="3" t="s">
+        <x:v>292</x:v>
+      </x:c>
       <x:c r="B100" s="3" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>135985.3</x:v>
+        <x:v>10315</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>7698.9</x:v>
+        <x:v>14007.4</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s"/>
       <x:c r="B101" s="3" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>1713.9</x:v>
+        <x:v>141679.3</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>1988.8</x:v>
+        <x:v>8209</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s"/>
       <x:c r="B102" s="3" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>21930</x:v>
+        <x:v>1713.9</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>1048</x:v>
+        <x:v>2026.2</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s"/>
       <x:c r="B103" s="3" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>10731</x:v>
+        <x:v>21930</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>339.9</x:v>
+        <x:v>1070.5</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s"/>
       <x:c r="B104" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>10731</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
+        <x:v>338.6</x:v>
+      </x:c>
+      <x:c r="G104" s="3" t="s">
+        <x:v>297</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:7">
+      <x:c r="A105" s="3" t="s"/>
+      <x:c r="B105" s="3" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="C105" s="3" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D105" s="4" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E105" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="G104" s="3" t="s">
-[...5 lines deleted...]
-        <x:v>303</x:v>
+      <x:c r="F105" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G105" s="3" t="s">
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
-      <x:c r="A108" s="1" t="s">
-        <x:v>305</x:v>
+      <x:c r="A108" s="3" t="s">
+        <x:v>307</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:7">
+      <x:c r="A109" s="1" t="s">
+        <x:v>308</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>