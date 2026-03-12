--- v4 (2026-02-09)
+++ v5 (2026-03-12)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eac1be0a8174703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9e36afd6de541fcae92415c278e3891.psmdcp" Id="Raeacc342249343cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R061cb6c39a654e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/390261c3b46242bb9afdef665393f655.psmdcp" Id="R0fef2f297fd843b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="309">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="320">
   <x:si>
     <x:t>Holdings - Beyond China ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 02/09/2026 (%)</x:t>
+    <x:t>As of 03/11/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>TSM</x:t>
   </x:si>
@@ -67,903 +67,936 @@
   <x:si>
     <x:t>874039100</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>A005930</x:t>
   </x:si>
   <x:si>
     <x:t>SAMSUNG ELECTRONICS CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>677172009</x:t>
   </x:si>
   <x:si>
     <x:t>2308</x:t>
   </x:si>
   <x:si>
     <x:t>DELTA ELECTRONICS INC</x:t>
   </x:si>
   <x:si>
     <x:t>626073902</x:t>
   </x:si>
   <x:si>
+    <x:t>KTB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRUNG THAI BANK   NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>636146904</x:t>
+  </x:si>
+  <x:si>
     <x:t>2454</x:t>
   </x:si>
   <x:si>
     <x:t>MEDIATEK INC</x:t>
   </x:si>
   <x:si>
     <x:t>637248907</x:t>
   </x:si>
   <x:si>
+    <x:t>HMCL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HERO MOTOCORP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>632732905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEMEX SAB SPONS ADR PART CER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151290889</x:t>
+  </x:si>
+  <x:si>
     <x:t>MWG</x:t>
   </x:si>
   <x:si>
     <x:t>MOBILE WORLD INVESTMENT CORP</x:t>
   </x:si>
   <x:si>
     <x:t>ACI088LX4</x:t>
   </x:si>
   <x:si>
-    <x:t>KTB</x:t>
-[...14 lines deleted...]
-    <x:t>632732905</x:t>
+    <x:t>EIM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EICHER MOTORS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1QHVP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIZLINK HOLDING INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B5SG8Y901</x:t>
   </x:si>
   <x:si>
     <x:t>BAF</x:t>
   </x:si>
   <x:si>
     <x:t>BAJAJ FINANCE LTD</x:t>
   </x:si>
   <x:si>
     <x:t>BTFGH1905</x:t>
   </x:si>
   <x:si>
-    <x:t>EIM</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BBCA</x:t>
   </x:si>
   <x:si>
     <x:t>BANK CENTRAL ASIA TBK PT</x:t>
   </x:si>
   <x:si>
     <x:t>B01C1P906</x:t>
   </x:si>
   <x:si>
-    <x:t>3665</x:t>
-[...5 lines deleted...]
-    <x:t>B5SG8Y901</x:t>
+    <x:t>HNDL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HINDALCO INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0GWF4908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A086280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYUNDAI GLOVIS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0V3XR904</x:t>
   </x:si>
   <x:si>
     <x:t>EMAAR</x:t>
   </x:si>
   <x:si>
     <x:t>EMAAR PROPERTIES PJSC</x:t>
   </x:si>
   <x:si>
     <x:t>B01RM2901</x:t>
   </x:si>
   <x:si>
+    <x:t>SHFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHRIRAM FINANCE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BS4DBX902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEGE3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEG SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294542907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APNT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASIAN PAINTS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI06HHK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBANK-R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KASIKORNBANK PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>636476905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PZU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POWSZECHNY ZAKLAD UBEZPIECZE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B63DG2904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHISON ELECTRONICS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>672846904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KKC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUMMINS INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>629486903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK PEKAO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>547311902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELTA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELTA ELECTRONICS THAI NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>641893904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENTERA *</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENTERA SAB DE CV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHWQZW902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHROMA ATE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>621210905</x:t>
+  </x:si>
+  <x:si>
     <x:t>A010120</x:t>
   </x:si>
   <x:si>
     <x:t>LS ELECTRIC CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>637821901</x:t>
   </x:si>
   <x:si>
-    <x:t>HNDL</x:t>
-[...104 lines deleted...]
-    <x:t>40052P107</x:t>
+    <x:t>GFNORTE O</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUPO FINANCIERO BANORTE O</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242104909</x:t>
   </x:si>
   <x:si>
     <x:t>ALDAR</x:t>
   </x:si>
   <x:si>
     <x:t>ALDAR PROPERTIES PJSC</x:t>
   </x:si>
   <x:si>
     <x:t>B0LX3Y907</x:t>
   </x:si>
   <x:si>
-    <x:t>GENTERA *</x:t>
-[...5 lines deleted...]
-    <x:t>BHWQZW902</x:t>
+    <x:t>IBN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICICI BANK LTD SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45104G104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAVI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAVI GIYIM SANAYI VE TICA B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF5M48902</x:t>
   </x:si>
   <x:si>
     <x:t>2379</x:t>
   </x:si>
   <x:si>
     <x:t>REALTEK SEMICONDUCTOR CORP</x:t>
   </x:si>
   <x:si>
     <x:t>605142900</x:t>
   </x:si>
   <x:si>
-    <x:t>IBN</x:t>
-[...23 lines deleted...]
-    <x:t>641893904</x:t>
+    <x:t>ANTM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANEKA TAMBANG TBK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605385905</x:t>
   </x:si>
   <x:si>
     <x:t>GEX</x:t>
   </x:si>
   <x:si>
     <x:t>GELEX GROUP JSC</x:t>
   </x:si>
   <x:si>
     <x:t>BYV0WY902</x:t>
   </x:si>
   <x:si>
-    <x:t>2360</x:t>
-[...5 lines deleted...]
-    <x:t>621210905</x:t>
+    <x:t>BMRI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK MANDIRI PERSERO TBK PT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>665104907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU SMALL FINANCE BANK LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0W0Q01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A000990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DB HITEK CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>640775003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NACL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NATIONAL ALUMINIUM CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>613944909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LITE ON TECHNOLOGY CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>651948903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMEXICO B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUPO MEXICO SAB DE CV SER B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>264367905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABB INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1Y9QS902</x:t>
   </x:si>
   <x:si>
     <x:t>6176</x:t>
   </x:si>
   <x:si>
     <x:t>RADIANT OPTO ELECTRONICS COR</x:t>
   </x:si>
   <x:si>
     <x:t>652027905</x:t>
   </x:si>
   <x:si>
-    <x:t>A000720</x:t>
-[...41 lines deleted...]
-    <x:t>605385905</x:t>
+    <x:t>GMD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMADEPT CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B16GK9905</x:t>
   </x:si>
   <x:si>
     <x:t>CEAT</x:t>
   </x:si>
   <x:si>
     <x:t>CEAT LTD</x:t>
   </x:si>
   <x:si>
     <x:t>634548903</x:t>
   </x:si>
   <x:si>
+    <x:t>NFIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAVIN FLUORINE INTERNATIONAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0WB914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP THAILAND PCL   NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661267906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPRTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESTPORTS HOLDINGS BHD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDFM1K902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBNI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK NEGARA INDONESIA PERSER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>672712908</x:t>
+  </x:si>
+  <x:si>
     <x:t>VNM</x:t>
   </x:si>
   <x:si>
     <x:t>VIETNAM DAIRY PRODUCTS JSC</x:t>
   </x:si>
   <x:si>
     <x:t>B16GLK909</x:t>
   </x:si>
   <x:si>
+    <x:t>SCB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCB X PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPH072905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADVANTECH CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>620267906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIPPON LIFE INDIA ASSET MANA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0YJ394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOMENTO ECONOMICO MEX SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>344419106</x:t>
+  </x:si>
+  <x:si>
     <x:t>EMAARDEV</x:t>
   </x:si>
   <x:si>
     <x:t>EMAAR DEVELOPMENT PJSC</x:t>
   </x:si>
   <x:si>
     <x:t>BF557N903</x:t>
   </x:si>
   <x:si>
-    <x:t>BBNI</x:t>
-[...50 lines deleted...]
-    <x:t>BDFM1K902</x:t>
+    <x:t>ASII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASTRA INTERNATIONAL TBK PT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B800MQ901</x:t>
   </x:si>
   <x:si>
     <x:t>HBLENGIN</x:t>
   </x:si>
   <x:si>
     <x:t>HBL ENGINEERING LTD</x:t>
   </x:si>
   <x:si>
     <x:t>B03D00908</x:t>
   </x:si>
   <x:si>
-    <x:t>NAM</x:t>
-[...32 lines deleted...]
-    <x:t>640775003</x:t>
+    <x:t>GAMUDA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAMUDA BHD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635988009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VESTA *</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORP INMOBILIARIA VESTA SAB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI028NY6</x:t>
   </x:si>
   <x:si>
     <x:t>MONET</x:t>
   </x:si>
   <x:si>
     <x:t>MONETA MONEY BANK AS</x:t>
   </x:si>
   <x:si>
     <x:t>BD3CQ1902</x:t>
   </x:si>
   <x:si>
-    <x:t>SCB</x:t>
-[...5 lines deleted...]
-    <x:t>BPH072905</x:t>
+    <x:t>DIXON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIXON TECHNOLOGIES INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1WH5K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALMEX *</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALMART DE MEXICO SAB DE CV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BW1YVH903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COROMANDEL INTERNATIONAL LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0VDZN909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SINBON ELECTRONICS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>634935902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BELA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JUMBO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>724353909</x:t>
   </x:si>
   <x:si>
     <x:t>DOAS</x:t>
   </x:si>
   <x:si>
     <x:t>DOGUS OTOMOTIV SERVIS VE TIC</x:t>
   </x:si>
   <x:si>
     <x:t>B03MRJ908</x:t>
   </x:si>
   <x:si>
     <x:t>KBC</x:t>
   </x:si>
   <x:si>
     <x:t>KINH BAC CITY DEVELOPMENT HO</x:t>
   </x:si>
   <x:si>
     <x:t>B2B3VJ902</x:t>
   </x:si>
   <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
     <x:t>GAS</x:t>
   </x:si>
   <x:si>
     <x:t>PETROVIETNAM GAS JSC</x:t>
   </x:si>
   <x:si>
     <x:t>B83C9P909</x:t>
   </x:si>
   <x:si>
-    <x:t>BELA</x:t>
-[...5 lines deleted...]
-    <x:t>724353909</x:t>
+    <x:t>4966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARADE TECHNOLOGIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B6RV67908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRF LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637494907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHMB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHAMBAL FERTILISERS + CHEM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609993902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALKRISHNA INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>638878900</x:t>
   </x:si>
   <x:si>
     <x:t>FSOL</x:t>
   </x:si>
   <x:si>
     <x:t>FIRSTSOURCE SOLUTIONS LTD</x:t>
   </x:si>
   <x:si>
     <x:t>B1KKXG900</x:t>
   </x:si>
   <x:si>
-    <x:t>CRIN</x:t>
-[...23 lines deleted...]
-    <x:t>ACI1WH5K1</x:t>
+    <x:t>CSTRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CASTROL INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKS8B7901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPALI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUPALAI PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>655474906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANAPPURAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANAPPURAM FINANCE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>657040903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUMA B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUMA S.A.B. B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>239254907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBAJIO O</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO DEL BAJIO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0VM9Y9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DFPC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEEPAK FERTILISERS + PETRO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637475906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTP BANK PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>732015904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMATA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMATA CORP PUBLIC COLTD NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659296909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHA CORP PCL NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B83043909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEI INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1L9PJ907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANGKOK BANK PUBLIC CO NVDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>636836900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARUTI SUZUKI INDIA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663371904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GREATEK ELECTRONICS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>629398900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRCON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRCON INTERNATIONAL LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1LFSX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KGH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KGHM POLSKA MIEDZ SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>526325907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCBL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCBL CHEMICAL LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI24T8N5</x:t>
   </x:si>
   <x:si>
     <x:t>AC *</x:t>
   </x:si>
   <x:si>
     <x:t>ARCA CONTINENTAL SAB DE CV</x:t>
   </x:si>
   <x:si>
     <x:t>282388909</x:t>
   </x:si>
   <x:si>
-    <x:t>3023</x:t>
-[...68 lines deleted...]
-    <x:t>609993902</x:t>
+    <x:t>MUTH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUTHOOT FINANCE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B40MFF904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VPB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIETNAM PROSPERITY JSC BANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF4704909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KKB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIRLOSKAR BROTHERS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0F4S3909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FNXC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FINOLEX CABLES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1LDTB901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARENM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMARA RAJA ENERGY + MOBILITY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B8BGVX909</x:t>
   </x:si>
   <x:si>
     <x:t>ARCLK</x:t>
   </x:si>
   <x:si>
     <x:t>ARCELIK AS</x:t>
   </x:si>
   <x:si>
     <x:t>B03MP1909</x:t>
   </x:si>
   <x:si>
-    <x:t>MANAPPURAM</x:t>
-[...169 lines deleted...]
-  <x:si>
     <x:t>JM</x:t>
   </x:si>
   <x:si>
     <x:t>JM FINANCIAL LTD</x:t>
   </x:si>
   <x:si>
     <x:t>633063904</x:t>
   </x:si>
   <x:si>
     <x:t>PARADEEP</x:t>
   </x:si>
   <x:si>
     <x:t>PARADEEP PHOSPHATES LTD</x:t>
   </x:si>
   <x:si>
     <x:t>ACI25R6J9</x:t>
   </x:si>
   <x:si>
     <x:t>MEXICAN PESO (NEW)</x:t>
   </x:si>
   <x:si>
     <x:t>999MXNZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>EURO CURRENCY</x:t>
   </x:si>
   <x:si>
     <x:t>999EURZ94</x:t>
   </x:si>
   <x:si>
     <x:t>CZECH KORUNA</x:t>
   </x:si>
   <x:si>
     <x:t>999CZKZ98</x:t>
   </x:si>
   <x:si>
     <x:t>NEW TAIWAN DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999TWDZ90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUNGARIAN FORINT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999HUFZ93</x:t>
   </x:si>
   <x:si>
     <x:t>SOUTH KOREAN WON</x:t>
   </x:si>
   <x:si>
     <x:t>999KRWZ93</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
@@ -1319,51 +1352,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G109"/>
+  <x:dimension ref="A1:G113"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.060625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.340625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.590625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -1378,2340 +1411,2430 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>4470</x:v>
+        <x:v>4876</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1559359.5</x:v>
+        <x:v>1692410.8</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>10256</x:v>
+        <x:v>12411</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>1106945.9</x:v>
+        <x:v>1587222.7</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>16957</x:v>
+        <x:v>16202</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>620626</x:v>
+        <x:v>656281</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8943</x:v>
+        <x:v>518000</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>482505.5</x:v>
+        <x:v>524513.4</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>126170</x:v>
+        <x:v>9756</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>429614.2</x:v>
+        <x:v>522309.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>474800</x:v>
+        <x:v>7379</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>427646.4</x:v>
+        <x:v>459331.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>6294</x:v>
+        <x:v>40883</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>398889.6</x:v>
+        <x:v>438981.2</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>35032</x:v>
+        <x:v>137640</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>379434.5</x:v>
+        <x:v>424993</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>4698</x:v>
+        <x:v>5125</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>370751.6</x:v>
+        <x:v>421141.1</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>3588</x:v>
+        <x:v>7696</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>293570.2</x:v>
+        <x:v>378190.7</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>633200</x:v>
+        <x:v>33247</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>288159.5</x:v>
+        <x:v>341078.9</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7055</x:v>
+        <x:v>690800</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>286037.6</x:v>
+        <x:v>285827.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>64462</x:v>
+        <x:v>25511</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>279922.4</x:v>
+        <x:v>266300.2</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>626</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>253475.8</x:v>
+        <x:v>248824.6</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>23385</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>241858.7</x:v>
+        <x:v>244107.1</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1429</x:v>
+        <x:v>20857</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>231934.7</x:v>
+        <x:v>242308.5</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>3864</x:v>
+        <x:v>24860</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>231030.5</x:v>
+        <x:v>227399.7</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>22760</x:v>
+        <x:v>8709</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>226184.4</x:v>
+        <x:v>217683.5</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>7983</x:v>
+        <x:v>35900</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>211758.8</x:v>
+        <x:v>213497.8</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>16676</x:v>
+        <x:v>12037</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>203447.2</x:v>
+        <x:v>211835.5</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>32900</x:v>
+        <x:v>3601</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>195991.2</x:v>
+        <x:v>197310.4</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3014</x:v>
+        <x:v>3817</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>194446.2</x:v>
+        <x:v>196176.4</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>9512</x:v>
+        <x:v>3288</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>190389.3</x:v>
+        <x:v>191121.2</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>17193</x:v>
+        <x:v>21900</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>189821.8</x:v>
+        <x:v>177347.6</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3499</x:v>
+        <x:v>61236</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>168341</x:v>
+        <x:v>169996.5</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2682</x:v>
+        <x:v>3956</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>162180.5</x:v>
+        <x:v>168937.7</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>57137</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>160535.2</x:v>
+        <x:v>159657</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>50347</x:v>
+        <x:v>13410</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>153266.8</x:v>
+        <x:v>147750.5</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>9689</x:v>
+        <x:v>62331</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>144445.4</x:v>
+        <x:v>144075.7</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>4558</x:v>
+        <x:v>4972</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>142118.4</x:v>
+        <x:v>139464.6</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>126874</x:v>
+        <x:v>138408</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>135596.1</x:v>
+        <x:v>132911.1</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>20100</x:v>
+        <x:v>8401</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>131490.9</x:v>
+        <x:v>121344.6</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>84315</x:v>
+        <x:v>493100</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>111233.5</x:v>
+        <x:v>117589.3</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3626</x:v>
+        <x:v>92015</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>110631.1</x:v>
+        <x:v>111541.8</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>28030</x:v>
+        <x:v>376000</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>109222.7</x:v>
+        <x:v>109515.7</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>1445</x:v>
+        <x:v>10317</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>104826.3</x:v>
+        <x:v>105504.4</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>344700</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>103215.8</x:v>
+        <x:v>103204.6</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>9457</x:v>
+        <x:v>24061</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>103164.9</x:v>
+        <x:v>102462.5</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>19159</x:v>
+        <x:v>20901</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>99440.1</x:v>
+        <x:v>101725.6</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>452000</x:v>
+        <x:v>8350</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>99432</x:v>
+        <x:v>94781.6</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2223</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>96062.3</x:v>
+        <x:v>92210.9</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>32500</x:v>
+        <x:v>30578</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>86503.1</x:v>
+        <x:v>91502.6</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>16937</x:v>
+        <x:v>33200</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>85536.9</x:v>
+        <x:v>90489.1</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>313700</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>84261</x:v>
+        <x:v>90009</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>30400</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>83724</x:v>
+        <x:v>89215.5</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>290400</x:v>
+        <x:v>316800</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>81680</x:v>
+        <x:v>88187.9</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>1147</x:v>
+        <x:v>56868</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>81219.2</x:v>
+        <x:v>87366.6</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>1246</x:v>
+        <x:v>342200</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>79708.8</x:v>
+        <x:v>86476.2</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>52168</x:v>
+        <x:v>35500</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>78631.9</x:v>
+        <x:v>84037.3</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>9035</x:v>
+        <x:v>18000</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>78426.6</x:v>
+        <x:v>81992.9</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>7648</x:v>
+        <x:v>7452</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>77606.1</x:v>
+        <x:v>80844.9</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>192200</x:v>
+        <x:v>8343</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>76355.8</x:v>
+        <x:v>80052.1</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>669</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>73837.5</x:v>
+        <x:v>79372.9</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1041</x:v>
+        <x:v>18477</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>72968.1</x:v>
+        <x:v>77218.1</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>7095</x:v>
+        <x:v>209700</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>72037.7</x:v>
+        <x:v>74637.4</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>16500</x:v>
+        <x:v>9856</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>71438.7</x:v>
+        <x:v>73948.9</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>13485</x:v>
+        <x:v>68681</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>71256.1</x:v>
+        <x:v>71393.2</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>53500</x:v>
+        <x:v>21182</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>70477.4</x:v>
+        <x:v>71110.4</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>15614</x:v>
+        <x:v>7740</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>69164.3</x:v>
+        <x:v>69995.4</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>2244</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>68977.2</x:v>
+        <x:v>69105.8</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>21340</x:v>
+        <x:v>21608</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>68328.5</x:v>
+        <x:v>67970.7</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>2739</x:v>
+        <x:v>2988</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>68033.2</x:v>
+        <x:v>67786.7</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>19808</x:v>
+        <x:v>9495</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>67139.9</x:v>
+        <x:v>67380.6</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>527</x:v>
+        <x:v>2448</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>66786.9</x:v>
+        <x:v>67157.1</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>5515</x:v>
+        <x:v>14711</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>65976.1</x:v>
+        <x:v>67162.2</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>8704</x:v>
+        <x:v>58400</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>65635.6</x:v>
+        <x:v>67008.7</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
-      <x:c r="A72" s="3" t="s">
+      <x:c r="A72" s="3" t="s"/>
+      <x:c r="B72" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="B72" s="3" t="s">
+      <x:c r="C72" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C72" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>62300</x:v>
+        <x:v>66844.6</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>64706.8</x:v>
+        <x:v>66844.6</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>1947</x:v>
+        <x:v>17014</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>62276.5</x:v>
+        <x:v>62911.5</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>19382</x:v>
+        <x:v>3733</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>62259.6</x:v>
+        <x:v>61304.3</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>6831</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>61964.8</x:v>
+        <x:v>60145.4</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>2079</x:v>
+        <x:v>12290</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>61823.1</x:v>
+        <x:v>57784.1</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>3422</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>56036.4</x:v>
+        <x:v>55664.1</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>11266</x:v>
+        <x:v>23280</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>53183.1</x:v>
+        <x:v>54307.1</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>18730</x:v>
+        <x:v>26053</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>52836.2</x:v>
+        <x:v>52777.1</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>15832</x:v>
+        <x:v>94800</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>52473.6</x:v>
+        <x:v>50979.8</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2575</x:v>
+        <x:v>17271</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>50488.4</x:v>
+        <x:v>49677.6</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>86900</x:v>
+        <x:v>2810</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>49708.2</x:v>
+        <x:v>49522.3</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>23882</x:v>
+        <x:v>16700</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>48807.1</x:v>
+        <x:v>48838.7</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>15300</x:v>
+        <x:v>4536</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>48331.7</x:v>
+        <x:v>48562.5</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>4158</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>45677.7</x:v>
+        <x:v>43458.7</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>3281</x:v>
+        <x:v>70400</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>44879.4</x:v>
+        <x:v>40085.4</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
-      <x:c r="A87" s="3" t="s"/>
+      <x:c r="A87" s="3" t="s">
+        <x:v>253</x:v>
+      </x:c>
       <x:c r="B87" s="3" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>39230.1</x:v>
+        <x:v>314800</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>39230.1</x:v>
+        <x:v>39633.2</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>213</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>35192.6</x:v>
+        <x:v>38835.5</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>718</x:v>
+        <x:v>6700</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>35161.5</x:v>
+        <x:v>35288.3</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>19108</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>32302.3</x:v>
+        <x:v>35091.5</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>64500</x:v>
+        <x:v>12722</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>31595.2</x:v>
+        <x:v>32716.8</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>288600</x:v>
+        <x:v>20845</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>31010.2</x:v>
+        <x:v>31783.7</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>6100</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>30266.3</x:v>
+        <x:v>31430.2</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>8539</x:v>
+        <x:v>9315</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>25570.4</x:v>
+        <x:v>28102</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>21890</x:v>
+        <x:v>2375</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>22597</x:v>
+        <x:v>26954.8</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>1198</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>21079.5</x:v>
+        <x:v>25171.6</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>1990</x:v>
+        <x:v>23880</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>18985.8</x:v>
+        <x:v>23212.8</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>1969</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>16636.6</x:v>
+        <x:v>22589.1</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>11065</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>14903.9</x:v>
+        <x:v>21778.9</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>10315</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>14007.4</x:v>
+        <x:v>18679.3</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
-      <x:c r="A101" s="3" t="s"/>
+      <x:c r="A101" s="3" t="s">
+        <x:v>295</x:v>
+      </x:c>
       <x:c r="B101" s="3" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>141679.3</x:v>
+        <x:v>6800</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>8209</x:v>
+        <x:v>17590.1</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
-        <x:v>297</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
-      <x:c r="A102" s="3" t="s"/>
+      <x:c r="A102" s="3" t="s">
+        <x:v>298</x:v>
+      </x:c>
       <x:c r="B102" s="3" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>1713.9</x:v>
+        <x:v>12071</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>2026.2</x:v>
+        <x:v>15973.3</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
-        <x:v>297</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
-      <x:c r="A103" s="3" t="s"/>
+      <x:c r="A103" s="3" t="s">
+        <x:v>301</x:v>
+      </x:c>
       <x:c r="B103" s="3" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>21930</x:v>
+        <x:v>11253</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>1070.5</x:v>
+        <x:v>13309.8</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
-        <x:v>297</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s"/>
       <x:c r="B104" s="3" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>10731</x:v>
+        <x:v>152951.8</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>338.6</x:v>
+        <x:v>8695.6</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
-        <x:v>297</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s"/>
       <x:c r="B105" s="3" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>1713.9</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
+        <x:v>1990.6</x:v>
+      </x:c>
+      <x:c r="G105" s="3" t="s">
+        <x:v>306</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:7">
+      <x:c r="A106" s="3" t="s"/>
+      <x:c r="B106" s="3" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C106" s="3" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D106" s="4" t="n">
+        <x:v>21930</x:v>
+      </x:c>
+      <x:c r="E106" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="G105" s="3" t="s">
-        <x:v>297</x:v>
+      <x:c r="F106" s="4" t="n">
+        <x:v>1043.8</x:v>
+      </x:c>
+      <x:c r="G106" s="3" t="s">
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
-      <x:c r="A107" s="3" t="s">
+      <x:c r="A107" s="3" t="s"/>
+      <x:c r="B107" s="3" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C107" s="3" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="D107" s="4" t="n">
+        <x:v>10732</x:v>
+      </x:c>
+      <x:c r="E107" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F107" s="4" t="n">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="G107" s="3" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
-      <x:c r="A108" s="3" t="s">
-        <x:v>307</x:v>
+      <x:c r="A108" s="3" t="s"/>
+      <x:c r="B108" s="3" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C108" s="3" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D108" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="E108" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F108" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G108" s="3" t="s">
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
-      <x:c r="A109" s="1" t="s">
-        <x:v>308</x:v>
+      <x:c r="A109" s="3" t="s"/>
+      <x:c r="B109" s="3" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D109" s="4" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E109" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F109" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G109" s="3" t="s">
+        <x:v>306</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:7">
+      <x:c r="A111" s="3" t="s">
+        <x:v>317</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:7">
+      <x:c r="A112" s="3" t="s">
+        <x:v>318</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:7">
+      <x:c r="A113" s="1" t="s">
+        <x:v>319</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>